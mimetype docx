--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -3,76 +3,76 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="14525468" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="86"/>
         <w:ind w:left="2410" w:hanging="425"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="CA859D"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251714560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251714560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D354648" wp14:editId="4FD5EEEE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1078311</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>862396</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2071370" cy="160020"/>
                 <wp:effectExtent l="0" t="0" r="5080" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="182" name="Rechteck 182"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2071370" cy="160020"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -93,883 +93,914 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="75695639" id="Rechteck 182" o:spid="_x0000_s1026" style="position:absolute;margin-left:-84.9pt;margin-top:67.9pt;width:163.1pt;height:12.6pt;z-index:251714560;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDc42gmwIAAIgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+1k/QzqFEGKDgOK&#10;Nmg79KzIUmxMFjVKiZP9+lHyR7uu2GFYDo4kPj6STxQvr/aNYTuFvgZb8MlRzpmyEsrabgr+7enm&#10;0zlnPghbCgNWFfygPL+af/xw2bqZmkIFplTIiMT6WesKXoXgZlnmZaUa4Y/AKUtGDdiIQFvcZCWK&#10;ltgbk03z/DRrAUuHIJX3dHrdGfk88WutZLjX2qvATMEpt5C+mL7r+M3ml2K2QeGqWvZpiH/IohG1&#10;paAj1bUIgm2x/oOqqSWCBx2OJDQZaF1LlWqgaib5m2oeK+FUqoXE8W6Uyf8/Wnm3WyGrS7q78yln&#10;VjR0SQ9KVkHJ7yyekUKt8zMCProV9jtPy1juXmMT/6kQtk+qHkZV1T4wSYfT/Gzy+YzEl2SbnOb5&#10;NMmevXg79OGLgobFRcGRbi2JKXa3PlBEgg6QGMyDqcub2pi0wc16aZDtBN3wcnF+cnEdUyaX32DG&#10;RrCF6NaZ40kWK+tqSatwMCrijH1QmlSJ2adMUj+qMY6QUtkw6UyVKFUX/iSn3xA9dnD0SLkkwsis&#10;Kf7I3RMMyI5k4O6y7PHRVaV2Hp3zvyXWOY8eKTLYMDo3tQV8j8BQVX3kDj+I1EkTVVpDeaCeQege&#10;k3fypqZ7uxU+rATS66GrpokQ7umjDbQFh37FWQX4873ziKemJitnLb3GgvsfW4GKM/PVUrtfTI6P&#10;4/NNm+OTM2ohhq8t69cWu22WQO0wodnjZFpGfDDDUiM0zzQ4FjEqmYSVFLvgMuCwWYZuStDokWqx&#10;SDB6sk6EW/voZCSPqsa+fNo/C3R98wZq+zsYXq6YvenhDhs9LSy2AXSdGvxF115veu6pcfrRFOfJ&#10;631CvQzQ+S8AAAD//wMAUEsDBBQABgAIAAAAIQCxM9Cl3gAAAAwBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BT8MwDIXvSPyHyEjctqTAqq00nQCJEydaBNe0MW1p41RNtnX/Hu8Et2e95+fP+X5xozji&#10;HHpPGpK1AoHUeNtTq+Gjel1tQYRoyJrRE2o4Y4B9cX2Vm8z6E73jsYyt4BIKmdHQxThlUoamQ2fC&#10;2k9I7H372ZnI49xKO5sTl7tR3imVSmd64gudmfClw2YoD44xyqG2zU9VqeH5sz3vtm/J/FVrfXuz&#10;PD2CiLjEvzBc8HkHCmaq/YFsEKOGVZLumD2yc79hcYls0gcQNYs0USCLXP5/ovgFAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAQ3ONoJsCAACIBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAsTPQpd4AAAAMAQAADwAAAAAAAAAAAAAAAAD1BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAAGAAAAAA==&#10;" fillcolor="#ca859d" stroked="f" strokeweight="2pt">
+              <v:rect w14:anchorId="11A2295A" id="Rechteck 182" o:spid="_x0000_s1026" style="position:absolute;margin-left:-84.9pt;margin-top:67.9pt;width:163.1pt;height:12.6pt;z-index:251714560;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqEGg4gQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X21n/QzqFEGKDgOK&#10;Nlg79KzIUmJAFjVKiZP9+lHyR7qu2GFYDopkPj6ST6Sub/aNYTuFvgZb8uIk50xZCVVt1yX//nz3&#10;6ZIzH4SthAGrSn5Qnt/MPn64bt1UTWADplLIiMT6aetKvgnBTbPMy41qhD8BpywZNWAjAh1xnVUo&#10;WmJvTDbJ8/OsBawcglTe09fbzshniV9rJcOj1l4FZkpOuYW0YlpXcc1m12K6RuE2tezTEP+QRSNq&#10;S0FHqlsRBNti/QdVU0sEDzqcSGgy0LqWKtVA1RT5m2qeNsKpVAuJ490ok/9/tPJh9+SWSDK0zk89&#10;bWMVe41N/Kf82D6JdRjFUvvAJH2c5BfF5wvSVJKtOM/zSVIzO3o79OGLgobFTcmRLiNpJHb3PlBE&#10;gg6QGMyDqau72ph0wPVqYZDtBF3cYn55dnUb74pcfoMZG8EWoltnjl+yYy1pFw5GRZyx35RmdRWz&#10;T5mkNlNjHCGlsqHoTBtRqS78WU6/IXpszOiRckmEkVlT/JG7JxiQHcnA3WXZ46OrSl06Oud/S6xz&#10;Hj1SZLBhdG5qC/gegaGq+sgdfhCpkyaqtILqsESG0M2Id/Kupnu7Fz4sBdJQ0FXToIdHWrSBtuTQ&#10;7zjbAP5873vEU6+SlbOWhqzk/sdWoOLMfLXUxVfF6WmcynQ4PbugFmL42rJ6bbHbZgHUDgU9KU6m&#10;bcQHM2w1QvNC78E8RiWTsJJil1wGHA6L0A0/vShSzecJRpPoRLi3T05G8qhq7Mvn/YtA1zdvoLZ/&#10;gGEgxfRND3fY6Glhvg2g69TgR117vWmKU+P0L058Jl6fE+r4Ls5+AQAA//8DAFBLAwQUAAYACAAA&#10;ACEAsTPQpd4AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3LakwKqtNJ0A&#10;iRMnWgTXtDFtaeNUTbZ1/x7vBLdnvefnz/l+caM44hx6TxqStQKB1HjbU6vho3pdbUGEaMia0RNq&#10;OGOAfXF9lZvM+hO947GMreASCpnR0MU4ZVKGpkNnwtpPSOx9+9mZyOPcSjubE5e7Ud4plUpneuIL&#10;nZnwpcNmKA+OMcqhts1PVanh+bM977ZvyfxVa317szw9goi4xL8wXPB5Bwpmqv2BbBCjhlWS7pg9&#10;snO/YXGJbNIHEDWLNFEgi1z+f6L4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACoQaDiB&#10;AgAAXwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALEz&#10;0KXeAAAADAEAAA8AAAAAAAAAAAAAAAAA2wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" fillcolor="#ca859d" stroked="f" strokeweight="2pt">
                 <w10:wrap anchory="page"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="CA859D"/>
         </w:rPr>
         <w:t>ANGABEN</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="CA859D"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="CA859D"/>
         </w:rPr>
         <w:t>ZUM</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="CA859D"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="CA859D"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>BETRIEB</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00054A3B">
+    <w:p w14:paraId="357CD427" w14:textId="77777777" w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:left="1985"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00054A3B" w:rsidRDefault="006B0811" w:rsidP="00054A3B">
+    <w:p w14:paraId="10E3A2C1" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="006B0811" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:left="1985"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251598848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251598848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D3BF1D5" wp14:editId="5FB95C42">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>618021</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>508938</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="735330" cy="8460105"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Textbox 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="735330" cy="8460105"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
+                          <w:p w14:paraId="69B7CE5A" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
                             <w:pPr>
                               <w:spacing w:line="1137" w:lineRule="exact"/>
                               <w:ind w:left="20"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:sz w:val="100"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial"/>
                                 <w:b/>
                                 <w:color w:val="171846"/>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="100"/>
                               </w:rPr>
                               <w:t>BIOSICHERHEITSKONZEPT</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr vert="vert270" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="5D3BF1D5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textbox 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:48.65pt;margin-top:40.05pt;width:57.9pt;height:666.15pt;z-index:251598848;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD23E+2rwEAAE4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO1DAMfUfiH6K8M5kLe1E1nRWwAiGt&#10;YKVdPiBNk2lEE4c4M+38PU7amV3BG+LFdeIT+xzb3d6NrmdHHdGCr/lqseRMewWt9fua/3j+/O6W&#10;M0zSt7IHr2t+0sjvdm/fbIdQ6TV00Lc6MkrisRpCzbuUQiUEqk47iQsI2lPQQHQy0THuRRvlQNld&#10;L9bL5bUYILYhgtKIdHs/Bfmu5DdGq/TdGNSJ9TUnbqnYWGyTrdhtZbWPMnRWzTTkP7Bw0noqekl1&#10;L5Nkh2j/SuWsioBg0kKBE2CMVbpoIDWr5R9qnjoZdNFCzcFwaRP+v7Tq2/ExMtvS7Djz0tGInvWY&#10;GhjZKjdnCFgR5ikQKo0fYczALBTDA6ifSBDxCjM9QEJnzGiiy1+Syegh9f906TkVYYoubzZXmw1F&#10;FIVu319TE65yXfHyOkRMXzQ4lp2aR5ppYSCPD5gm6Bkyk5nqZ1ppbMZZRQPtiUTQrlKSbNc3VHag&#10;0dccfx1k1Jz1Xz31Nu/J2Ylnpzk7MfWfoGxTlubhwyGBsYVIrjiVmYnQ0IqUecHyVrw+F9TLb7D7&#10;DQAA//8DAFBLAwQUAAYACAAAACEAPznZwt4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/D&#10;MAyG70j8h8hI3Fj6JehK02kCgXarNnbgmDWmLTRO1aRb+feYE9xsvY9ePy43ix3EGSffO1IQryIQ&#10;SI0zPbUKjm8vdzkIHzQZPThCBd/oYVNdX5W6MO5CezwfQiu4hHyhFXQhjIWUvunQar9yIxJnH26y&#10;OvA6tdJM+sLldpBJFN1Lq3viC50e8anD5uswWwXz8XW7tp/P2S6vU5Km3dVz/a7U7c2yfQQRcAl/&#10;MPzqszpU7HRyMxkvBgXrh5RJBXkUg+A8iVMeTgxmcZKBrEr5/4XqBwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAPbcT7avAQAATgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAD852cLeAAAACgEAAA8AAAAAAAAAAAAAAAAACQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" filled="f" stroked="f">
-                <v:path arrowok="t"/>
+              <v:shape id="Textbox 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:48.65pt;margin-top:40.05pt;width:57.9pt;height:666.15pt;z-index:251598848;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHCh53nAEAACoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUtuOEzEMfUfiH6K803Rb9qJRpytgBUJa&#10;wUrLfkCaSTojJnGw087073HSaYvYN8SL48SOfc6xV/ej78XeInUQank1m0thg4GmC9tavvz4/O5O&#10;Cko6NLqHYGt5sCTv12/frIZY2QW00DcWBRcJVA2xlm1KsVKKTGu9phlEGzjoAL1OfMWtalAPXN33&#10;ajGf36gBsIkIxhLx68MxKNelvnPWpO/OkU2iryVjS8VisZts1Xqlqy3q2HZmgqH/AYXXXeCm51IP&#10;Ommxw+5VKd8ZBAKXZga8Auc6YwsHZnM1/4vNc6ujLVxYHIpnmej/lTXf9s/xCUUaP8LIAywkKD6C&#10;+UmsjRoiVVNO1pQq4uxMdHTo88kUBH9kbQ9nPe2YhOHH2+X1cskRw6G79zdM8DoLri6/I1L6YsGL&#10;7NQSeV4Fgd4/UjqmnlImMMf+GUkaNyOnZHcDzYFJ8B5ykWwXt9x24LHWkn7tNFop+q+Bdcs7cHLw&#10;5GxODqb+E5RNydQCfNglcF0BcmkzAeGBFCrT8uSJ/3kvWZcVX/8GAAD//wMAUEsDBBQABgAIAAAA&#10;IQByrfmb3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LbsIwEEX3lfoP1lTqrjgPmtIQB1WR&#10;UHdIBT5giE0c4UcaGxL+vtNVu5vRPbpzptrM1rCbGkPvnYB0kQBTrvWyd52A42H7sgIWIjqJxjsl&#10;4K4CbOrHhwpL6Sf3pW772DEqcaFEATrGoeQ8tFpZDAs/KEfZ2Y8WI61jx+WIE5Vbw7MkKbjF3tEF&#10;jYNqtGov+6sVsLtzPeX29dg2TbEr8u8tXj6NEM9P88caWFRz/IPhV5/UoSank786GZgR8P6WEylg&#10;laTAKM/SnIYTgcs0WwKvK/7/hfoHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEARwoed5wB&#10;AAAqAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcq35&#10;m94AAAAKAQAADwAAAAAAAAAAAAAAAAD2AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AAEFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
+                    <w:p w14:paraId="69B7CE5A" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
                       <w:pPr>
                         <w:spacing w:line="1137" w:lineRule="exact"/>
                         <w:ind w:left="20"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:sz w:val="100"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial"/>
                           <w:b/>
                           <w:color w:val="171846"/>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="100"/>
                         </w:rPr>
                         <w:t>BIOSICHERHEITSKONZEPT</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1985" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1525"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1064"/>
         <w:gridCol w:w="212"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00054A3B" w:rsidTr="008628A9">
+      <w:tr w:rsidR="00054A3B" w14:paraId="4287C1E7" w14:textId="77777777" w:rsidTr="008628A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00054A3B" w:rsidRPr="00054A3B" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+          <w:p w14:paraId="07E77DA4" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRPr="00054A3B" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Registrier-Nrn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+          <w:p w14:paraId="56CBA08B" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1064" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00054A3B" w:rsidRPr="00A22608" w:rsidRDefault="00A22608" w:rsidP="00054A3B">
+          <w:p w14:paraId="5CDAD587" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRPr="00A22608" w:rsidRDefault="00A22608" w:rsidP="00054A3B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+          <w:p w14:paraId="523E7E7F" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A22608" w:rsidTr="008628A9">
+      <w:tr w:rsidR="00A22608" w14:paraId="02B9C6D8" w14:textId="77777777" w:rsidTr="008628A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A22608" w:rsidRPr="00A22608" w:rsidRDefault="00A22608" w:rsidP="00054A3B">
+          <w:p w14:paraId="6D2686BE" w14:textId="77777777" w:rsidR="00A22608" w:rsidRPr="00A22608" w:rsidRDefault="00A22608" w:rsidP="00054A3B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A22608" w:rsidRPr="00A22608" w:rsidRDefault="00A22608" w:rsidP="00054A3B">
+          <w:p w14:paraId="7A0C2054" w14:textId="77777777" w:rsidR="00A22608" w:rsidRPr="00A22608" w:rsidRDefault="00A22608" w:rsidP="00054A3B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1064" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A22608" w:rsidRPr="00A22608" w:rsidRDefault="00A22608" w:rsidP="00054A3B">
+          <w:p w14:paraId="3E4139B7" w14:textId="77777777" w:rsidR="00A22608" w:rsidRPr="00A22608" w:rsidRDefault="00A22608" w:rsidP="00054A3B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A22608" w:rsidRPr="00A22608" w:rsidRDefault="00A22608" w:rsidP="00054A3B">
+          <w:p w14:paraId="674FFD6A" w14:textId="77777777" w:rsidR="00A22608" w:rsidRPr="00A22608" w:rsidRDefault="00A22608" w:rsidP="00054A3B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A22608" w:rsidTr="008628A9">
+      <w:tr w:rsidR="00A22608" w14:paraId="5D253403" w14:textId="77777777" w:rsidTr="008628A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A22608" w:rsidRDefault="00A22608" w:rsidP="00054A3B">
+          <w:p w14:paraId="2C0DFF32" w14:textId="77777777" w:rsidR="00A22608" w:rsidRDefault="00A22608" w:rsidP="00054A3B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>TSK-Nrn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A22608" w:rsidRDefault="00A22608" w:rsidP="00054A3B">
+          <w:p w14:paraId="3003F9E2" w14:textId="77777777" w:rsidR="00A22608" w:rsidRDefault="00A22608" w:rsidP="00054A3B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A22608" w:rsidRPr="00A22608" w:rsidRDefault="00A22608" w:rsidP="00054A3B">
+          <w:p w14:paraId="23961FFB" w14:textId="77777777" w:rsidR="00A22608" w:rsidRPr="00A22608" w:rsidRDefault="00A22608" w:rsidP="00054A3B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">USt. </w:t>
+              <w:t>USt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00A22608">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Kontrollkästchen1"/>
             <w:r w:rsidRPr="00A22608">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A22608">
+            <w:r w:rsidR="00BB627B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BB627B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A22608">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A22608">
               <w:t>optierend/regelbesteuert</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A22608" w:rsidRPr="00A22608" w:rsidRDefault="00A22608" w:rsidP="00A22608">
+          <w:p w14:paraId="5155A198" w14:textId="77777777" w:rsidR="00A22608" w:rsidRPr="00A22608" w:rsidRDefault="00A22608" w:rsidP="00A22608">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22608">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Kontrollkästchen2"/>
             <w:r w:rsidRPr="00A22608">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A22608">
+            <w:r w:rsidR="00BB627B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BB627B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A22608">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>pauschalierend</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008628A9" w:rsidTr="008628A9">
+      <w:tr w:rsidR="008628A9" w14:paraId="51953442" w14:textId="77777777" w:rsidTr="008628A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="008628A9" w:rsidRDefault="008628A9" w:rsidP="00054A3B">
+          <w:p w14:paraId="7749313A" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="008628A9" w:rsidRDefault="008628A9" w:rsidP="00054A3B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="008628A9" w:rsidRDefault="008628A9" w:rsidP="00054A3B">
+          <w:p w14:paraId="4DF26B9D" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="008628A9" w:rsidRDefault="008628A9" w:rsidP="00054A3B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="008628A9" w:rsidRDefault="008628A9" w:rsidP="00054A3B">
+          <w:p w14:paraId="68175574" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="008628A9" w:rsidRDefault="008628A9" w:rsidP="00054A3B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="008628A9" w:rsidRDefault="008628A9" w:rsidP="00A22608">
+          <w:p w14:paraId="623620CD" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="008628A9" w:rsidRDefault="008628A9" w:rsidP="00A22608">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008628A9" w:rsidTr="008628A9">
+      <w:tr w:rsidR="008628A9" w14:paraId="60B6719A" w14:textId="77777777" w:rsidTr="008628A9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3935" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="008628A9" w:rsidRDefault="008628A9" w:rsidP="00054A3B">
+          <w:p w14:paraId="6402B55F" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="008628A9" w:rsidRDefault="008628A9" w:rsidP="00054A3B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ja, Tierzahlen wurden gemeldet  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Kontrollkästchen3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB627B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BB627B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00054A3B">
+          <w:p w14:paraId="56F4DED8" w14:textId="77777777" w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00054A3B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="00A22608" w:rsidRDefault="008628A9" w:rsidP="00A22608">
+          <w:p w14:paraId="0B15DC70" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="00A22608" w:rsidRDefault="008628A9" w:rsidP="00A22608">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="523114A2" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:left="1985"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00680625" w:rsidRPr="00A22608" w:rsidRDefault="00680625" w:rsidP="00054A3B">
+    <w:p w14:paraId="3FF17613" w14:textId="77777777" w:rsidR="00680625" w:rsidRPr="00A22608" w:rsidRDefault="00680625" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:ind w:left="1985"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1853" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4111"/>
         <w:gridCol w:w="3969"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008628A9" w:rsidTr="008628A9">
+      <w:tr w:rsidR="008628A9" w14:paraId="53C2CB3C" w14:textId="77777777" w:rsidTr="008628A9">
         <w:trPr>
           <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="2D4B8DF8" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Tierhalter, Name(n), Vorname(n)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008628A9" w:rsidRPr="001977E2" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="46923F7B" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="001977E2" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="85"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1050,86 +1081,86 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="85"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="739A2A19" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>verantwortliche</w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Person</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008628A9" w:rsidRPr="001977E2" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="7C4DE7CE" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="001977E2" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1201,65 +1232,65 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008628A9" w:rsidTr="008628A9">
+      <w:tr w:rsidR="008628A9" w14:paraId="2D9513E4" w14:textId="77777777" w:rsidTr="008628A9">
         <w:trPr>
           <w:trHeight w:val="556"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="72FBB14F" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="32"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PLZ,</w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
@@ -1272,51 +1303,51 @@
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Straße,</w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Hausnummer</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="3CCE0ED9" w14:textId="77777777" w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="32"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1377,51 +1408,51 @@
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
-          <w:p w:rsidR="008628A9" w:rsidRPr="001977E2" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="481C6B14" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="001977E2" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="32"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001977E2">
@@ -1490,51 +1521,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="0544CCB7" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="32"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PLZ,</w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
@@ -1547,51 +1578,51 @@
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Straße,</w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Hausnummer</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="3B6E31EB" w14:textId="77777777" w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="32"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1652,51 +1683,51 @@
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
-          <w:p w:rsidR="008628A9" w:rsidRPr="001977E2" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="0D7DC902" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="001977E2" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="32"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text7"/>
@@ -1758,85 +1789,85 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008628A9" w:rsidTr="008628A9">
+      <w:tr w:rsidR="008628A9" w14:paraId="2BC72FCF" w14:textId="77777777" w:rsidTr="008628A9">
         <w:trPr>
           <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="4B28D437" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="78621945" w14:textId="77777777" w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text8"/>
@@ -1916,71 +1947,71 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="66705D5B" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="7FBA5E78" w14:textId="77777777" w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Text10"/>
             <w:r w:rsidRPr="001977E2">
@@ -2041,85 +2072,85 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008628A9" w:rsidTr="008628A9">
+      <w:tr w:rsidR="008628A9" w14:paraId="56277D0D" w14:textId="77777777" w:rsidTr="008628A9">
         <w:trPr>
           <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="1381E8C0" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Telefax</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="79CACB56" w14:textId="77777777" w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -2199,71 +2230,71 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="73E7AE48" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Telefax</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="1A15ECBB" w14:textId="77777777" w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -2334,85 +2365,85 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008628A9" w:rsidTr="008628A9">
+      <w:tr w:rsidR="008628A9" w14:paraId="69396BAB" w14:textId="77777777" w:rsidTr="008628A9">
         <w:trPr>
           <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="43F541A0" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>E-Mail</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="32E3722A" w14:textId="77777777" w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -2492,71 +2523,71 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="5A9F8355" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>E-Mail</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="347E380F" w14:textId="77777777" w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -2628,117 +2659,117 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F34FE5" w:rsidRPr="00680625" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="5AE45F41" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRPr="00680625" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1853" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1833"/>
         <w:gridCol w:w="2278"/>
         <w:gridCol w:w="3969"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008628A9" w:rsidTr="008A43BE">
+      <w:tr w:rsidR="008628A9" w14:paraId="0B129488" w14:textId="77777777" w:rsidTr="008A43BE">
         <w:trPr>
           <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008A43BE" w:rsidP="00ED509E">
+          <w:p w14:paraId="06271C2E" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008A43BE" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Tierarzt</w:t>
             </w:r>
             <w:r w:rsidR="008628A9" w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>, Name(n), Vorname(n)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008628A9" w:rsidRPr="001977E2" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="2570C2D7" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="001977E2" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="85"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -2817,79 +2848,79 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="85"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="001977E2" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="71EF796F" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="001977E2" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008628A9" w:rsidTr="008A43BE">
+      <w:tr w:rsidR="008628A9" w14:paraId="4041C419" w14:textId="77777777" w:rsidTr="008A43BE">
         <w:trPr>
           <w:trHeight w:val="556"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="62D8ECF6" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="32"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>PLZ,</w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
@@ -2902,51 +2933,51 @@
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Straße,</w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Hausnummer</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="3707851D" w14:textId="77777777" w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="32"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -3005,51 +3036,51 @@
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008628A9" w:rsidRPr="001977E2" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="368A8B05" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="001977E2" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="32"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001977E2">
@@ -3118,98 +3149,98 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001977E2">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="001977E2" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="7C03FE5A" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="001977E2" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="32"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A43BE" w:rsidTr="008A43BE">
+      <w:tr w:rsidR="008A43BE" w14:paraId="63CA3615" w14:textId="77777777" w:rsidTr="008A43BE">
         <w:trPr>
           <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008A43BE" w:rsidRPr="00680625" w:rsidRDefault="008A43BE" w:rsidP="00ED509E">
+          <w:p w14:paraId="360CC13C" w14:textId="77777777" w:rsidR="008A43BE" w:rsidRPr="00680625" w:rsidRDefault="008A43BE" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008A43BE" w:rsidRDefault="008A43BE" w:rsidP="00ED509E">
+          <w:p w14:paraId="225DDF95" w14:textId="77777777" w:rsidR="008A43BE" w:rsidRDefault="008A43BE" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -3289,67 +3320,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008A43BE" w:rsidRPr="00680625" w:rsidRDefault="008A43BE" w:rsidP="00ED509E">
+          <w:p w14:paraId="0657273B" w14:textId="77777777" w:rsidR="008A43BE" w:rsidRPr="00680625" w:rsidRDefault="008A43BE" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Reg.-Nr.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008A43BE" w:rsidRDefault="008A43BE" w:rsidP="00ED509E">
+          <w:p w14:paraId="5888BC94" w14:textId="77777777" w:rsidR="008A43BE" w:rsidRDefault="008A43BE" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -3427,98 +3458,98 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008A43BE" w:rsidRDefault="008A43BE" w:rsidP="00ED509E">
+          <w:p w14:paraId="10B751CF" w14:textId="77777777" w:rsidR="008A43BE" w:rsidRDefault="008A43BE" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008628A9" w:rsidTr="008A43BE">
+      <w:tr w:rsidR="008628A9" w14:paraId="5D3DE9BF" w14:textId="77777777" w:rsidTr="008A43BE">
         <w:trPr>
           <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="5F89B332" w14:textId="77777777" w:rsidR="008628A9" w:rsidRPr="00680625" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>E-Mail</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="40AC70C3" w14:textId="77777777" w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -3598,118 +3629,118 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
+          <w:p w14:paraId="326EBC63" w14:textId="77777777" w:rsidR="008628A9" w:rsidRDefault="008628A9" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="27"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A22608" w:rsidRPr="00680625" w:rsidRDefault="00A22608">
+    <w:p w14:paraId="2B3D1EAD" w14:textId="77777777" w:rsidR="00A22608" w:rsidRPr="00680625" w:rsidRDefault="00A22608">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1853" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1833"/>
         <w:gridCol w:w="6247"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A43BE" w:rsidTr="006B0811">
+      <w:tr w:rsidR="008A43BE" w14:paraId="239403F4" w14:textId="77777777" w:rsidTr="006B0811">
         <w:trPr>
           <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008A43BE" w:rsidRPr="00680625" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
+          <w:p w14:paraId="62CEA7F7" w14:textId="77777777" w:rsidR="008A43BE" w:rsidRPr="00680625" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Anschrift des Betriebsstandortes</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008A43BE" w:rsidRPr="006B0811" w:rsidRDefault="008A43BE" w:rsidP="00ED509E">
+          <w:p w14:paraId="2D0E95C2" w14:textId="77777777" w:rsidR="008A43BE" w:rsidRPr="006B0811" w:rsidRDefault="008A43BE" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
@@ -3759,76 +3790,76 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B0811" w:rsidTr="006B0811">
+      <w:tr w:rsidR="006B0811" w14:paraId="5BF89CD6" w14:textId="77777777" w:rsidTr="006B0811">
         <w:trPr>
           <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="006B0811" w:rsidRPr="00680625" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
+          <w:p w14:paraId="00685E44" w14:textId="77777777" w:rsidR="006B0811" w:rsidRPr="00680625" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Anzahl Ställe mit Stallbezeichnung</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006B0811" w:rsidRPr="006B0811" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
+          <w:p w14:paraId="3EF51A24" w14:textId="77777777" w:rsidR="006B0811" w:rsidRPr="006B0811" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
@@ -3878,76 +3909,76 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B0811" w:rsidTr="006B0811">
+      <w:tr w:rsidR="006B0811" w14:paraId="02DCBCEF" w14:textId="77777777" w:rsidTr="006B0811">
         <w:trPr>
           <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="006B0811" w:rsidRPr="00680625" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
+          <w:p w14:paraId="6BA5AA16" w14:textId="77777777" w:rsidR="006B0811" w:rsidRPr="00680625" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Anzahl der Tierplätze</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006B0811" w:rsidRPr="006B0811" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
+          <w:p w14:paraId="4D7B00DB" w14:textId="77777777" w:rsidR="006B0811" w:rsidRPr="006B0811" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
@@ -3997,78 +4028,78 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B0811" w:rsidTr="006B0811">
+      <w:tr w:rsidR="006B0811" w14:paraId="62C3AEF9" w14:textId="77777777" w:rsidTr="006B0811">
         <w:trPr>
           <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B0811" w:rsidRPr="00680625" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
+          <w:p w14:paraId="6948DB76" w14:textId="77777777" w:rsidR="006B0811" w:rsidRPr="00680625" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Geflügelart</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006B0811" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
+          <w:p w14:paraId="2B183861" w14:textId="77777777" w:rsidR="006B0811" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
@@ -4124,67 +4155,67 @@
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6247" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B0811" w:rsidRPr="00680625" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
+          <w:p w14:paraId="5B37AB0B" w14:textId="77777777" w:rsidR="006B0811" w:rsidRPr="00680625" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Nutzungsrichtung</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006B0811" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
+          <w:p w14:paraId="01A99B9E" w14:textId="77777777" w:rsidR="006B0811" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
@@ -4234,167 +4265,177 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B0811" w:rsidTr="00680625">
+      <w:tr w:rsidR="006B0811" w14:paraId="5AE2CA86" w14:textId="77777777" w:rsidTr="00680625">
         <w:trPr>
           <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B0811" w:rsidRPr="00680625" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
+          <w:p w14:paraId="081C779B" w14:textId="77777777" w:rsidR="006B0811" w:rsidRPr="00680625" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Art und Weise der Belegung /</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006B0811" w:rsidRPr="00680625" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
+          <w:p w14:paraId="47251886" w14:textId="77777777" w:rsidR="006B0811" w:rsidRPr="00680625" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Aufstallung</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="006B0811" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
+          <w:p w14:paraId="752AB4C1" w14:textId="77777777" w:rsidR="006B0811" w:rsidRDefault="006B0811" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006B0811" w:rsidRDefault="006B0811" w:rsidP="006B0811">
+          <w:p w14:paraId="0265356C" w14:textId="77777777" w:rsidR="006B0811" w:rsidRDefault="006B0811" w:rsidP="006B0811">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6247" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006B0811" w:rsidRPr="00680625" w:rsidRDefault="006B0811" w:rsidP="006B0811">
+          <w:p w14:paraId="7FBF1386" w14:textId="77777777" w:rsidR="006B0811" w:rsidRPr="00680625" w:rsidRDefault="006B0811" w:rsidP="006B0811">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Kontrollkästchen4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB627B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BB627B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">rein / raus    </w:t>
@@ -4403,324 +4444,358 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB627B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BB627B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>rein / raus stallweise</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006B0811" w:rsidRPr="006B0811" w:rsidRDefault="006B0811" w:rsidP="006B0811">
+          <w:p w14:paraId="605CEAB9" w14:textId="77777777" w:rsidR="006B0811" w:rsidRPr="006B0811" w:rsidRDefault="006B0811" w:rsidP="006B0811">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006B0811" w:rsidRPr="006B0811" w:rsidRDefault="006B0811" w:rsidP="006B0811">
+          <w:p w14:paraId="67A5B377" w14:textId="77777777" w:rsidR="006B0811" w:rsidRPr="006B0811" w:rsidRDefault="006B0811" w:rsidP="006B0811">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB627B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BB627B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>mehrere Altersgruppen je Stall (multiple age)</w:t>
+              <w:t xml:space="preserve">mehrere Altersgruppen je Stall (multiple </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00680625">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>age</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00680625">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00680625" w:rsidTr="00680625">
+      <w:tr w:rsidR="00680625" w14:paraId="70605A2B" w14:textId="77777777" w:rsidTr="00680625">
         <w:trPr>
           <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1833" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00680625" w:rsidRPr="00680625" w:rsidRDefault="00680625" w:rsidP="00ED509E">
+          <w:p w14:paraId="49805EE8" w14:textId="77777777" w:rsidR="00680625" w:rsidRPr="00680625" w:rsidRDefault="00680625" w:rsidP="00ED509E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Haltungsform</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6247" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00680625" w:rsidRPr="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
+          <w:p w14:paraId="5CC5B728" w14:textId="77777777" w:rsidR="00680625" w:rsidRPr="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB627B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BB627B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Stallhaltung</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Stallhaltung </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">   </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">    </w:t>
+              <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB627B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BB627B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">mit Freilandhaltung             </w:t>
             </w:r>
@@ -4728,137 +4803,153 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB627B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BB627B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mobilstall</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00680625" w:rsidRPr="006B0811" w:rsidRDefault="00680625" w:rsidP="00680625">
+          <w:p w14:paraId="2810614F" w14:textId="77777777" w:rsidR="00680625" w:rsidRPr="006B0811" w:rsidRDefault="00680625" w:rsidP="00680625">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00680625" w:rsidRPr="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
+          <w:p w14:paraId="1771DD22" w14:textId="77777777" w:rsidR="00680625" w:rsidRPr="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB627B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BB627B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Auslaufhaltung</w:t>
             </w:r>
@@ -4874,141 +4965,149 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BB627B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00BB627B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00680625">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Wintergarten / KSR</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00680625" w:rsidRPr="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
+          <w:p w14:paraId="063D1522" w14:textId="77777777" w:rsidR="00680625" w:rsidRPr="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00680625" w:rsidTr="00126279">
+      <w:tr w:rsidR="00680625" w14:paraId="40B8E85C" w14:textId="77777777" w:rsidTr="00126279">
         <w:trPr>
           <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
+          <w:p w14:paraId="3B7012E4" w14:textId="77777777" w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
+          <w:p w14:paraId="559184A0" w14:textId="77777777" w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gleichzeitige erwerbsmäßige Haltung weiterer Tiere und Standort</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
+          <w:p w14:paraId="4A99D91F" w14:textId="77777777" w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
@@ -5056,51 +5155,51 @@
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
+          <w:p w14:paraId="0B2B62CA" w14:textId="77777777" w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
@@ -5148,51 +5247,51 @@
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
+          <w:p w14:paraId="1A79A1C6" w14:textId="77777777" w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
@@ -5240,51 +5339,51 @@
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
+          <w:p w14:paraId="473FD9DC" w14:textId="77777777" w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
@@ -5332,51 +5431,51 @@
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
+          <w:p w14:paraId="779597D9" w14:textId="77777777" w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
@@ -5424,51 +5523,51 @@
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
+          <w:p w14:paraId="40EF523F" w14:textId="77777777" w:rsidR="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
@@ -5516,51 +5615,51 @@
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00680625" w:rsidRPr="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
+          <w:p w14:paraId="383322D0" w14:textId="77777777" w:rsidR="00680625" w:rsidRPr="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
@@ -5608,111 +5707,111 @@
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006B0811">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00680625" w:rsidRPr="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
+          <w:p w14:paraId="1CCB5CEE" w14:textId="77777777" w:rsidR="00680625" w:rsidRPr="00680625" w:rsidRDefault="00680625" w:rsidP="00680625">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="22"/>
               <w:ind w:left="98"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00680625" w:rsidRDefault="00680625">
+    <w:p w14:paraId="10B6D95B" w14:textId="77777777" w:rsidR="00680625" w:rsidRDefault="00680625">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9780"/>
         </w:tabs>
         <w:ind w:left="2877"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:color w:val="171846"/>
           <w:w w:val="90"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00680625" w:rsidRDefault="00680625">
+    <w:p w14:paraId="51BD39EB" w14:textId="77777777" w:rsidR="00680625" w:rsidRDefault="00680625">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9780"/>
         </w:tabs>
         <w:ind w:left="2877"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:color w:val="171846"/>
           <w:w w:val="90"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00680625" w:rsidRDefault="00680625">
+    <w:p w14:paraId="6363DF9C" w14:textId="77777777" w:rsidR="00680625" w:rsidRDefault="00680625">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9780"/>
         </w:tabs>
         <w:ind w:left="2877"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:color w:val="171846"/>
           <w:w w:val="90"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="09864B74" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9780"/>
         </w:tabs>
         <w:ind w:left="2877"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:color w:val="171846"/>
           <w:w w:val="90"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Niedersächsisches</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
@@ -5792,90 +5891,90 @@
           <w:w w:val="90"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>1.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="171846"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:color w:val="171846"/>
           <w:spacing w:val="-5"/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="00094436" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:position w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00F34FE5">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1260" w:right="565" w:bottom="280" w:left="1275" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
+    <w:p w14:paraId="7E8A7F64" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="77" w:line="290" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="2906" w:hanging="567"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="AB4D79"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251600896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251600896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65152EAF" wp14:editId="78ACE030">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>714374</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="810260" cy="152400"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="68" name="Graphic 68"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="810260" cy="152400"/>
                         </a:xfrm>
@@ -5902,51 +6001,51 @@
                               <a:lnTo>
                                 <a:pt x="809993" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="AB4D79"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="17608F79" id="Graphic 68" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:56.25pt;width:63.8pt;height:12pt;z-index:251600896;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="810260,152400" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3YYlsNgIAAOYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayLkuMOEXXoMWA&#10;oi3QDD0rshwbk0VNUmLn70fJkeNupxW72JT4RPO9R3l13TWSHIWxNaicTicpJUJxKGq1z+mP7d2n&#10;BSXWMVUwCUrk9CQsvV5//LBqdSZmUIEshCFYRNms1TmtnNNZklheiYbZCWihMFmCaZjDpdknhWEt&#10;Vm9kMkvTedKCKbQBLqzF3U2fpOtQvywFd09laYUjMqfYmwtPE547/0zWK5btDdNVzc9tsHd00bBa&#10;4UeHUhvmGDmY+q9STc0NWCjdhEOTQFnWXAQOyGaa/sHmpWJaBC4ojtWDTPb/leWPx2dD6iKnc3RK&#10;sQY9uj/LgTsoT6tthqgX/Ww8QasfgP+0mEjeZPzCnjFdaRqPRXqkC1qfBq1F5wjHzcU0nc3REY6p&#10;6ZfZVRq8SFgWD/ODdfcCQiF2fLCut6qIEatixDsVQ4OGe6tlsNpRglYbStDqXW+1Zs6f8935kLSX&#10;TqqhEZ9t4Ci2EHDOk1iky+XyMyWRCXZ6gUg1hiKrESrm4luHcj3mDfEIiO8eOPruv6GjnrEcl2CF&#10;t61nPgRBDdwc621B1sVdLaXnb81+dysNOTIU9ubb1ebr0muJR0awMAy9/34SdlCccK5anKSc2l8H&#10;ZgQl8rvCyfW3MAYmBrsYGCdvIdzVIL2xbtu9MqOJxjCnDsfnEeK9YFkcDE9qwPqTCm4ODsraT03o&#10;re/ovMDLFAicL76/reN1QF1+T+vfAAAA//8DAFBLAwQUAAYACAAAACEAD9dYRN8AAAAIAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm900krTEbIoERVBQjKG9brNjEpqdDdltG/+9&#10;05PeZuY93nwv38x2ECecfO9IwXIRgUBqnOmpVVB/Pd+tQfigyejBESr4QQ+b4voq15lxZ/rEUxVa&#10;wSHkM62gC2HMpPRNh1b7hRuRWPt2k9WB16mVZtJnDreDjKMolVb3xB86PWLZYXOojlbBa9V8TKuy&#10;dtu3epekL3go33dPSt3ezI8PIALO4c8MF3xGh4KZ9u5IxotBARcJfF3GCYiLHK9SEHse7tMEZJHL&#10;/wWKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC3YYlsNgIAAOYEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAP11hE3wAAAAgBAAAPAAAAAAAA&#10;AAAAAAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" path="m809993,l,,,152400r809993,l809993,xe" fillcolor="#ab4d79" stroked="f">
+              <v:shape w14:anchorId="6EEAF118" id="Graphic 68" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:56.25pt;width:63.8pt;height:12pt;z-index:251600896;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="810260,152400" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACahEMIgIAAMAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayrkuMOEXXoMOA&#10;oi3QDDsrshwbk02NUmL370fJkeNtpw27SJT4RPM9kl7f9I1mJ4W2hjbn81nKmWolFHV7yPnX3f27&#10;JWfWibYQGlqV81dl+c3m7Zt1ZzK1gAp0oZBRkNZmncl55ZzJksTKSjXCzsColpwlYCMcHfGQFCg6&#10;it7oZJGm10kHWBgEqayl2+3g5JsQvyyVdE9laZVjOueUmwsrhnXv12SzFtkBhalqeU5D/EMWjahb&#10;+ugYaiucYEes/wjV1BLBQulmEpoEyrKWKnAgNvP0NzYvlTAqcCFxrBllsv8vrHw8vZhn9Klb8wDy&#10;uyVFks7YbPT4gz1j+hIbj6XEWR9UfB1VVL1jki6X83RxTVpLcs0/LK7SoHIisvhYHq37rCAEEqcH&#10;64YiFNESVbRk30YTqZS+iDoU0XFGRUTOqIj7oYhGOP/OZ+dN1l0yqcZEvLeBk9pBwDlPYpmuVqv3&#10;nEUmlOkFotsplFhNUNEXdxPCDZhfiEdA3Afg5Lt/h456xnBSg1W+bAPz0Qhq0OVUbwu6Lu5rrT1/&#10;i4f9nUZ2EiTs7aer7ceV15KeTGChGYb6+07YQ/H6jKyjkcm5/XEUqDjTX1rqST9f0cBo7KOBTt9B&#10;mMIgPVq3678JNMyQmXNH7fMIseNFFhvDkxqx/mULt0cHZe27JuQ2ZHQ+0JgEAueR9nM4PQfU5cez&#10;+QkAAP//AwBQSwMEFAAGAAgAAAAhAA/XWETfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AQhe+C/2EZwZvdNJK0xGyKBEVQUIyhvW6zYxKanQ3ZbRv/vdOT3mbmPd58L9/MdhAnnHzvSMFy&#10;EYFAapzpqVVQfz3frUH4oMnowREq+EEPm+L6KteZcWf6xFMVWsEh5DOtoAthzKT0TYdW+4UbkVj7&#10;dpPVgdeplWbSZw63g4yjKJVW98QfOj1i2WFzqI5WwWvVfEyrsnbbt3qXpC94KN93T0rd3syPDyAC&#10;zuHPDBd8RoeCmfbuSMaLQQEXCXxdxgmIixyvUhB7Hu7TBGSRy/8Fil8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAAmoRDCICAADABAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAD9dYRN8AAAAIAQAADwAAAAAAAAAAAAAAAAB8BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" path="m809993,l,,,152400r809993,l809993,xe" fillcolor="#ab4d79" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="Biosicherheitskonzept_Geflügel_Kurzübers"/>
       <w:bookmarkStart w:id="12" w:name="Biosicherheitkonzept_Geflügel_Kurzübersi"/>
       <w:bookmarkStart w:id="13" w:name="2._KENNTNISSE_/_SENSIBILISIERUNG_/"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:color w:val="AB4D79"/>
         </w:rPr>
         <w:t>KENNTNISSE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="AB4D79"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5971,158 +6070,176 @@
         <w:t>SENSIBILISIERUNG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="AB4D79"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="AB4D79"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
       <w:bookmarkStart w:id="14" w:name="UNTERWEISUNGEN"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:color w:val="AB4D79"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>UNTERWEISUNGEN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="22460CE0" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="32"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="7468C410" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:ind w:left="566" w:hanging="423"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="2.1_TIERHALTER_/_UNTERNEHMER"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>TIERHALTER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>UNTERNEHMER</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="7236A015" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="63"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="34A832A7" w14:textId="2B90FD3D" w:rsidR="00F34FE5" w:rsidRPr="00BB627B" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="33ABEF3C" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251636736" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251636736" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B2191DE" wp14:editId="71E5B202">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>900683</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>159771</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5491480" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="69" name="Graphic 69"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5491480" cy="6350"/>
                         </a:xfrm>
@@ -6149,69 +6266,69 @@
                               <a:lnTo>
                                 <a:pt x="5490972" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="21B860E6" id="Graphic 69" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:12.6pt;width:432.4pt;height:.5pt;z-index:-251679744;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBiV9d+NgIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X+xkbZZYcaqpVatJ&#10;VVepmfZMMI7RMJcBiZ1/vws2qbs9bVoe8IV7uJxzP7K56VtFTsI6Cbqk81lOidAcKqkPJf22u/+w&#10;osR5piumQIuSnoWjN9v37zadKcQCGlCVsASDaFd0pqSN96bIMscb0TI3AyM0OmuwLfO4tYessqzD&#10;6K3KFnm+zDqwlbHAhXN4ejc46TbGr2vB/de6dsITVVLk5uNq47oPa7bdsOJgmWkkH2mwf2DRMqnx&#10;0UuoO+YZOVr5R6hWcgsOaj/j0GZQ15KLqAHVzPPf1Lw0zIioBZPjzCVN7v+F5U+nZ0tkVdLlmhLN&#10;WqzRw5gOPMH0dMYViHoxzzYIdOYR+A+HjuyNJ2zciOlr2wYsyiN9zPX5kmvRe8Lx8PpqPb9aYUk4&#10;+pYfr2MpMlaku/zo/IOAGIedHp0fKlUlizXJ4r1OpsV6h0qrWGlPCVbaUoKV3g+VNsyHe4FcMEk3&#10;IdKMPIKzhZPYQYT5IAHZ5utPC0qSEGT6ilF6ikVNE1Typa+J8QbMcp6vAi8MltzpO8Cmz/4VOGUz&#10;heMKnBheCrrjk5dc4PPTbDtQsrqXSgX5zh72t8qSEwsDFH8j4wksdsJQ/NAGe6jO2FQdtlFJ3c8j&#10;s4IS9UVj24YRTIZNxj4Z1qtbiIMaM2+d3/XfmTXEoFlSj73zBGkoWJHaAvkHwIANNzV8PnqoZeiZ&#10;yG1gNG5wkqL+cerDqE73EfX637T9BQAA//8DAFBLAwQUAAYACAAAACEAjrBuL9wAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiTiEZViFNViErcEA3i7MRLEtVeR7HbJH/P&#10;9gTH2R3NvCn3i7PiilMYPClINwkIpNabgToFX/XxaQciRE1GW0+oYMUA++r+rtSF8TN94vUUO8Eh&#10;FAqtoI9xLKQMbY9Oh40fkfj34yenI8upk2bSM4c7K7MkyaXTA3FDr0d87bE9ny5OQT2/bet1XO37&#10;NDS7xHZH+/2RKvX4sBxeQERc4p8ZbviMDhUzNf5CJgjL+jll9Kgg22Ygbgauy0E0fMkzkFUp/0+o&#10;fgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBiV9d+NgIAAOMEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCOsG4v3AAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5490972,l,,,6108r5490972,l5490972,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="4FCD5DA4" id="Graphic 69" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:12.6pt;width:432.4pt;height:.5pt;z-index:-251679744;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYRL1yIwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNkuNOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWp0pw3zQabMJ+rxkfT6dug0Oyp0LZiSz2c5Z8pIqFqzL/n37cOH&#10;FWfOC1MJDUaV/KQcv928f7fubaEW0ICuFDIKYlzR25I33tsiy5xsVCfcDKwy5KwBO+Fpi/usQtFT&#10;9E5nizxfZj1gZRGkco6+3o9Ovonx61pJ/62unfJMl5y4+bhiXHdhzTZrUexR2KaVZxriH1h0ojV0&#10;6SXUvfCCHbD9I1TXSgQHtZ9J6DKo61aqmANlM8/fZPPSCKtiLiSOsxeZ3P8LK5+OL/YZA3VnH0H+&#10;dKRI1ltXXDxh486YocYuYIk4G6KKp4uKavBM0sfrq5v51YrEluRbfryOImeiSGflwfkvCmIccXx0&#10;fqxBlSzRJEsOJplIlQw11LGGnjOqIXJGNdyNNbTCh3OBXDBZPyHSnHkEZwdHtYUI8yEFYpvffFpw&#10;lhIhpq8YbaZYymmCSr70tjHeiFnO81XgRcGSO71H2PTavwInNVM4qcGp8aaQd7zyogVdP1XbgW6r&#10;h1brkL7D/e5OIzuKMBrxOTOewGInjMUPbbCD6vSMrKd5Kbn7dRCoONNfDTVkGK5kYDJ2yUCv7yCO&#10;YFQend8OPwRaZsksuafeeYLU7qJIbUH8A2DEhpMGPh881G3omchtZHTe0IzE/M/zHIZwuo+o17/O&#10;5jcAAAD//wMAUEsDBBQABgAIAAAAIQCOsG4v3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqJOIRlWIU1WIStwQDeLsxEsS1V5Hsdskf8/2BMfZHc28KfeLs+KKUxg8KUg3&#10;CQik1puBOgVf9fFpByJETUZbT6hgxQD76v6u1IXxM33i9RQ7wSEUCq2gj3EspAxtj06HjR+R+Pfj&#10;J6cjy6mTZtIzhzsrsyTJpdMDcUOvR3ztsT2fLk5BPb9t63Vc7fs0NLvEdkf7/ZEq9fiwHF5ARFzi&#10;nxlu+IwOFTM1/kImCMv6OWX0qCDbZiBuBq7LQTR8yTOQVSn/T6h+AQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAJhEvXIjAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAI6wbi/cAAAACgEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m5490972,l,,,6108r5490972,l5490972,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251637760" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251637760" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13EAF80E" wp14:editId="383AF858">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>900683</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>341140</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5491480" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="70" name="Graphic 70"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5491480" cy="6350"/>
                         </a:xfrm>
@@ -6238,69 +6355,69 @@
                               <a:lnTo>
                                 <a:pt x="5490972" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4D898562" id="Graphic 70" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:26.85pt;width:432.4pt;height:.5pt;z-index:-251678720;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPg/q2NgIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNm2MOMXQosWA&#10;oivQDDsrshwbk0VNVOL070fJVuptpw3LQabEJ/I9ksr65tRpdlQOWzAln89yzpSRULVmX/Kv2/sP&#10;15yhF6YSGowq+atCfrN5/27d20ItoAFdKccoiMGityVvvLdFlqFsVCdwBlYZctbgOuFp6/ZZ5URP&#10;0TudLfJ8mfXgKutAKkQ6vRucfBPj17WS/ktdo/JMl5y4+bi6uO7Cmm3Wotg7YZtWjjTEP7DoRGso&#10;6TnUnfCCHVz7R6iulQ4Qaj+T0GVQ161UUQOpmee/qXlphFVRCxUH7blM+P/Cyqfjs2NtVfIrKo8R&#10;HfXoYSwHnVB5eosFoV7sswsC0T6C/I7kyH7xhA2OmFPtuoAleewUa/16rrU6eSbp8PJiNb+4ppyS&#10;fMuPlzFXJop0Vx7QPyiIccTxEf3QqSpZokmWPJlkOup36LSOnfacUacdZ9Tp3dBpK3y4F8gFk/UT&#10;Is3IIzg7OKotRJgPEohtvrpacJaEENM3jDZTLGmaoJIvfW2MN2CW+WoZeFGw5E7fATZN+1fgVM0U&#10;TmpANWQKumPKcy0o/bTaCLqt7lutg3x0+92tduwowgOKv5HxBBYnYWh+GIMdVK80VD2NUcnxx0E4&#10;xZn+bGhsSbdPhkvGLhnO61uIDzVW3qHfnr4JZ5kls+SeZucJ0qMQRRoL4h8AAzbcNPDp4KFuw8xE&#10;bgOjcUMvKeofX314qtN9RL39N21+AgAA//8DAFBLAwQUAAYACAAAACEAkLhw9dwAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT6J/SOBVCVOKGaCrOTrwkUe11FLtN8vZs&#10;T3Cc3dHMN/l+clZccQidJwXpIgGBVHvTUaPgVB6etiBC1GS09YQKZgywL+7vcp0ZP9IXXo+xERxC&#10;IdMK2hj7TMpQt+h0WPgeiX8/fnA6shwaaQY9criz8jlJ1tLpjrih1T2+tVifjxenoBzfV+Xcz/Zj&#10;6KptYpuD/f5MlXp8mF53ICJO8c8MN3xGh4KZKn8hE4RlvUwZPSpYvWxA3AxctwZR8WW5AVnk8v+E&#10;4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDPg/q2NgIAAOMEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCQuHD13AAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5490972,l,,,6096r5490972,l5490972,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="48ED28B5" id="Graphic 70" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:26.85pt;width:432.4pt;height:.5pt;z-index:-251678720;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqzRbsIwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNmuMOMXQosOA&#10;oivQDDsrshwbk0WNUuLk70fJVmp0pw3zQabMJ+rxkfT69tRpdlToWjAln89yzpSRULVmX/Lv24cP&#10;N5w5L0wlNBhV8rNy/Hbz/t26t4VaQAO6UsgoiHFFb0veeG+LLHOyUZ1wM7DKkLMG7ISnLe6zCkVP&#10;0TudLfJ8mfWAlUWQyjn6ej84+SbGr2sl/be6dsozXXLi5uOKcd2FNdusRbFHYZtWjjTEP7DoRGvo&#10;0kuoe+EFO2D7R6iulQgOaj+T0GVQ161UMQfKZp6/yealEVbFXEgcZy8yuf8XVj4dX+wzBurOPoL8&#10;6UiRrLeuuHjCxo2YU41dwBJxdooqni8qqpNnkj5eX63mVzcktiTf8uN1FDkTRTorD85/URDjiOOj&#10;80MNqmSJJlnyZJKJVMlQQx1r6DmjGiJnVMPdUEMrfDgXyAWT9RMizcgjODs4qi1EmA8pENt89WnB&#10;WUqEmL5itJliKacJKvnS28Z4A2aZr5aBFwVL7vQeYNNr/wqc1EzhpAanhptC3vHKixZ0/VRtB7qt&#10;HlqtQ/oO97s7jewowmjEZ2Q8gcVOGIof2mAH1fkZWU/zUnL36yBQcaa/GmrIMFzJwGTskoFe30Ec&#10;wag8Or89/RBomSWz5J565wlSu4sitQXxD4ABG04a+HzwULehZyK3gdG4oRmJ+Y/zHIZwuo+o17/O&#10;5jcAAAD//wMAUEsDBBQABgAIAAAAIQCQuHD13AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUjcqBPon9I4FUJU4oZoKs5OvCRR7XUUu03y9mxPcJzd0cw3+X5yVlxxCJ0nBeki&#10;AYFUe9NRo+BUHp62IELUZLT1hApmDLAv7u9ynRk/0hdej7ERHEIh0wraGPtMylC36HRY+B6Jfz9+&#10;cDqyHBppBj1yuLPyOUnW0umOuKHVPb61WJ+PF6egHN9X5dzP9mPoqm1im4P9/kyVenyYXncgIk7x&#10;zww3fEaHgpkqfyEThGW9TBk9Kli9bEDcDFy3BlHxZbkBWeTy/4TiFwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGrNFuwjAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAJC4cPXcAAAACgEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m5490972,l,,,6096r5490972,l5490972,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251638784" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251638784" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="495617D8" wp14:editId="06DD8513">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>891539</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>522496</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5500370" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="71" name="Graphic 71"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5500370" cy="6350"/>
                         </a:xfrm>
@@ -6327,51 +6444,51 @@
                               <a:lnTo>
                                 <a:pt x="5500116" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0B80D914" id="Graphic 71" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.2pt;margin-top:41.15pt;width:433.1pt;height:.5pt;z-index:-251677696;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5500370,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4xjWbNQIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+y0SLoacYqhRYsB&#10;RVegGXZWZDk2JouaqMTuvx8lW6m3nTYsB5kSn6j3+JHNzdBpdlIOWzAlXy5yzpSRULXmUPKvu/sP&#10;HzlDL0wlNBhV8leF/Gb7/t2mt4W6gAZ0pRyjIAaL3pa88d4WWYayUZ3ABVhlyFmD64SnrTtklRM9&#10;Re90dpHn66wHV1kHUiHS6d3o5NsYv66V9F/qGpVnuuTEzcfVxXUf1my7EcXBCdu0cqIh/oFFJ1pD&#10;j55D3Qkv2NG1f4TqWukAofYLCV0Gdd1KFTWQmmX+m5qXRlgVtVBy0J7ThP8vrHw6PTvWViW/WnJm&#10;REc1epjSQSeUnt5iQagX++yCQLSPIL8jObJfPGGDE2aoXRewJI8NMdev51yrwTNJh6tVnl9eUUkk&#10;+daXq1iKTBTprjyif1AQ44jTI/qxUlWyRJMsOZhkOqp3qLSOlfacUaUdZ1Tp/VhpK3y4F8gFk/Uz&#10;Is3EIzg7OKkdRJgPEgLb5XLNWRJCTN8w2syxpGmGSr70tTHeiFnn1+vAi4Ild/qOsPmzfwVO2Uzh&#10;pAZU40tBd3zynAt6fp5tBN1W963WQT66w/5WO3YSYYDib2I8g8VOGIsf2mAP1Ss1VU9tVHL8cRRO&#10;caY/G2rbMILJcMnYJ8N5fQtxUGPmHfrd8E04yyyZJffUO0+QhkIUqS2IfwCM2HDTwKejh7oNPRO5&#10;jYymDU1S1D9NfRjV+T6i3v6btj8BAAD//wMAUEsDBBQABgAIAAAAIQBBTjHE3AAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9NT4QwEIbvJv6HZky8uUXYbDZI2RCiRxNciXrs0hFQOiW0LPjvnT3p&#10;8Z158n5kh9UO4oyT7x0puN9EIJAaZ3pqFdSvT3d7ED5oMnpwhAp+0MMhv77KdGrcQi94PoZWsAn5&#10;VCvoQhhTKX3TodV+40Yk/n26yerAcmqlmfTC5naQcRTtpNU9cUKnRyw7bL6Ps1VQDktc1V9j2T/W&#10;b/PHe1UVz2uh1O3NWjyACLiGPxgu9bk65Nzp5GYyXgyst9GWUQX7OAFxAThuB+LElyQBmWfy/4T8&#10;FwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPjGNZs1AgAA4wQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEFOMcTcAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAjwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5500116,l,,,6096r5500116,l5500116,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="7199652A" id="Graphic 71" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.2pt;margin-top:41.15pt;width:433.1pt;height:.5pt;z-index:-251677696;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5500370,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2cREdIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZaJNuMOMXQosOA&#10;oivQDD0rshwbk0WNUmLn70fJVmpspw7zQabMJ+rxkfTmZug0Oyl0LZiSLxc5Z8pIqFpzKPmP3f2H&#10;T5w5L0wlNBhV8rNy/Gb7/t2mt4W6ggZ0pZBREOOK3pa88d4WWeZkozrhFmCVIWcN2AlPWzxkFYqe&#10;onc6u8rzddYDVhZBKufo693o5NsYv66V9N/r2inPdMmJm48rxnUf1my7EcUBhW1aOdEQ/8CiE62h&#10;Sy+h7oQX7IjtX6G6ViI4qP1CQpdBXbdSxRwom2X+RzbPjbAq5kLiOHuRyf2/sPLx9GyfMFB39gHk&#10;T0eKZL11xcUTNm7CDDV2AUvE2RBVPF9UVINnkj6uVnl+/ZHEluRbX6+iyJko0ll5dP6rghhHnB6c&#10;H2tQJUs0yZKDSSZSJUMNdayh54xqiJxRDfdjDa3w4VwgF0zWz4g0E4/g7OCkdhBhPqQQ2C6Xa85S&#10;IsT0FaPNHEs5zVDJl942xhsx6/zzOvCiYMmd3iNsfu2bwEnNFE5qcGq8KeQdr7xoQdfP1Xag2+q+&#10;1Tqk7/Cwv9XITiKMRnwmxjNY7ISx+KEN9lCdn5D1NC8ld7+OAhVn+puhhgzDlQxMxj4Z6PUtxBGM&#10;yqPzu+FFoGWWzJJ76p1HSO0uitQWxD8ARmw4aeDL0UPdhp6J3EZG04ZmJOY/zXMYwvk+ol7/Otvf&#10;AAAA//8DAFBLAwQUAAYACAAAACEAQU4xxNwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU+E&#10;MBCG7yb+h2ZMvLlF2Gw2SNkQokcTXIl67NIRUDoltCz475096fGdefJ+ZIfVDuKMk+8dKbjfRCCQ&#10;Gmd6ahXUr093exA+aDJ6cIQKftDDIb++ynRq3EIveD6GVrAJ+VQr6EIYUyl906HVfuNGJP59usnq&#10;wHJqpZn0wuZ2kHEU7aTVPXFCp0csO2y+j7NVUA5LXNVfY9k/1m/zx3tVFc9rodTtzVo8gAi4hj8Y&#10;LvW5OuTc6eRmMl4MrLfRllEF+zgBcQE4bgfixJckAZln8v+E/BcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA2cREdIQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBBTjHE3AAAAAoBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5500116,l,,,6096r5500116,l5500116,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -6424,51 +6541,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="66059DF9" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -6522,51 +6639,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="008A36BF" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -6620,139 +6737,156 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="5162F655" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="5C90F684" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="19"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="404E10E0" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:ind w:left="566" w:hanging="423"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="2.2_PERSONAL"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>PERSONAL</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="0DEA42EF" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="65"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="6F169154" w14:textId="7737341A" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="4FD240CC" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251639808" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251639808" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B46E7F1" wp14:editId="6A3CF1AC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>900683</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>159612</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5491480" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="72" name="Graphic 72"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5491480" cy="6350"/>
                         </a:xfrm>
@@ -6779,69 +6913,69 @@
                               <a:lnTo>
                                 <a:pt x="5490972" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4476AEAE" id="Graphic 72" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:12.55pt;width:432.4pt;height:.5pt;z-index:-251676672;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBYdxrUNgIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+xkbdYYcYqhRYsB&#10;RVegGXZWZDk2JosapcTpvx8lW6m7nTYsB5kSn6j3+JH19anT7KjQtWBKPp/lnCkjoWrNvuTftncf&#10;rjhzXphKaDCq5C/K8evN+3fr3hZqAQ3oSiGjIMYVvS15470tsszJRnXCzcAqQ84asBOetrjPKhQ9&#10;Re90tsjzZdYDVhZBKufo9HZw8k2MX9dK+q917ZRnuuTEzccV47oLa7ZZi2KPwjatHGmIf2DRidbQ&#10;o+dQt8ILdsD2j1BdKxEc1H4mocugrlupogZSM89/U/PcCKuiFkqOs+c0uf8XVj4en5C1Vck/LTgz&#10;oqMa3Y/poBNKT29dQahn+4RBoLMPIH84cmRvPGHjRsypxi5gSR47xVy/nHOtTp5JOry8WM0vrqgk&#10;knzLj5exFJko0l15cP5eQYwjjg/OD5WqkiWaZMmTSSZSvUOlday054wqjZxRpXdDpa3w4V4gF0zW&#10;T4g0I4/g7OCothBhPkggtvkqZCgJIaavGG2mWNI0QSVf+toYb8As89Uy8KJgyZ2+A2z67F+BUzZT&#10;OKnBqeGloDs+ec4FPT/NtgPdVnet1kG+w/3uRiM7ijBA8TcynsBiJwzFD22wg+qFmqqnNiq5+3kQ&#10;qDjTXwy1bRjBZGAydslAr28gDmrMPDq/PX0XaJkls+SeeucR0lCIIrUF8Q+AARtuGvh88FC3oWci&#10;t4HRuKFJivrHqQ+jOt1H1Ot/0+YXAAAA//8DAFBLAwQUAAYACAAAACEARwlZ1twAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjjikZViFMhRCVuiAZxduIlibDXUew2yd+z&#10;PcFxdkczb8rD4p244BSHQBrUJgOB1AY7UKfhsz4+7EHEZMgaFwg1rBjhUN3elKawYaYPvJxSJziE&#10;YmE09CmNhZSx7dGbuAkjEv++w+RNYjl10k5m5nDv5DbLcunNQNzQmxFfemx/TmevoZ5fd/U6ru5t&#10;Gpp95rqj+3pXWt/fLc9PIBIu6c8MV3xGh4qZmnAmG4Vj/agYPWnY7hSIq4HrchANX3IFsirl/wnV&#10;LwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBYdxrUNgIAAOMEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBHCVnW3AAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5490972,l,,,6096r5490972,l5490972,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="198E458D" id="Graphic 72" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:12.55pt;width:432.4pt;height:.5pt;z-index:-251676672;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqzRbsIwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNmuMOMXQosOA&#10;oivQDDsrshwbk0WNUuLk70fJVmp0pw3zQabMJ+rxkfT69tRpdlToWjAln89yzpSRULVmX/Lv24cP&#10;N5w5L0wlNBhV8rNy/Hbz/t26t4VaQAO6UsgoiHFFb0veeG+LLHOyUZ1wM7DKkLMG7ISnLe6zCkVP&#10;0TudLfJ8mfWAlUWQyjn6ej84+SbGr2sl/be6dsozXXLi5uOKcd2FNdusRbFHYZtWjjTEP7DoRGvo&#10;0kuoe+EFO2D7R6iulQgOaj+T0GVQ161UMQfKZp6/yealEVbFXEgcZy8yuf8XVj4dX+wzBurOPoL8&#10;6UiRrLeuuHjCxo2YU41dwBJxdooqni8qqpNnkj5eX63mVzcktiTf8uN1FDkTRTorD85/URDjiOOj&#10;80MNqmSJJlnyZJKJVMlQQx1r6DmjGiJnVMPdUEMrfDgXyAWT9RMizcgjODs4qi1EmA8pENt89WnB&#10;WUqEmL5itJliKacJKvnS28Z4A2aZr5aBFwVL7vQeYNNr/wqc1EzhpAanhptC3vHKixZ0/VRtB7qt&#10;HlqtQ/oO97s7jewowmjEZ2Q8gcVOGIof2mAH1fkZWU/zUnL36yBQcaa/GmrIMFzJwGTskoFe30Ec&#10;wag8Or89/RBomSWz5J565wlSu4sitQXxD4ABG04a+HzwULehZyK3gdG4oRmJ+Y/zHIZwuo+o17/O&#10;5jcAAAD//wMAUEsDBBQABgAIAAAAIQBHCVnW3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqOOKRlWIUyFEJW6IBnF24iWJsNdR7DbJ37M9wXF2RzNvysPinbjgFIdAGtQm&#10;A4HUBjtQp+GzPj7sQcRkyBoXCDWsGOFQ3d6UprBhpg+8nFInOIRiYTT0KY2FlLHt0Zu4CSMS/77D&#10;5E1iOXXSTmbmcO/kNsty6c1A3NCbEV96bH9OZ6+hnl939Tqu7m0amn3muqP7elda398tz08gEi7p&#10;zwxXfEaHipmacCYbhWP9qBg9adjuFIirgetyEA1fcgWyKuX/CdUvAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGrNFuwjAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAEcJWdbcAAAACgEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m5490972,l,,,6096r5490972,l5490972,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251640832" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251640832" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F104DB1" wp14:editId="6F8162F4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>900683</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>340956</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5491480" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="73" name="Graphic 73"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5491480" cy="6350"/>
                         </a:xfrm>
@@ -6868,69 +7002,69 @@
                               <a:lnTo>
                                 <a:pt x="5490972" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="44BFEC58" id="Graphic 73" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:26.85pt;width:432.4pt;height:.5pt;z-index:-251675648;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBB3mWNwIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X+ykbZpacaqpVatJ&#10;VVepmfZMMI7RMJcBiZ1/vws2qbs9bVoe8IV7uJxzP7K+7VtFjsI6Cbqk81lOidAcKqn3Jf22ffi0&#10;osR5piumQIuSnoSjt5uPH9adKcQCGlCVsASDaFd0pqSN96bIMscb0TI3AyM0OmuwLfO4tfussqzD&#10;6K3KFnm+zDqwlbHAhXN4ej846SbGr2vB/de6dsITVVLk5uNq47oLa7ZZs2JvmWkkH2mwf2DRMqnx&#10;0XOoe+YZOVj5R6hWcgsOaj/j0GZQ15KLqAHVzPPf1Lw2zIioBZPjzDlN7v+F5c/HF0tkVdLrC0o0&#10;a7FGj2M68ATT0xlXIOrVvNgg0Jkn4D8cOrJ3nrBxI6avbRuwKI/0Mdenc65F7wnHw6vLm/nlCkvC&#10;0be8uIqlyFiR7vKD848CYhx2fHJ+qFSVLNYki/c6mRbrHSqtYqU9JVhpSwlWejdU2jAf7gVywSTd&#10;hEgz8gjOFo5iCxHmgwRkm99cLyhJQpDpG0bpKRY1TVDJl74mxhswy3m+CrwwWHKn7wCbPvtX4JTN&#10;FI4rcGJ4KeiOT55zgc9Ps+1AyepBKhXkO7vf3SlLjiwMUPyNjCew2AlD8UMb7KA6YVN12EYldT8P&#10;zApK1BeNbRtGMBk2GbtkWK/uIA5qzLx1ftt/Z9YQg2ZJPfbOM6ShYEVqC+QfAAM23NTw+eChlqFn&#10;IreB0bjBSYr6x6kPozrdR9Tbf9PmFwAAAP//AwBQSwMEFAAGAAgAAAAhAJC4cPXcAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoE+if0jgVQlTihmgqzk68JFHtdRS7TfL2&#10;bE9wnN3RzDf5fnJWXHEInScF6SIBgVR701Gj4FQenrYgQtRktPWECmYMsC/u73KdGT/SF16PsREc&#10;QiHTCtoY+0zKULfodFj4Hol/P35wOrIcGmkGPXK4s/I5SdbS6Y64odU9vrVYn48Xp6Ac31fl3M/2&#10;Y+iqbWKbg/3+TJV6fJhedyAiTvHPDDd8RoeCmSp/IROEZb1MGT0qWL1sQNwMXLcGUfFluQFZ5PL/&#10;hOIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwQd5ljcCAADjBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAkLhw9dwAAAAKAQAADwAAAAAAAAAA&#10;AAAAAACRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;" path="m5490972,l,,,6108r5490972,l5490972,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="640734A0" id="Graphic 73" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:26.85pt;width:432.4pt;height:.5pt;z-index:-251675648;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYRL1yIwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNkuNOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWp0pw3zQabMJ+rxkfT6dug0Oyp0LZiSz2c5Z8pIqFqzL/n37cOH&#10;FWfOC1MJDUaV/KQcv928f7fubaEW0ICuFDIKYlzR25I33tsiy5xsVCfcDKwy5KwBO+Fpi/usQtFT&#10;9E5nizxfZj1gZRGkco6+3o9Ovonx61pJ/62unfJMl5y4+bhiXHdhzTZrUexR2KaVZxriH1h0ojV0&#10;6SXUvfCCHbD9I1TXSgQHtZ9J6DKo61aqmANlM8/fZPPSCKtiLiSOsxeZ3P8LK5+OL/YZA3VnH0H+&#10;dKRI1ltXXDxh486YocYuYIk4G6KKp4uKavBM0sfrq5v51YrEluRbfryOImeiSGflwfkvCmIccXx0&#10;fqxBlSzRJEsOJplIlQw11LGGnjOqIXJGNdyNNbTCh3OBXDBZPyHSnHkEZwdHtYUI8yEFYpvffFpw&#10;lhIhpq8YbaZYymmCSr70tjHeiFnO81XgRcGSO71H2PTavwInNVM4qcGp8aaQd7zyogVdP1XbgW6r&#10;h1brkL7D/e5OIzuKMBrxOTOewGInjMUPbbCD6vSMrKd5Kbn7dRCoONNfDTVkGK5kYDJ2yUCv7yCO&#10;YFQend8OPwRaZsksuafeeYLU7qJIbUH8A2DEhpMGPh881G3omchtZHTe0IzE/M/zHIZwuo+o17/O&#10;5jcAAAD//wMAUEsDBBQABgAIAAAAIQCQuHD13AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUjcqBPon9I4FUJU4oZoKs5OvCRR7XUUu03y9mxPcJzd0cw3+X5yVlxxCJ0nBeki&#10;AYFUe9NRo+BUHp62IELUZLT1hApmDLAv7u9ynRk/0hdej7ERHEIh0wraGPtMylC36HRY+B6Jfz9+&#10;cDqyHBppBj1yuLPyOUnW0umOuKHVPb61WJ+PF6egHN9X5dzP9mPoqm1im4P9/kyVenyYXncgIk7x&#10;zww3fEaHgpkqfyEThGW9TBk9Kli9bEDcDFy3BlHxZbkBWeTy/4TiFwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAJhEvXIjAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAJC4cPXcAAAACgEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m5490972,l,,,6108r5490972,l5490972,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251641856" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251641856" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51BE1ACF" wp14:editId="05174DE5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>891539</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>522324</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5500370" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="74" name="Graphic 74"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5500370" cy="6350"/>
                         </a:xfrm>
@@ -6957,51 +7091,51 @@
                               <a:lnTo>
                                 <a:pt x="5500116" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="406F9D0D" id="Graphic 74" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.2pt;margin-top:41.15pt;width:433.1pt;height:.5pt;z-index:-251674624;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5500370,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC91jyCNQIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v0zAQfkfif7D8TpNutIOo6YQ2bUKa&#10;xqQV8ew6ThPh+MzZbbL/nrMTdwGeQPTBOfs+n7/vfnRzPXSanRS6FkzJl4ucM2UkVK05lPzr7u7d&#10;B86cF6YSGowq+Yty/Hr79s2mt4W6gAZ0pZBREOOK3pa88d4WWeZkozrhFmCVIWcN2AlPWzxkFYqe&#10;onc6u8jzddYDVhZBKufo9HZ08m2MX9dK+i917ZRnuuTEzccV47oPa7bdiOKAwjatnGiIf2DRidbQ&#10;o+dQt8ILdsT2j1BdKxEc1H4hocugrlupogZSs8x/U/PcCKuiFkqOs+c0uf8XVj6enpC1Vcmv3nNm&#10;REc1up/SQSeUnt66glDP9gmDQGcfQH535Mh+8YSNmzBDjV3Akjw2xFy/nHOtBs8kHa5WeX55RSWR&#10;5FtfrmIpMlGku/Lo/L2CGEecHpwfK1UlSzTJkoNJJlK9Q6V1rLTnjCqNnFGl92OlrfDhXiAXTNbP&#10;iDQTj+Ds4KR2EGE+SAhsl8s1Z0kIMX3FaDPHkqYZKvnS18Z4I2adf1wHXhQsudN3hM2f/StwymYK&#10;JzU4Nb4UdMcnz7mg5+fZdqDb6q7VOsh3eNjfaGQnEQYo/ibGM1jshLH4oQ32UL1QU/XURiV3P44C&#10;FWf6s6G2DSOYDEzGPhno9Q3EQY2ZR+d3wzeBllkyS+6pdx4hDYUoUlsQ/wAYseGmgU9HD3UbeiZy&#10;GxlNG5qkqH+a+jCq831Evf43bX8CAAD//wMAUEsDBBQABgAIAAAAIQBBTjHE3AAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9NT4QwEIbvJv6HZky8uUXYbDZI2RCiRxNciXrs0hFQOiW0LPjvnT3p&#10;8Z158n5kh9UO4oyT7x0puN9EIJAaZ3pqFdSvT3d7ED5oMnpwhAp+0MMhv77KdGrcQi94PoZWsAn5&#10;VCvoQhhTKX3TodV+40Yk/n26yerAcmqlmfTC5naQcRTtpNU9cUKnRyw7bL6Ps1VQDktc1V9j2T/W&#10;b/PHe1UVz2uh1O3NWjyACLiGPxgu9bk65Nzp5GYyXgyst9GWUQX7OAFxAThuB+LElyQBmWfy/4T8&#10;FwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL3WPII1AgAA4wQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEFOMcTcAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAjwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5500116,l,,,6096r5500116,l5500116,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="17E01C40" id="Graphic 74" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.2pt;margin-top:41.15pt;width:433.1pt;height:.5pt;z-index:-251674624;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5500370,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2cREdIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZaJNuMOMXQosOA&#10;oivQDD0rshwbk0WNUmLn70fJVmpspw7zQabMJ+rxkfTmZug0Oyl0LZiSLxc5Z8pIqFpzKPmP3f2H&#10;T5w5L0wlNBhV8rNy/Gb7/t2mt4W6ggZ0pZBREOOK3pa88d4WWeZkozrhFmCVIWcN2AlPWzxkFYqe&#10;onc6u8rzddYDVhZBKufo693o5NsYv66V9N/r2inPdMmJm48rxnUf1my7EcUBhW1aOdEQ/8CiE62h&#10;Sy+h7oQX7IjtX6G6ViI4qP1CQpdBXbdSxRwom2X+RzbPjbAq5kLiOHuRyf2/sPLx9GyfMFB39gHk&#10;T0eKZL11xcUTNm7CDDV2AUvE2RBVPF9UVINnkj6uVnl+/ZHEluRbX6+iyJko0ll5dP6rghhHnB6c&#10;H2tQJUs0yZKDSSZSJUMNdayh54xqiJxRDfdjDa3w4VwgF0zWz4g0E4/g7OCkdhBhPqQQ2C6Xa85S&#10;IsT0FaPNHEs5zVDJl942xhsx6/zzOvCiYMmd3iNsfu2bwEnNFE5qcGq8KeQdr7xoQdfP1Xag2+q+&#10;1Tqk7/Cwv9XITiKMRnwmxjNY7ISx+KEN9lCdn5D1NC8ld7+OAhVn+puhhgzDlQxMxj4Z6PUtxBGM&#10;yqPzu+FFoGWWzJJ76p1HSO0uitQWxD8ARmw4aeDL0UPdhp6J3EZG04ZmJOY/zXMYwvk+ol7/Otvf&#10;AAAA//8DAFBLAwQUAAYACAAAACEAQU4xxNwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU+E&#10;MBCG7yb+h2ZMvLlF2Gw2SNkQokcTXIl67NIRUDoltCz475096fGdefJ+ZIfVDuKMk+8dKbjfRCCQ&#10;Gmd6ahXUr093exA+aDJ6cIQKftDDIb++ynRq3EIveD6GVrAJ+VQr6EIYUyl906HVfuNGJP59usnq&#10;wHJqpZn0wuZ2kHEU7aTVPXFCp0csO2y+j7NVUA5LXNVfY9k/1m/zx3tVFc9rodTtzVo8gAi4hj8Y&#10;LvW5OuTc6eRmMl4MrLfRllEF+zgBcQE4bgfixJckAZln8v+E/BcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA2cREdIQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBBTjHE3AAAAAoBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5500116,l,,,6096r5500116,l5500116,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -7054,51 +7188,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="500CA08F" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -7152,51 +7286,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="0F786E9C" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -7250,70 +7384,70 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="1A38164A" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="74BBD086" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="53"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="643B94FF" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:ind w:left="566" w:hanging="423"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="2.3_SENSIBILISIERUNG_/_ANLEITUNG_PERSONA"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>SENSIBILISIERUNG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="28"/>
         </w:rPr>
@@ -7334,97 +7468,114 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>ANLEITUNG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="38"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>PERSONAL</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="5CCFDF44" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="65"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="2DB50B5F" w14:textId="7AE9FA45" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="158202EC" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251642880" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251642880" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A1403BC" wp14:editId="1CE03052">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>900683</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>159993</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5491480" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="75" name="Graphic 75"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5491480" cy="6350"/>
                         </a:xfrm>
@@ -7451,69 +7602,69 @@
                               <a:lnTo>
                                 <a:pt x="5490972" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="602A6EC8" id="Graphic 75" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:12.6pt;width:432.4pt;height:.5pt;z-index:-251673600;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKk/OvNgIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X+xkTdpYcaqpVatJ&#10;VVepmfZMMI7RMJcBiZ1/vws2qbc9bVoe8IV7uJxzP7K57VtFTsI6Cbqk81lOidAcKqkPJf26e/hw&#10;Q4nzTFdMgRYlPQtHb7fv3206U4gFNKAqYQkG0a7oTEkb702RZY43omVuBkZodNZgW+Zxaw9ZZVmH&#10;0VuVLfJ8lXVgK2OBC+fw9H5w0m2MX9eC+y917YQnqqTIzcfVxnUf1my7YcXBMtNIPtJg/8CiZVLj&#10;o5dQ98wzcrTyj1Ct5BYc1H7Goc2griUXUQOqmee/qXltmBFRCybHmUua3P8Ly59PL5bIqqTXS0o0&#10;a7FGj2M68ATT0xlXIOrVvNgg0Jkn4N8dOrJfPGHjRkxf2zZgUR7pY67Pl1yL3hOOh8ur9fzqBkvC&#10;0bf6uIylyFiR7vKj848CYhx2enJ+qFSVLNYki/c6mRbrHSqtYqU9JVhpSwlWej9U2jAf7gVywSTd&#10;hEgz8gjOFk5iBxHmgwRkm6+vF5QkIcj0DaP0FIuaJqjkS18T4w2YVb5eBV4YLLnTd4BNn/0rcMpm&#10;CscVODG8FHTHJy+5wOen2XagZPUglQrynT3s75QlJxYGKP5GxhNY7ISh+KEN9lCdsak6bKOSuh9H&#10;ZgUl6rPGtg0jmAybjH0yrFd3EAc1Zt46v+u/MWuIQbOkHnvnGdJQsCK1BfIPgAEbbmr4dPRQy9Az&#10;kdvAaNzgJEX949SHUZ3uI+rtv2n7EwAA//8DAFBLAwQUAAYACAAAACEAjrBuL9wAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiTiEZViFNViErcEA3i7MRLEtVeR7HbJH/P&#10;9gTH2R3NvCn3i7PiilMYPClINwkIpNabgToFX/XxaQciRE1GW0+oYMUA++r+rtSF8TN94vUUO8Eh&#10;FAqtoI9xLKQMbY9Oh40fkfj34yenI8upk2bSM4c7K7MkyaXTA3FDr0d87bE9ny5OQT2/bet1XO37&#10;NDS7xHZH+/2RKvX4sBxeQERc4p8ZbviMDhUzNf5CJgjL+jll9Kgg22Ygbgauy0E0fMkzkFUp/0+o&#10;fgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCKk/OvNgIAAOMEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCOsG4v3AAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5490972,l,,,6096r5490972,l5490972,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="76B66AC1" id="Graphic 75" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:12.6pt;width:432.4pt;height:.5pt;z-index:-251673600;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqzRbsIwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNmuMOMXQosOA&#10;oivQDDsrshwbk0WNUuLk70fJVmp0pw3zQabMJ+rxkfT69tRpdlToWjAln89yzpSRULVmX/Lv24cP&#10;N5w5L0wlNBhV8rNy/Hbz/t26t4VaQAO6UsgoiHFFb0veeG+LLHOyUZ1wM7DKkLMG7ISnLe6zCkVP&#10;0TudLfJ8mfWAlUWQyjn6ej84+SbGr2sl/be6dsozXXLi5uOKcd2FNdusRbFHYZtWjjTEP7DoRGvo&#10;0kuoe+EFO2D7R6iulQgOaj+T0GVQ161UMQfKZp6/yealEVbFXEgcZy8yuf8XVj4dX+wzBurOPoL8&#10;6UiRrLeuuHjCxo2YU41dwBJxdooqni8qqpNnkj5eX63mVzcktiTf8uN1FDkTRTorD85/URDjiOOj&#10;80MNqmSJJlnyZJKJVMlQQx1r6DmjGiJnVMPdUEMrfDgXyAWT9RMizcgjODs4qi1EmA8pENt89WnB&#10;WUqEmL5itJliKacJKvnS28Z4A2aZr5aBFwVL7vQeYNNr/wqc1EzhpAanhptC3vHKixZ0/VRtB7qt&#10;HlqtQ/oO97s7jewowmjEZ2Q8gcVOGIof2mAH1fkZWU/zUnL36yBQcaa/GmrIMFzJwGTskoFe30Ec&#10;wag8Or89/RBomSWz5J565wlSu4sitQXxD4ABG04a+HzwULehZyK3gdG4oRmJ+Y/zHIZwuo+o17/O&#10;5jcAAAD//wMAUEsDBBQABgAIAAAAIQCOsG4v3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqJOIRlWIU1WIStwQDeLsxEsS1V5Hsdskf8/2BMfZHc28KfeLs+KKUxg8KUg3&#10;CQik1puBOgVf9fFpByJETUZbT6hgxQD76v6u1IXxM33i9RQ7wSEUCq2gj3EspAxtj06HjR+R+Pfj&#10;J6cjy6mTZtIzhzsrsyTJpdMDcUOvR3ztsT2fLk5BPb9t63Vc7fs0NLvEdkf7/ZEq9fiwHF5ARFzi&#10;nxlu+IwOFTM1/kImCMv6OWX0qCDbZiBuBq7LQTR8yTOQVSn/T6h+AQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGrNFuwjAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAI6wbi/cAAAACgEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m5490972,l,,,6096r5490972,l5490972,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251643904" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251643904" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FAA7847" wp14:editId="29D5285E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>900683</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>341337</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5491480" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="76" name="Graphic 76"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5491480" cy="6350"/>
                         </a:xfrm>
@@ -7540,69 +7691,69 @@
                               <a:lnTo>
                                 <a:pt x="5490972" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="519F4291" id="Graphic 76" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:26.9pt;width:432.4pt;height:.5pt;z-index:-251672576;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCEF3CPNwIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+xkbZoacYqhRYsB&#10;RVegGXZWZDk2JosapcTpvx8lW6m3nTYsB5kSn6j3+JH1zanT7KjQtWBKPp/lnCkjoWrNvuRft/cf&#10;Vpw5L0wlNBhV8lfl+M3m/bt1bwu1gAZ0pZBREOOK3pa88d4WWeZkozrhZmCVIWcN2AlPW9xnFYqe&#10;onc6W+T5MusBK4sglXN0ejc4+SbGr2sl/Ze6dsozXXLi5uOKcd2FNdusRbFHYZtWjjTEP7DoRGvo&#10;0XOoO+EFO2D7R6iulQgOaj+T0GVQ161UUQOpmee/qXlphFVRCyXH2XOa3P8LK5+Oz8jaquRXS86M&#10;6KhGD2M66ITS01tXEOrFPmMQ6OwjyO+OHNkvnrBxI+ZUYxewJI+dYq5fz7lWJ88kHV5eXM8vVlQS&#10;Sb7lx8tYikwU6a48OP+gIMYRx0fnh0pVyRJNsuTJJBOp3qHSOlbac0aVRs6o0ruh0lb4cC+QCybr&#10;J0SakUdwdnBUW4gwHyQQ2/z6asFZEkJM3zDaTLGkaYJKvvS1Md6AWc7zVeBFwZI7fQfY9Nm/Aqds&#10;pnBSg1PDS0F3fPKcC3p+mm0Huq3uW62DfIf73a1GdhRhgOJvZDyBxU4Yih/aYAfVKzVVT21Ucvfj&#10;IFBxpj8batswgsnAZOySgV7fQhzUmHl0fnv6JtAyS2bJPfXOE6ShEEVqC+IfAAM23DTw6eChbkPP&#10;RG4Do3FDkxT1j1MfRnW6j6i3/6bNTwAAAP//AwBQSwMEFAAGAAgAAAAhAP/qe17cAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYWtimqjSdEGLSboh14pw2pq1InKrJ1vbf&#10;zzvByXr203ufi93srLjgGHpPCtJVAgKp8aanVsGp2j9lIELUZLT1hAoWDLAr7+8KnRs/0RdejrEV&#10;HEIh1wq6GIdcytB06HRY+QGJbz9+dDqyHFtpRj1xuLPyOUm20umeuKHTA7532Pwez05BNX1sqmVY&#10;7GHs6yyx7d5+f6ZKPT7Mb68gIs7xzww3fEaHkplqfyYThGW9Thk9Kti88LwZuG4LoubNOgNZFvL/&#10;C+UVAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhBdwjzcCAADjBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/+p7XtwAAAAKAQAADwAAAAAAAAAA&#10;AAAAAACRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;" path="m5490972,l,,,6108r5490972,l5490972,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="11F8E4F5" id="Graphic 76" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:26.9pt;width:432.4pt;height:.5pt;z-index:-251672576;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYRL1yIwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNkuNOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWp0pw3zQabMJ+rxkfT6dug0Oyp0LZiSz2c5Z8pIqFqzL/n37cOH&#10;FWfOC1MJDUaV/KQcv928f7fubaEW0ICuFDIKYlzR25I33tsiy5xsVCfcDKwy5KwBO+Fpi/usQtFT&#10;9E5nizxfZj1gZRGkco6+3o9Ovonx61pJ/62unfJMl5y4+bhiXHdhzTZrUexR2KaVZxriH1h0ojV0&#10;6SXUvfCCHbD9I1TXSgQHtZ9J6DKo61aqmANlM8/fZPPSCKtiLiSOsxeZ3P8LK5+OL/YZA3VnH0H+&#10;dKRI1ltXXDxh486YocYuYIk4G6KKp4uKavBM0sfrq5v51YrEluRbfryOImeiSGflwfkvCmIccXx0&#10;fqxBlSzRJEsOJplIlQw11LGGnjOqIXJGNdyNNbTCh3OBXDBZPyHSnHkEZwdHtYUI8yEFYpvffFpw&#10;lhIhpq8YbaZYymmCSr70tjHeiFnO81XgRcGSO71H2PTavwInNVM4qcGp8aaQd7zyogVdP1XbgW6r&#10;h1brkL7D/e5OIzuKMBrxOTOewGInjMUPbbCD6vSMrKd5Kbn7dRCoONNfDTVkGK5kYDJ2yUCv7yCO&#10;YFQend8OPwRaZsksuafeeYLU7qJIbUH8A2DEhpMGPh881G3omchtZHTe0IzE/M/zHIZwuo+o17/O&#10;5jcAAAD//wMAUEsDBBQABgAIAAAAIQD/6nte3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;T8MwDIXvSPyHyEjcWFrYpqo0nRBi0m6IdeKcNqatSJyqydb23887wcl69tN7n4vd7Ky44Bh6TwrS&#10;VQICqfGmp1bBqdo/ZSBC1GS09YQKFgywK+/vCp0bP9EXXo6xFRxCIdcKuhiHXMrQdOh0WPkBiW8/&#10;fnQ6shxbaUY9cbiz8jlJttLpnrih0wO+d9j8Hs9OQTV9bKplWOxh7Ossse3efn+mSj0+zG+vICLO&#10;8c8MN3xGh5KZan8mE4RlvU4ZPSrYvPC8GbhuC6LmzToDWRby/wvlFQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAJhEvXIjAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAP/qe17cAAAACgEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m5490972,l,,,6108r5490972,l5490972,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251644928" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251644928" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="717A5930" wp14:editId="7DBC8BBB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>891539</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>522705</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5500370" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="77" name="Graphic 77"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5500370" cy="6350"/>
                         </a:xfrm>
@@ -7629,51 +7780,51 @@
                               <a:lnTo>
                                 <a:pt x="5500116" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3B946ECB" id="Graphic 77" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.2pt;margin-top:41.15pt;width:433.1pt;height:.5pt;z-index:-251671552;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5500370,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBB2xQ8NQIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+y0SLIacYqhRYsB&#10;RVegGXZWZDk2JosapcTJvx8lW6m3nTYsB5kSn6j3+JH17anT7KjQtWBKPp/lnCkjoWrNvuRftw8f&#10;PnLmvDCV0GBUyc/K8dvN+3fr3hbqChrQlUJGQYwrelvyxntbZJmTjeqEm4FVhpw1YCc8bXGfVSh6&#10;it7p7CrPl1kPWFkEqZyj0/vByTcxfl0r6b/UtVOe6ZITNx9XjOsurNlmLYo9Ctu0cqQh/oFFJ1pD&#10;j15C3Qsv2AHbP0J1rURwUPuZhC6Dum6lihpIzTz/Tc1rI6yKWig5zl7S5P5fWPl8fEHWViVfrTgz&#10;oqMaPY7poBNKT29dQahX+4JBoLNPIL87cmS/eMLGjZhTjV3Akjx2irk+X3KtTp5JOlws8vx6RSWR&#10;5FteL2IpMlGku/Lg/KOCGEccn5wfKlUlSzTJkieTTKR6h0rrWGnPGVUaOaNK74ZKW+HDvUAumKyf&#10;EGlGHsHZwVFtIcJ8kBDYzudLzpIQYvqG0WaKJU0TVPKlr43xBswyv1kGXhQsudN3gE2f/StwymYK&#10;JzU4NbwUdMcnL7mg56fZdqDb6qHVOsh3uN/daWRHEQYo/kbGE1jshKH4oQ12UJ2pqXpqo5K7HweB&#10;ijP92VDbhhFMBiZjlwz0+g7ioMbMo/Pb0zeBllkyS+6pd54hDYUoUlsQ/wAYsOGmgU8HD3UbeiZy&#10;GxiNG5qkqH+c+jCq031Evf03bX4CAAD//wMAUEsDBBQABgAIAAAAIQBBTjHE3AAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9NT4QwEIbvJv6HZky8uUXYbDZI2RCiRxNciXrs0hFQOiW0LPjvnT3p&#10;8Z158n5kh9UO4oyT7x0puN9EIJAaZ3pqFdSvT3d7ED5oMnpwhAp+0MMhv77KdGrcQi94PoZWsAn5&#10;VCvoQhhTKX3TodV+40Yk/n26yerAcmqlmfTC5naQcRTtpNU9cUKnRyw7bL6Ps1VQDktc1V9j2T/W&#10;b/PHe1UVz2uh1O3NWjyACLiGPxgu9bk65Nzp5GYyXgyst9GWUQX7OAFxAThuB+LElyQBmWfy/4T8&#10;FwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEHbFDw1AgAA4wQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEFOMcTcAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAjwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5500116,l,,,6096r5500116,l5500116,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="4AF61B9B" id="Graphic 77" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.2pt;margin-top:41.15pt;width:433.1pt;height:.5pt;z-index:-251671552;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5500370,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2cREdIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZaJNuMOMXQosOA&#10;oivQDD0rshwbk0WNUmLn70fJVmpspw7zQabMJ+rxkfTmZug0Oyl0LZiSLxc5Z8pIqFpzKPmP3f2H&#10;T5w5L0wlNBhV8rNy/Gb7/t2mt4W6ggZ0pZBREOOK3pa88d4WWeZkozrhFmCVIWcN2AlPWzxkFYqe&#10;onc6u8rzddYDVhZBKufo693o5NsYv66V9N/r2inPdMmJm48rxnUf1my7EcUBhW1aOdEQ/8CiE62h&#10;Sy+h7oQX7IjtX6G6ViI4qP1CQpdBXbdSxRwom2X+RzbPjbAq5kLiOHuRyf2/sPLx9GyfMFB39gHk&#10;T0eKZL11xcUTNm7CDDV2AUvE2RBVPF9UVINnkj6uVnl+/ZHEluRbX6+iyJko0ll5dP6rghhHnB6c&#10;H2tQJUs0yZKDSSZSJUMNdayh54xqiJxRDfdjDa3w4VwgF0zWz4g0E4/g7OCkdhBhPqQQ2C6Xa85S&#10;IsT0FaPNHEs5zVDJl942xhsx6/zzOvCiYMmd3iNsfu2bwEnNFE5qcGq8KeQdr7xoQdfP1Xag2+q+&#10;1Tqk7/Cwv9XITiKMRnwmxjNY7ISx+KEN9lCdn5D1NC8ld7+OAhVn+puhhgzDlQxMxj4Z6PUtxBGM&#10;yqPzu+FFoGWWzJJ76p1HSO0uitQWxD8ARmw4aeDL0UPdhp6J3EZG04ZmJOY/zXMYwvk+ol7/Otvf&#10;AAAA//8DAFBLAwQUAAYACAAAACEAQU4xxNwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU+E&#10;MBCG7yb+h2ZMvLlF2Gw2SNkQokcTXIl67NIRUDoltCz475096fGdefJ+ZIfVDuKMk+8dKbjfRCCQ&#10;Gmd6ahXUr093exA+aDJ6cIQKftDDIb++ynRq3EIveD6GVrAJ+VQr6EIYUyl906HVfuNGJP59usnq&#10;wHJqpZn0wuZ2kHEU7aTVPXFCp0csO2y+j7NVUA5LXNVfY9k/1m/zx3tVFc9rodTtzVo8gAi4hj8Y&#10;LvW5OuTc6eRmMl4MrLfRllEF+zgBcQE4bgfixJckAZln8v+E/BcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA2cREdIQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBBTjHE3AAAAAoBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5500116,l,,,6096r5500116,l5500116,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -7726,51 +7877,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="37B6CF2F" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -7824,51 +7975,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="7B37016E" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -7922,70 +8073,70 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="083EE47B" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="6FCFFE8C" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="36"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="19654616" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:ind w:left="566" w:hanging="423"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="2.4_FACHBESUCHER_/_-BERATER,_VERLADE-_/_"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>FACHBESUCHER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="23"/>
         </w:rPr>
@@ -8034,97 +8185,114 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>IMPFPERSONAL</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="5D3E6BF8" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="63"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="3EC0E8DA" w14:textId="25E67CE5" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="09B1D248" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251645952" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251645952" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45498A88" wp14:editId="31545827">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>900683</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>159866</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5491480" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="78" name="Graphic 78"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5491480" cy="6350"/>
                         </a:xfrm>
@@ -8151,69 +8319,69 @@
                               <a:lnTo>
                                 <a:pt x="5490972" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7480136B" id="Graphic 78" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:12.6pt;width:432.4pt;height:.5pt;z-index:-251670528;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSVwjmNgIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNm2MOMXQosWA&#10;oivQDDsrshwbk0VNVOL070fJVuptpw3LQabEJ+qRj8z65tRpdlQOWzAln89yzpSRULVmX/Kv2/sP&#10;15yhF6YSGowq+atCfrN5/27d20ItoAFdKccoiMGityVvvLdFlqFsVCdwBlYZctbgOuFp6/ZZ5URP&#10;0TudLfJ8mfXgKutAKkQ6vRucfBPj17WS/ktdo/JMl5y4+bi6uO7Cmm3Wotg7YZtWjjTEP7DoRGvo&#10;0XOoO+EFO7j2j1BdKx0g1H4mocugrlupYg6UzTz/LZuXRlgVc6HioD2XCf9fWPl0fHasrUp+RUoZ&#10;0ZFGD2M56ITK01ssCPVin11IEO0jyO9IjuwXT9jgiDnVrgtYSo+dYq1fz7VWJ88kHV5erOYX1ySJ&#10;JN/y42WUIhNFuisP6B8UxDji+Ih+UKpKlmiSJU8mmY70DkrrqLTnjJR2nJHSu0FpK3y4F8gFk/UT&#10;Is3IIzg7OKotRJgPKRDbfHW14CwlQkzfMNpMsZTTBJV86WtjvAGzzFfLwIuCJXf6DrDps38FTtVM&#10;4aQGVMNLIe/45LkW9Py02gi6re5brUP66Pa7W+3YUYQBir+R8QQWO2EQP7TBDqpXaqqe2qjk+OMg&#10;nOJMfzbUtmEEk+GSsUuG8/oW4qDGyjv029M34SyzZJbcU+88QRoKUaS2IP4BMGDDTQOfDh7qNvRM&#10;5DYwGjc0STH/cerDqE73EfX237T5CQAA//8DAFBLAwQUAAYACAAAACEAjrBuL9wAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiTiEZViFNViErcEA3i7MRLEtVeR7HbJH/P&#10;9gTH2R3NvCn3i7PiilMYPClINwkIpNabgToFX/XxaQciRE1GW0+oYMUA++r+rtSF8TN94vUUO8Eh&#10;FAqtoI9xLKQMbY9Oh40fkfj34yenI8upk2bSM4c7K7MkyaXTA3FDr0d87bE9ny5OQT2/bet1XO37&#10;NDS7xHZH+/2RKvX4sBxeQERc4p8ZbviMDhUzNf5CJgjL+jll9Kgg22Ygbgauy0E0fMkzkFUp/0+o&#10;fgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDSVwjmNgIAAOMEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCOsG4v3AAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5490972,l,,,6096r5490972,l5490972,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="7635C282" id="Graphic 78" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:12.6pt;width:432.4pt;height:.5pt;z-index:-251670528;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqzRbsIwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNmuMOMXQosOA&#10;oivQDDsrshwbk0WNUuLk70fJVmp0pw3zQabMJ+rxkfT69tRpdlToWjAln89yzpSRULVmX/Lv24cP&#10;N5w5L0wlNBhV8rNy/Hbz/t26t4VaQAO6UsgoiHFFb0veeG+LLHOyUZ1wM7DKkLMG7ISnLe6zCkVP&#10;0TudLfJ8mfWAlUWQyjn6ej84+SbGr2sl/be6dsozXXLi5uOKcd2FNdusRbFHYZtWjjTEP7DoRGvo&#10;0kuoe+EFO2D7R6iulQgOaj+T0GVQ161UMQfKZp6/yealEVbFXEgcZy8yuf8XVj4dX+wzBurOPoL8&#10;6UiRrLeuuHjCxo2YU41dwBJxdooqni8qqpNnkj5eX63mVzcktiTf8uN1FDkTRTorD85/URDjiOOj&#10;80MNqmSJJlnyZJKJVMlQQx1r6DmjGiJnVMPdUEMrfDgXyAWT9RMizcgjODs4qi1EmA8pENt89WnB&#10;WUqEmL5itJliKacJKvnS28Z4A2aZr5aBFwVL7vQeYNNr/wqc1EzhpAanhptC3vHKixZ0/VRtB7qt&#10;HlqtQ/oO97s7jewowmjEZ2Q8gcVOGIof2mAH1fkZWU/zUnL36yBQcaa/GmrIMFzJwGTskoFe30Ec&#10;wag8Or89/RBomSWz5J565wlSu4sitQXxD4ABG04a+HzwULehZyK3gdG4oRmJ+Y/zHIZwuo+o17/O&#10;5jcAAAD//wMAUEsDBBQABgAIAAAAIQCOsG4v3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqJOIRlWIU1WIStwQDeLsxEsS1V5Hsdskf8/2BMfZHc28KfeLs+KKUxg8KUg3&#10;CQik1puBOgVf9fFpByJETUZbT6hgxQD76v6u1IXxM33i9RQ7wSEUCq2gj3EspAxtj06HjR+R+Pfj&#10;J6cjy6mTZtIzhzsrsyTJpdMDcUOvR3ztsT2fLk5BPb9t63Vc7fs0NLvEdkf7/ZEq9fiwHF5ARFzi&#10;nxlu+IwOFTM1/kImCMv6OWX0qCDbZiBuBq7LQTR8yTOQVSn/T6h+AQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGrNFuwjAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAI6wbi/cAAAACgEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m5490972,l,,,6096r5490972,l5490972,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251646976" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251646976" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BC6945B" wp14:editId="5C3625C6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>900683</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>341222</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5491480" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="79" name="Graphic 79"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5491480" cy="6350"/>
                         </a:xfrm>
@@ -8240,69 +8408,69 @@
                               <a:lnTo>
                                 <a:pt x="5490972" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5CF80B7E" id="Graphic 79" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:26.85pt;width:432.4pt;height:.5pt;z-index:-251669504;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5rsA6NwIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+xkbdoYcYqhRYsB&#10;RVegGXZWZDk2JouaqMTpvx8lW6m3nTYsB5kSn6j3+JH1zanT7KgctmBKPp/lnCkjoWrNvuRft/cf&#10;rjlDL0wlNBhV8leF/Gbz/t26t4VaQAO6Uo5REINFb0veeG+LLEPZqE7gDKwy5KzBdcLT1u2zyome&#10;onc6W+T5MuvBVdaBVIh0ejc4+SbGr2sl/Ze6RuWZLjlx83F1cd2FNdusRbF3wjatHGmIf2DRidbQ&#10;o+dQd8ILdnDtH6G6VjpAqP1MQpdBXbdSRQ2kZp7/pualEVZFLZQctOc04f8LK5+Oz461VcmvVpwZ&#10;0VGNHsZ00Amlp7dYEOrFPrsgEO0jyO9IjuwXT9jgiDnVrgtYksdOMdev51yrk2eSDi8vVvOLayqJ&#10;JN/y42UsRSaKdFce0D8oiHHE8RH9UKkqWaJJljyZZDqqd6i0jpX2nFGlHWdU6d1QaSt8uBfIBZP1&#10;EyLNyCM4OziqLUSYDxKIbb66WnCWhBDTN4w2UyxpmqCSL31tjDdglvlqGXhRsORO3wE2ffavwCmb&#10;KZzUgGp4KeiOT55zQc9Ps42g2+q+1TrIR7ff3WrHjiIMUPyNjCew2AlD8UMb7KB6pabqqY1Kjj8O&#10;winO9GdDbRtGMBkuGbtkOK9vIQ5qzLxDvz19E84yS2bJPfXOE6ShEEVqC+IfAAM23DTw6eChbkPP&#10;RG4Do3FDkxT1j1MfRnW6j6i3/6bNTwAAAP//AwBQSwMEFAAGAAgAAAAhAJC4cPXcAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoE+if0jgVQlTihmgqzk68JFHtdRS7TfL2&#10;bE9wnN3RzDf5fnJWXHEInScF6SIBgVR701Gj4FQenrYgQtRktPWECmYMsC/u73KdGT/SF16PsREc&#10;QiHTCtoY+0zKULfodFj4Hol/P35wOrIcGmkGPXK4s/I5SdbS6Y64odU9vrVYn48Xp6Ac31fl3M/2&#10;Y+iqbWKbg/3+TJV6fJhedyAiTvHPDDd8RoeCmSp/IROEZb1MGT0qWL1sQNwMXLcGUfFluQFZ5PL/&#10;hOIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAua7AOjcCAADjBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAkLhw9dwAAAAKAQAADwAAAAAAAAAA&#10;AAAAAACRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;" path="m5490972,l,,,6096r5490972,l5490972,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="4E665F6D" id="Graphic 79" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:26.85pt;width:432.4pt;height:.5pt;z-index:-251669504;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqzRbsIwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNmuMOMXQosOA&#10;oivQDDsrshwbk0WNUuLk70fJVmp0pw3zQabMJ+rxkfT69tRpdlToWjAln89yzpSRULVmX/Lv24cP&#10;N5w5L0wlNBhV8rNy/Hbz/t26t4VaQAO6UsgoiHFFb0veeG+LLHOyUZ1wM7DKkLMG7ISnLe6zCkVP&#10;0TudLfJ8mfWAlUWQyjn6ej84+SbGr2sl/be6dsozXXLi5uOKcd2FNdusRbFHYZtWjjTEP7DoRGvo&#10;0kuoe+EFO2D7R6iulQgOaj+T0GVQ161UMQfKZp6/yealEVbFXEgcZy8yuf8XVj4dX+wzBurOPoL8&#10;6UiRrLeuuHjCxo2YU41dwBJxdooqni8qqpNnkj5eX63mVzcktiTf8uN1FDkTRTorD85/URDjiOOj&#10;80MNqmSJJlnyZJKJVMlQQx1r6DmjGiJnVMPdUEMrfDgXyAWT9RMizcgjODs4qi1EmA8pENt89WnB&#10;WUqEmL5itJliKacJKvnS28Z4A2aZr5aBFwVL7vQeYNNr/wqc1EzhpAanhptC3vHKixZ0/VRtB7qt&#10;HlqtQ/oO97s7jewowmjEZ2Q8gcVOGIof2mAH1fkZWU/zUnL36yBQcaa/GmrIMFzJwGTskoFe30Ec&#10;wag8Or89/RBomSWz5J565wlSu4sitQXxD4ABG04a+HzwULehZyK3gdG4oRmJ+Y/zHIZwuo+o17/O&#10;5jcAAAD//wMAUEsDBBQABgAIAAAAIQCQuHD13AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUjcqBPon9I4FUJU4oZoKs5OvCRR7XUUu03y9mxPcJzd0cw3+X5yVlxxCJ0nBeki&#10;AYFUe9NRo+BUHp62IELUZLT1hApmDLAv7u9ynRk/0hdej7ERHEIh0wraGPtMylC36HRY+B6Jfz9+&#10;cDqyHBppBj1yuLPyOUnW0umOuKHVPb61WJ+PF6egHN9X5dzP9mPoqm1im4P9/kyVenyYXncgIk7x&#10;zww3fEaHgpkqfyEThGW9TBk9Kli9bEDcDFy3BlHxZbkBWeTy/4TiFwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGrNFuwjAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAJC4cPXcAAAACgEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m5490972,l,,,6096r5490972,l5490972,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251648000" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251648000" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2453F80B" wp14:editId="445F930A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>891539</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>524102</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5500370" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="80" name="Graphic 80"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5500370" cy="6350"/>
                         </a:xfrm>
@@ -8329,51 +8497,51 @@
                               <a:lnTo>
                                 <a:pt x="5500116" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="091C9274" id="Graphic 80" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.2pt;margin-top:41.25pt;width:433.1pt;height:.5pt;z-index:-251668480;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5500370,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMy7TVNAIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZaJGuNOMXQosWA&#10;oivQDDsrshwbk0WNUmL370fJVuptpw3LQabEJ/I9ksrmZug0Oyl0LZiSLxc5Z8pIqFpzKPnX3f2H&#10;K86cF6YSGowq+aty/Gb7/t2mt4W6gAZ0pZBREOOK3pa88d4WWeZkozrhFmCVIWcN2AlPWzxkFYqe&#10;onc6u8jzddYDVhZBKufo9G508m2MX9dK+i917ZRnuuTEzccV47oPa7bdiOKAwjatnGiIf2DRidZQ&#10;0nOoO+EFO2L7R6iulQgOar+Q0GVQ161UUQOpWea/qXlphFVRCxXH2XOZ3P8LK59Oz8jaquRXVB4j&#10;OurRw1QOOqHy9NYVhHqxzxgEOvsI8rsjR/aLJ2zchBlq7AKW5LEh1vr1XGs1eCbpcLXK88uPlFOS&#10;b325irkyUaS78uj8g4IYR5wenR87VSVLNMmSg0kmUr9Dp3XstOeMOo2cUaf3Y6et8OFeIBdM1s+I&#10;NBOP4OzgpHYQYT5ICGyXyzVnSQgxfcNoM8eSphkq+dLXxngjZp1frwIvCpbc6TvC5mn/CpyqmcJJ&#10;DU6NmYLumPJcC0o/r7YD3Vb3rdZBvsPD/lYjO4nwgOJvYjyDxUkYmx/GYA/VKw1VT2NUcvfjKFBx&#10;pj8bGlvS7ZOBydgnA72+hfhQY+XR+d3wTaBllsySe5qdJ0iPQhRpLIh/AIzYcNPAp6OHug0zE7mN&#10;jKYNvaSof3r14anO9xH19t+0/QkAAP//AwBQSwMEFAAGAAgAAAAhAJI7L+3dAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj01Pg0AQhu8m/ofNmHizi9g2DbI0hOjRBCtRj1t2BJSdJexS8N87Pdnj&#10;O/Pk/Uj3i+3FCUffOVJwv4pAINXOdNQoqN6e73YgfNBkdO8IFfyih312fZXqxLiZXvF0CI1gE/KJ&#10;VtCGMCRS+rpFq/3KDUj8+3Kj1YHl2Egz6pnNbS/jKNpKqzvihFYPWLRY/xwmq6Do57isvoeie6re&#10;p8+Pssxfllyp25slfwQRcAn/MJzrc3XIuNPRTWS86FmvozWjCnbxBsQZ4LgtiCNfHjYgs1ReTsj+&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMzLtNU0AgAA4wQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJI7L+3dAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5500116,l,,,6095r5500116,l5500116,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="1872138B" id="Graphic 80" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.2pt;margin-top:41.25pt;width:433.1pt;height:.5pt;z-index:-251668480;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5500370,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4QaiEIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZaJNuMOMXQosOA&#10;oivQDD0rshwbk0VNVGLn70fJVmpspw7zQabMJ+rxkfTmZug0OymHLZiSLxc5Z8pIqFpzKPmP3f2H&#10;T5yhF6YSGowq+Vkhv9m+f7fpbaGuoAFdKccoiMGityVvvLdFlqFsVCdwAVYZctbgOuFp6w5Z5URP&#10;0TudXeX5OuvBVdaBVIj09W508m2MX9dK+u91jcozXXLi5uPq4roPa7bdiOLghG1aOdEQ/8CiE62h&#10;Sy+h7oQX7Ojav0J1rXSAUPuFhC6Dum6lijlQNsv8j2yeG2FVzIXEQXuRCf9fWPl4erZPLlBH+wDy&#10;J5IiWW+xuHjCBifMULsuYIk4G6KK54uKavBM0sfVKs+vP5LYknzr61UUORNFOiuP6L8qiHHE6QH9&#10;WIMqWaJJlhxMMh1VMtRQxxp6zqiGjjOq4X6soRU+nAvkgsn6GZFm4hGcHZzUDiLMhxQC2+VyzVlK&#10;hJi+YrSZYymnGSr50tvGeCNmnX9eBV4ULLnTe4TNr30TOKmZwkkNqMabQt7xyosWdP1cbQTdVvet&#10;1iF9dIf9rXbsJMJoxGdiPIPFThiLH9pgD9X5ybGe5qXk+OsonOJMfzPUkGG4kuGSsU+G8/oW4ghG&#10;5R363fAinGWWzJJ76p1HSO0uitQWxD8ARmw4aeDL0UPdhp6J3EZG04ZmJOY/zXMYwvk+ol7/Otvf&#10;AAAA//8DAFBLAwQUAAYACAAAACEAkjsv7d0AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU+D&#10;QBCG7yb+h82YeLOL2DYNsjSE6NEEK1GPW3YElJ0l7FLw3zs92eM78+T9SPeL7cUJR985UnC/ikAg&#10;1c501Cio3p7vdiB80GR07wgV/KKHfXZ9lerEuJle8XQIjWAT8olW0IYwJFL6ukWr/coNSPz7cqPV&#10;geXYSDPqmc1tL+Mo2kqrO+KEVg9YtFj/HCaroOjnuKy+h6J7qt6nz4+yzF+WXKnbmyV/BBFwCf8w&#10;nOtzdci409FNZLzoWa+jNaMKdvEGxBnguC2II18eNiCzVF5OyP4AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAeEGohCECAAC9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAkjsv7d0AAAAKAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" path="m5500116,l,,,6095r5500116,l5500116,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -8426,51 +8594,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="05DCDAE4" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -8524,51 +8692,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="04C6224A" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="22"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -8622,138 +8790,155 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="401E32F8" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="619635E0" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="19"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="5A9DADC9" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:ind w:left="566" w:hanging="423"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="2.5_TIERÄRZTE"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>TIERÄRZTE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="6E20E8EF" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="63"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="7F950EC2" w14:textId="7B276C7B" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="14642516" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251649024" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251649024" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2198C6B1" wp14:editId="7D0B48E4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>900683</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>159981</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5491480" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="81" name="Graphic 81"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5491480" cy="6350"/>
                         </a:xfrm>
@@ -8780,69 +8965,69 @@
                               <a:lnTo>
                                 <a:pt x="5490972" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="34F2946B" id="Graphic 81" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:12.6pt;width:432.4pt;height:.5pt;z-index:-251667456;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHN2n/NwIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+xkbZYacYqhRYsB&#10;RVegGXZWZDk2JouaqMTpvx8lW6m7nTYsB5kSn6j3+JH19anT7KgctmBKPp/lnCkjoWrNvuTftncf&#10;VpyhF6YSGowq+YtCfr15/27d20ItoAFdKccoiMGityVvvLdFlqFsVCdwBlYZctbgOuFp6/ZZ5URP&#10;0TudLfJ8mfXgKutAKkQ6vR2cfBPj17WS/mtdo/JMl5y4+bi6uO7Cmm3Wotg7YZtWjjTEP7DoRGvo&#10;0XOoW+EFO7j2j1BdKx0g1H4mocugrlupogZSM89/U/PcCKuiFkoO2nOa8P+FlY/HJ8faquSrOWdG&#10;dFSj+zEddELp6S0WhHq2Ty4IRPsA8geSI3vjCRscMafadQFL8tgp5vrlnGt18kzS4eXF1fxiRSWR&#10;5Ft+vIylyESR7soD+nsFMY44PqAfKlUlSzTJkieTTEf1DpXWsdKeM6q044wqvRsqbYUP9wK5YLJ+&#10;QqQZeQRnB0e1hQjzQQKxza8+LThLQojpK0abKZY0TVDJl742xhswy3m+CrwoWHKn7wCbPvtX4JTN&#10;FE5qQDW8FHTHJ8+5oOen2UbQbXXXah3ko9vvbrRjRxEGKP5GxhNY7ISh+KENdlC9UFP11EYlx58H&#10;4RRn+ouhtg0jmAyXjF0ynNc3EAc1Zt6h356+C2eZJbPknnrnEdJQiCK1BfEPgAEbbhr4fPBQt6Fn&#10;IreB0bihSYr6x6kPozrdR9Trf9PmFwAAAP//AwBQSwMEFAAGAAgAAAAhAI6wbi/cAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok4hGVYhTVYhK3BAN4uzESxLVXkex2yR/&#10;z/YEx9kdzbwp94uz4opTGDwpSDcJCKTWm4E6BV/18WkHIkRNRltPqGDFAPvq/q7UhfEzfeL1FDvB&#10;IRQKraCPcSykDG2PToeNH5H49+MnpyPLqZNm0jOHOyuzJMml0wNxQ69HfO2xPZ8uTkE9v23rdVzt&#10;+zQ0u8R2R/v9kSr1+LAcXkBEXOKfGW74jA4VMzX+QiYIy/o5ZfSoINtmIG4GrstBNHzJM5BVKf9P&#10;qH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEARzdp/zcCAADjBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAjrBuL9wAAAAKAQAADwAAAAAAAAAA&#10;AAAAAACRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;" path="m5490972,l,,,6108r5490972,l5490972,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="3162B9E5" id="Graphic 81" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:12.6pt;width:432.4pt;height:.5pt;z-index:-251667456;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYRL1yIwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNkuNOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWp0pw3zQabMJ+rxkfT6dug0Oyp0LZiSz2c5Z8pIqFqzL/n37cOH&#10;FWfOC1MJDUaV/KQcv928f7fubaEW0ICuFDIKYlzR25I33tsiy5xsVCfcDKwy5KwBO+Fpi/usQtFT&#10;9E5nizxfZj1gZRGkco6+3o9Ovonx61pJ/62unfJMl5y4+bhiXHdhzTZrUexR2KaVZxriH1h0ojV0&#10;6SXUvfCCHbD9I1TXSgQHtZ9J6DKo61aqmANlM8/fZPPSCKtiLiSOsxeZ3P8LK5+OL/YZA3VnH0H+&#10;dKRI1ltXXDxh486YocYuYIk4G6KKp4uKavBM0sfrq5v51YrEluRbfryOImeiSGflwfkvCmIccXx0&#10;fqxBlSzRJEsOJplIlQw11LGGnjOqIXJGNdyNNbTCh3OBXDBZPyHSnHkEZwdHtYUI8yEFYpvffFpw&#10;lhIhpq8YbaZYymmCSr70tjHeiFnO81XgRcGSO71H2PTavwInNVM4qcGp8aaQd7zyogVdP1XbgW6r&#10;h1brkL7D/e5OIzuKMBrxOTOewGInjMUPbbCD6vSMrKd5Kbn7dRCoONNfDTVkGK5kYDJ2yUCv7yCO&#10;YFQend8OPwRaZsksuafeeYLU7qJIbUH8A2DEhpMGPh881G3omchtZHTe0IzE/M/zHIZwuo+o17/O&#10;5jcAAAD//wMAUEsDBBQABgAIAAAAIQCOsG4v3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqJOIRlWIU1WIStwQDeLsxEsS1V5Hsdskf8/2BMfZHc28KfeLs+KKUxg8KUg3&#10;CQik1puBOgVf9fFpByJETUZbT6hgxQD76v6u1IXxM33i9RQ7wSEUCq2gj3EspAxtj06HjR+R+Pfj&#10;J6cjy6mTZtIzhzsrsyTJpdMDcUOvR3ztsT2fLk5BPb9t63Vc7fs0NLvEdkf7/ZEq9fiwHF5ARFzi&#10;nxlu+IwOFTM1/kImCMv6OWX0qCDbZiBuBq7LQTR8yTOQVSn/T6h+AQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAJhEvXIjAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAI6wbi/cAAAACgEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m5490972,l,,,6108r5490972,l5490972,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251650048" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251650048" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34F855CE" wp14:editId="360086CB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>900683</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>341349</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5491480" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="82" name="Graphic 82"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5491480" cy="6350"/>
                         </a:xfrm>
@@ -8869,69 +9054,69 @@
                               <a:lnTo>
                                 <a:pt x="5490972" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="277A673E" id="Graphic 82" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:26.9pt;width:432.4pt;height:.5pt;z-index:-251666432;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJs+rfNgIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X+xkbZZYcaqpVatJ&#10;VVepmfZMMI7RMJcBiZ1/vws2qbs9bVoe8IV7uJxzP7K56VtFTsI6Cbqk81lOidAcKqkPJf22u/+w&#10;osR5piumQIuSnoWjN9v37zadKcQCGlCVsASDaFd0pqSN96bIMscb0TI3AyM0OmuwLfO4tYessqzD&#10;6K3KFnm+zDqwlbHAhXN4ejc46TbGr2vB/de6dsITVVLk5uNq47oPa7bdsOJgmWkkH2mwf2DRMqnx&#10;0UuoO+YZOVr5R6hWcgsOaj/j0GZQ15KLqAHVzPPf1Lw0zIioBZPjzCVN7v+F5U+nZ0tkVdLVghLN&#10;WqzRw5gOPMH0dMYViHoxzzYIdOYR+A+HjuyNJ2zciOlr2wYsyiN9zPX5kmvRe8Lx8PpqPb9aYUk4&#10;+pYfr2MpMlaku/zo/IOAGIedHp0fKlUlizXJ4r1OpsV6h0qrWGlPCVbaUoKV3g+VNsyHe4FcMEk3&#10;IdKMPIKzhZPYQYT5IAHZ5utPmKEkBJm+YpSeYlHTBJV86WtivAGzzNfLwAuDJXf6DrDps38FTtlM&#10;4bgCJ4aXgu745CUX+Pw02w6UrO6lUkG+s4f9rbLkxMIAxd/IeAKLnTAUP7TBHqozNlWHbVRS9/PI&#10;rKBEfdHYtmEEk2GTsU+G9eoW4qDGzFvnd/13Zg0xaJbUY+88QRoKVqS2QP4BMGDDTQ2fjx5qGXom&#10;chsYjRucpKh/nPowqtN9RL3+N21/AQAA//8DAFBLAwQUAAYACAAAACEA/+p7XtwAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3Fha2KaqNJ0QYtJuiHXinDamrUicqsnW9t/P&#10;O8HJevbTe5+L3eysuOAYek8K0lUCAqnxpqdWwanaP2UgQtRktPWEChYMsCvv7wqdGz/RF16OsRUc&#10;QiHXCroYh1zK0HTodFj5AYlvP350OrIcW2lGPXG4s/I5SbbS6Z64odMDvnfY/B7PTkE1fWyqZVjs&#10;YezrLLHt3n5/pko9PsxvryAizvHPDDd8RoeSmWp/JhOEZb1OGT0q2LzwvBm4bgui5s06A1kW8v8L&#10;5RUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBJs+rfNgIAAOMEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD/6nte3AAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5490972,l,,,6096r5490972,l5490972,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="33070FF1" id="Graphic 82" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:26.9pt;width:432.4pt;height:.5pt;z-index:-251666432;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqzRbsIwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNmuMOMXQosOA&#10;oivQDDsrshwbk0WNUuLk70fJVmp0pw3zQabMJ+rxkfT69tRpdlToWjAln89yzpSRULVmX/Lv24cP&#10;N5w5L0wlNBhV8rNy/Hbz/t26t4VaQAO6UsgoiHFFb0veeG+LLHOyUZ1wM7DKkLMG7ISnLe6zCkVP&#10;0TudLfJ8mfWAlUWQyjn6ej84+SbGr2sl/be6dsozXXLi5uOKcd2FNdusRbFHYZtWjjTEP7DoRGvo&#10;0kuoe+EFO2D7R6iulQgOaj+T0GVQ161UMQfKZp6/yealEVbFXEgcZy8yuf8XVj4dX+wzBurOPoL8&#10;6UiRrLeuuHjCxo2YU41dwBJxdooqni8qqpNnkj5eX63mVzcktiTf8uN1FDkTRTorD85/URDjiOOj&#10;80MNqmSJJlnyZJKJVMlQQx1r6DmjGiJnVMPdUEMrfDgXyAWT9RMizcgjODs4qi1EmA8pENt89WnB&#10;WUqEmL5itJliKacJKvnS28Z4A2aZr5aBFwVL7vQeYNNr/wqc1EzhpAanhptC3vHKixZ0/VRtB7qt&#10;HlqtQ/oO97s7jewowmjEZ2Q8gcVOGIof2mAH1fkZWU/zUnL36yBQcaa/GmrIMFzJwGTskoFe30Ec&#10;wag8Or89/RBomSWz5J565wlSu4sitQXxD4ABG04a+HzwULehZyK3gdG4oRmJ+Y/zHIZwuo+o17/O&#10;5jcAAAD//wMAUEsDBBQABgAIAAAAIQD/6nte3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;T8MwDIXvSPyHyEjcWFrYpqo0nRBi0m6IdeKcNqatSJyqydb23887wcl69tN7n4vd7Ky44Bh6TwrS&#10;VQICqfGmp1bBqdo/ZSBC1GS09YQKFgywK+/vCp0bP9EXXo6xFRxCIdcKuhiHXMrQdOh0WPkBiW8/&#10;fnQ6shxbaUY9cbiz8jlJttLpnrih0wO+d9j8Hs9OQTV9bKplWOxh7Ossse3efn+mSj0+zG+vICLO&#10;8c8MN3xGh5KZan8mE4RlvU4ZPSrYvPC8GbhuC6LmzToDWRby/wvlFQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGrNFuwjAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAP/qe17cAAAACgEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m5490972,l,,,6096r5490972,l5490972,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251651072" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251651072" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D3FF41C" wp14:editId="2984B243">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>891539</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>522705</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5500370" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="83" name="Graphic 83"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5500370" cy="6350"/>
                         </a:xfrm>
@@ -8958,51 +9143,51 @@
                               <a:lnTo>
                                 <a:pt x="5500116" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1A3A8BD1" id="Graphic 83" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.2pt;margin-top:41.15pt;width:433.1pt;height:.5pt;z-index:-251665408;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5500370,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+9iXyNQIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+w0SNYacYqhRYsB&#10;RVegGXZWZDk2JosapcTJvx8lW6m3nTYsB5kSn6j3+JH17anT7KjQtWBKPp/lnCkjoWrNvuRftw8f&#10;rjlzXphKaDCq5Gfl+O3m/bt1bwt1BQ3oSiGjIMYVvS15470tsszJRnXCzcAqQ84asBOetrjPKhQ9&#10;Re90dpXnq6wHrCyCVM7R6f3g5JsYv66V9F/q2inPdMmJm48rxnUX1myzFsUehW1aOdIQ/8CiE62h&#10;Ry+h7oUX7IDtH6G6ViI4qP1MQpdBXbdSRQ2kZp7/pua1EVZFLZQcZy9pcv8vrHw+viBrq5JfLzgz&#10;oqMaPY7poBNKT29dQahX+4JBoLNPIL87cmS/eMLGjZhTjV3Akjx2irk+X3KtTp5JOlwu83zxkUoi&#10;ybdaLGMpMlGku/Lg/KOCGEccn5wfKlUlSzTJkieTTKR6h0rrWGnPGVUaOaNK74ZKW+HDvUAumKyf&#10;EGlGHsHZwVFtIcJ8kBDYzucrzpIQYvqG0WaKJU0TVPKlr43xBswqv1kFXhQsudN3gE2f/StwymYK&#10;JzU4NbwUdMcnL7mg56fZdqDb6qHVOsh3uN/daWRHEQYo/kbGE1jshKH4oQ12UJ2pqXpqo5K7HweB&#10;ijP92VDbhhFMBiZjlwz0+g7ioMbMo/Pb0zeBllkyS+6pd54hDYUoUlsQ/wAYsOGmgU8HD3UbeiZy&#10;GxiNG5qkqH+c+jCq031Evf03bX4CAAD//wMAUEsDBBQABgAIAAAAIQBBTjHE3AAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9NT4QwEIbvJv6HZky8uUXYbDZI2RCiRxNciXrs0hFQOiW0LPjvnT3p&#10;8Z158n5kh9UO4oyT7x0puN9EIJAaZ3pqFdSvT3d7ED5oMnpwhAp+0MMhv77KdGrcQi94PoZWsAn5&#10;VCvoQhhTKX3TodV+40Yk/n26yerAcmqlmfTC5naQcRTtpNU9cUKnRyw7bL6Ps1VQDktc1V9j2T/W&#10;b/PHe1UVz2uh1O3NWjyACLiGPxgu9bk65Nzp5GYyXgyst9GWUQX7OAFxAThuB+LElyQBmWfy/4T8&#10;FwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH72JfI1AgAA4wQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEFOMcTcAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAjwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5500116,l,,,6096r5500116,l5500116,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="335BCEAE" id="Graphic 83" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.2pt;margin-top:41.15pt;width:433.1pt;height:.5pt;z-index:-251665408;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5500370,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2cREdIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZaJNuMOMXQosOA&#10;oivQDD0rshwbk0WNUmLn70fJVmpspw7zQabMJ+rxkfTmZug0Oyl0LZiSLxc5Z8pIqFpzKPmP3f2H&#10;T5w5L0wlNBhV8rNy/Gb7/t2mt4W6ggZ0pZBREOOK3pa88d4WWeZkozrhFmCVIWcN2AlPWzxkFYqe&#10;onc6u8rzddYDVhZBKufo693o5NsYv66V9N/r2inPdMmJm48rxnUf1my7EcUBhW1aOdEQ/8CiE62h&#10;Sy+h7oQX7IjtX6G6ViI4qP1CQpdBXbdSxRwom2X+RzbPjbAq5kLiOHuRyf2/sPLx9GyfMFB39gHk&#10;T0eKZL11xcUTNm7CDDV2AUvE2RBVPF9UVINnkj6uVnl+/ZHEluRbX6+iyJko0ll5dP6rghhHnB6c&#10;H2tQJUs0yZKDSSZSJUMNdayh54xqiJxRDfdjDa3w4VwgF0zWz4g0E4/g7OCkdhBhPqQQ2C6Xa85S&#10;IsT0FaPNHEs5zVDJl942xhsx6/zzOvCiYMmd3iNsfu2bwEnNFE5qcGq8KeQdr7xoQdfP1Xag2+q+&#10;1Tqk7/Cwv9XITiKMRnwmxjNY7ISx+KEN9lCdn5D1NC8ld7+OAhVn+puhhgzDlQxMxj4Z6PUtxBGM&#10;yqPzu+FFoGWWzJJ76p1HSO0uitQWxD8ARmw4aeDL0UPdhp6J3EZG04ZmJOY/zXMYwvk+ol7/Otvf&#10;AAAA//8DAFBLAwQUAAYACAAAACEAQU4xxNwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU+E&#10;MBCG7yb+h2ZMvLlF2Gw2SNkQokcTXIl67NIRUDoltCz475096fGdefJ+ZIfVDuKMk+8dKbjfRCCQ&#10;Gmd6ahXUr093exA+aDJ6cIQKftDDIb++ynRq3EIveD6GVrAJ+VQr6EIYUyl906HVfuNGJP59usnq&#10;wHJqpZn0wuZ2kHEU7aTVPXFCp0csO2y+j7NVUA5LXNVfY9k/1m/zx3tVFc9rodTtzVo8gAi4hj8Y&#10;LvW5OuTc6eRmMl4MrLfRllEF+zgBcQE4bgfixJckAZln8v+E/BcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA2cREdIQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBBTjHE3AAAAAoBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5500116,l,,,6096r5500116,l5500116,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -9055,51 +9240,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="60EF732A" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -9153,51 +9338,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="5D21F89C" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -9251,158 +9436,175 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="7B4B5727" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="234"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="145B753F" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:ind w:left="566" w:hanging="423"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="2.6_JAGDLICH_AKTIVE_TIERHALTER"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>JAGDLICH</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>AKTIVE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>TIERHALTER</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="13ADB1F4" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="62"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="09909CBC" w14:textId="5AAFB258" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRPr="00054A3B" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="0BD98987" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRPr="00054A3B" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251652096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251652096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62B770E1" wp14:editId="32725EF3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>900683</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>160201</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5491480" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="84" name="Graphic 84"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5491480" cy="6350"/>
                         </a:xfrm>
@@ -9429,69 +9631,69 @@
                               <a:lnTo>
                                 <a:pt x="5490972" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="550D6619" id="Graphic 84" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:12.6pt;width:432.4pt;height:.5pt;z-index:-251664384;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDwrst4NgIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X+xkaZZYcaqpVatJ&#10;VVepmfZMMI7RMJcBid1/vws2qbs9bVoe8IV7uJxzP7K97ltFzsI6Cbqk81lOidAcKqmPJf22v/uw&#10;psR5piumQIuSvghHr3fv3207U4gFNKAqYQkG0a7oTEkb702RZY43omVuBkZodNZgW+Zxa49ZZVmH&#10;0VuVLfJ8lXVgK2OBC+fw9HZw0l2MX9eC+6917YQnqqTIzcfVxvUQ1my3ZcXRMtNIPtJg/8CiZVLj&#10;o5dQt8wzcrLyj1Ct5BYc1H7Goc2griUXUQOqmee/qXlumBFRCybHmUua3P8Lyx/PT5bIqqTrJSWa&#10;tVij+zEdeILp6YwrEPVsnmwQ6MwD8B8OHdkbT9i4EdPXtg1YlEf6mOuXS65F7wnHw6vlZr5cY0k4&#10;+lYfr2IpMlaku/zk/L2AGIedH5wfKlUlizXJ4r1OpsV6h0qrWGlPCVbaUoKVPgyVNsyHe4FcMEk3&#10;IdKMPIKzhbPYQ4T5IAHZ5ptPC0qSEGT6ilF6ikVNE1Typa+J8QbMKt+sAi8MltzpO8Cmz/4VOGUz&#10;heMKnBheCrrjk5dc4PPTbDtQsrqTSgX5zh4PN8qSMwsDFH8j4wksdsJQ/NAGB6hesKk6bKOSup8n&#10;ZgUl6ovGtg0jmAybjEMyrFc3EAc1Zt46v++/M2uIQbOkHnvnEdJQsCK1BfIPgAEbbmr4fPJQy9Az&#10;kdvAaNzgJEX949SHUZ3uI+r1v2n3CwAA//8DAFBLAwQUAAYACAAAACEAjrBuL9wAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiTiEZViFNViErcEA3i7MRLEtVeR7HbJH/P&#10;9gTH2R3NvCn3i7PiilMYPClINwkIpNabgToFX/XxaQciRE1GW0+oYMUA++r+rtSF8TN94vUUO8Eh&#10;FAqtoI9xLKQMbY9Oh40fkfj34yenI8upk2bSM4c7K7MkyaXTA3FDr0d87bE9ny5OQT2/bet1XO37&#10;NDS7xHZH+/2RKvX4sBxeQERc4p8ZbviMDhUzNf5CJgjL+jll9Kgg22Ygbgauy0E0fMkzkFUp/0+o&#10;fgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDwrst4NgIAAOMEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCOsG4v3AAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5490972,l,,,6096r5490972,l5490972,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="32220DBB" id="Graphic 84" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:12.6pt;width:432.4pt;height:.5pt;z-index:-251664384;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqzRbsIwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNmuMOMXQosOA&#10;oivQDDsrshwbk0WNUuLk70fJVmp0pw3zQabMJ+rxkfT69tRpdlToWjAln89yzpSRULVmX/Lv24cP&#10;N5w5L0wlNBhV8rNy/Hbz/t26t4VaQAO6UsgoiHFFb0veeG+LLHOyUZ1wM7DKkLMG7ISnLe6zCkVP&#10;0TudLfJ8mfWAlUWQyjn6ej84+SbGr2sl/be6dsozXXLi5uOKcd2FNdusRbFHYZtWjjTEP7DoRGvo&#10;0kuoe+EFO2D7R6iulQgOaj+T0GVQ161UMQfKZp6/yealEVbFXEgcZy8yuf8XVj4dX+wzBurOPoL8&#10;6UiRrLeuuHjCxo2YU41dwBJxdooqni8qqpNnkj5eX63mVzcktiTf8uN1FDkTRTorD85/URDjiOOj&#10;80MNqmSJJlnyZJKJVMlQQx1r6DmjGiJnVMPdUEMrfDgXyAWT9RMizcgjODs4qi1EmA8pENt89WnB&#10;WUqEmL5itJliKacJKvnS28Z4A2aZr5aBFwVL7vQeYNNr/wqc1EzhpAanhptC3vHKixZ0/VRtB7qt&#10;HlqtQ/oO97s7jewowmjEZ2Q8gcVOGIof2mAH1fkZWU/zUnL36yBQcaa/GmrIMFzJwGTskoFe30Ec&#10;wag8Or89/RBomSWz5J565wlSu4sitQXxD4ABG04a+HzwULehZyK3gdG4oRmJ+Y/zHIZwuo+o17/O&#10;5jcAAAD//wMAUEsDBBQABgAIAAAAIQCOsG4v3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqJOIRlWIU1WIStwQDeLsxEsS1V5Hsdskf8/2BMfZHc28KfeLs+KKUxg8KUg3&#10;CQik1puBOgVf9fFpByJETUZbT6hgxQD76v6u1IXxM33i9RQ7wSEUCq2gj3EspAxtj06HjR+R+Pfj&#10;J6cjy6mTZtIzhzsrsyTJpdMDcUOvR3ztsT2fLk5BPb9t63Vc7fs0NLvEdkf7/ZEq9fiwHF5ARFzi&#10;nxlu+IwOFTM1/kImCMv6OWX0qCDbZiBuBq7LQTR8yTOQVSn/T6h+AQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGrNFuwjAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAI6wbi/cAAAACgEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m5490972,l,,,6096r5490972,l5490972,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251653120" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251653120" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68B169BD" wp14:editId="79327337">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>900683</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>341544</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5491480" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="85" name="Graphic 85"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5491480" cy="6350"/>
                         </a:xfrm>
@@ -9518,69 +9720,69 @@
                               <a:lnTo>
                                 <a:pt x="5490972" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6ECE1F0E" id="Graphic 85" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:26.9pt;width:432.4pt;height:.5pt;z-index:-251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBp3qg6NgIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X+xkTZZacaqpVatJ&#10;VVepmfZMMI7RMJcBiZ1/vws2qbs9bVoe8IV7uJxzP7K56VtFTsI6Cbqk81lOidAcKqkPJf22u/+w&#10;psR5piumQIuSnoWjN9v37zadKcQCGlCVsASDaFd0pqSN96bIMscb0TI3AyM0OmuwLfO4tYessqzD&#10;6K3KFnm+yjqwlbHAhXN4ejc46TbGr2vB/de6dsITVVLk5uNq47oPa7bdsOJgmWkkH2mwf2DRMqnx&#10;0UuoO+YZOVr5R6hWcgsOaj/j0GZQ15KLqAHVzPPf1Lw0zIioBZPjzCVN7v+F5U+nZ0tkVdL1khLN&#10;WqzRw5gOPMH0dMYViHoxzzYIdOYR+A+HjuyNJ2zciOlr2wYsyiN9zPX5kmvRe8LxcHl1Pb9aY0k4&#10;+lYfl7EUGSvSXX50/kFAjMNOj84PlaqSxZpk8V4n02K9Q6VVrLSnBCttKcFK74dKG+bDvUAumKSb&#10;EGlGHsHZwknsIMJ8kIBs8+tPC0qSEGT6ilF6ikVNE1Typa+J8QbMap6vAy8MltzpO8Cmz/4VOGUz&#10;heMKnBheCrrjk5dc4PPTbDtQsrqXSgX5zh72t8qSEwsDFH8j4wksdsJQ/NAGe6jO2FQdtlFJ3c8j&#10;s4IS9UVj24YRTIZNxj4Z1qtbiIMaM2+d3/XfmTXEoFlSj73zBGkoWJHaAvkHwIANNzV8PnqoZeiZ&#10;yG1gNG5wkqL+cerDqE73EfX637T9BQAA//8DAFBLAwQUAAYACAAAACEA/+p7XtwAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3Fha2KaqNJ0QYtJuiHXinDamrUicqsnW9t/P&#10;O8HJevbTe5+L3eysuOAYek8K0lUCAqnxpqdWwanaP2UgQtRktPWEChYMsCvv7wqdGz/RF16OsRUc&#10;QiHXCroYh1zK0HTodFj5AYlvP350OrIcW2lGPXG4s/I5SbbS6Z64odMDvnfY/B7PTkE1fWyqZVjs&#10;YezrLLHt3n5/pko9PsxvryAizvHPDDd8RoeSmWp/JhOEZb1OGT0q2LzwvBm4bgui5s06A1kW8v8L&#10;5RUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBp3qg6NgIAAOMEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD/6nte3AAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5490972,l,,,6108r5490972,l5490972,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="08A32DFE" id="Graphic 85" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:26.9pt;width:432.4pt;height:.5pt;z-index:-251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5491480,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYRL1yIwIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ayNkuNOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWp0pw3zQabMJ+rxkfT6dug0Oyp0LZiSz2c5Z8pIqFqzL/n37cOH&#10;FWfOC1MJDUaV/KQcv928f7fubaEW0ICuFDIKYlzR25I33tsiy5xsVCfcDKwy5KwBO+Fpi/usQtFT&#10;9E5nizxfZj1gZRGkco6+3o9Ovonx61pJ/62unfJMl5y4+bhiXHdhzTZrUexR2KaVZxriH1h0ojV0&#10;6SXUvfCCHbD9I1TXSgQHtZ9J6DKo61aqmANlM8/fZPPSCKtiLiSOsxeZ3P8LK5+OL/YZA3VnH0H+&#10;dKRI1ltXXDxh486YocYuYIk4G6KKp4uKavBM0sfrq5v51YrEluRbfryOImeiSGflwfkvCmIccXx0&#10;fqxBlSzRJEsOJplIlQw11LGGnjOqIXJGNdyNNbTCh3OBXDBZPyHSnHkEZwdHtYUI8yEFYpvffFpw&#10;lhIhpq8YbaZYymmCSr70tjHeiFnO81XgRcGSO71H2PTavwInNVM4qcGp8aaQd7zyogVdP1XbgW6r&#10;h1brkL7D/e5OIzuKMBrxOTOewGInjMUPbbCD6vSMrKd5Kbn7dRCoONNfDTVkGK5kYDJ2yUCv7yCO&#10;YFQend8OPwRaZsksuafeeYLU7qJIbUH8A2DEhpMGPh881G3omchtZHTe0IzE/M/zHIZwuo+o17/O&#10;5jcAAAD//wMAUEsDBBQABgAIAAAAIQD/6nte3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;T8MwDIXvSPyHyEjcWFrYpqo0nRBi0m6IdeKcNqatSJyqydb23887wcl69tN7n4vd7Ky44Bh6TwrS&#10;VQICqfGmp1bBqdo/ZSBC1GS09YQKFgywK+/vCp0bP9EXXo6xFRxCIdcKuhiHXMrQdOh0WPkBiW8/&#10;fnQ6shxbaUY9cbiz8jlJttLpnrih0wO+d9j8Hs9OQTV9bKplWOxh7Ossse3efn+mSj0+zG+vICLO&#10;8c8MN3xGh5KZan8mE4RlvU4ZPSrYvPC8GbhuC6LmzToDWRby/wvlFQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAJhEvXIjAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAP/qe17cAAAACgEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m5490972,l,,,6108r5490972,l5490972,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F7AF2FA" wp14:editId="4AC82D2C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>891539</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>524141</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5500370" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="86" name="Graphic 86"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5500370" cy="6350"/>
                         </a:xfrm>
@@ -9607,51 +9809,51 @@
                               <a:lnTo>
                                 <a:pt x="5500116" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6C5B3455" id="Graphic 86" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.2pt;margin-top:41.25pt;width:433.1pt;height:.5pt;z-index:-251662336;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5500370,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJb4d1NAIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+y0SFYYcYqhRYsB&#10;RVegGXZWZDk2JosapcTOvx8lW6m3nTYsB5kSn6j3+JHN7dBpdlLoWjAlXy5yzpSRULXmUPKvu4cP&#10;N5w5L0wlNBhV8rNy/Hb7/t2mt4W6ggZ0pZBREOOK3pa88d4WWeZkozrhFmCVIWcN2AlPWzxkFYqe&#10;onc6u8rzddYDVhZBKufo9H508m2MX9dK+i917ZRnuuTEzccV47oPa7bdiOKAwjatnGiIf2DRidbQ&#10;o5dQ98ILdsT2j1BdKxEc1H4hocugrlupogZSs8x/U/PaCKuiFkqOs5c0uf8XVj6fXpC1Vclv1pwZ&#10;0VGNHqd00Amlp7euINSrfcEg0NknkN8dObJfPGHjJsxQYxewJI8NMdfnS67V4Jmkw9Uqz68/Ukkk&#10;+dbXq1iKTBTprjw6/6ggxhGnJ+fHSlXJEk2y5GCSiVTvUGkdK+05o0ojZ1Tp/VhpK3y4F8gFk/Uz&#10;Is3EIzg7OKkdRJgPEgLb5ZIylIQQ0zeMNnMsaZqhki99bYw3YtbL/CbwomDJnb4jbP7sX4FTNlM4&#10;qcGp8aWgOz55yQU9P8+2A91WD63WQb7Dw/5OIzuJMEDxNzGewWInjMUPbbCH6kxN1VMbldz9OApU&#10;nOnPhto2jGAyMBn7ZKDXdxAHNWYend8N3wRaZsksuafeeYY0FKJIbUH8A2DEhpsGPh091G3omcht&#10;ZDRtaJKi/mnqw6jO9xH19t+0/QkAAP//AwBQSwMEFAAGAAgAAAAhAJI7L+3dAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj01Pg0AQhu8m/ofNmHizi9g2DbI0hOjRBCtRj1t2BJSdJexS8N87Pdnj&#10;O/Pk/Uj3i+3FCUffOVJwv4pAINXOdNQoqN6e73YgfNBkdO8IFfyih312fZXqxLiZXvF0CI1gE/KJ&#10;VtCGMCRS+rpFq/3KDUj8+3Kj1YHl2Egz6pnNbS/jKNpKqzvihFYPWLRY/xwmq6Do57isvoeie6re&#10;p8+Pssxfllyp25slfwQRcAn/MJzrc3XIuNPRTWS86FmvozWjCnbxBsQZ4LgtiCNfHjYgs1ReTsj+&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMlvh3U0AgAA4wQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJI7L+3dAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5500116,l,,,6108r5500116,l5500116,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="4ACD5E0D" id="Graphic 86" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.2pt;margin-top:41.25pt;width:433.1pt;height:.5pt;z-index:-251662336;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5500370,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDE+LqDIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZaJCuMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJVmpspxX1QabMJ+rxkfTmdug0Oyl0LZiSLxc5Z8pIqFpzKPmP3cOn&#10;G86cF6YSGowq+Vk5frv9+GHT20JdQQO6UsgoiHFFb0veeG+LLHOyUZ1wC7DKkLMG7ISnLR6yCkVP&#10;0TudXeX5OusBK4sglXP09X508m2MX9dK+u917ZRnuuTEzccV47oPa7bdiOKAwjatnGiIN7DoRGvo&#10;0kuoe+EFO2L7T6iulQgOar+Q0GVQ161UMQfKZpn/lc1LI6yKuZA4zl5kcu8XVj6dXuwzBurOPoL8&#10;5UiRrLeuuHjCxk2YocYuYIk4G6KK54uKavBM0sfVKs+vP5PYknzr61UUORNFOiuPzn9VEOOI06Pz&#10;Yw2qZIkmWXIwyUSqZKihjjX0nFENkTOq4X6soRU+nAvkgsn6GZFm4hGcHZzUDiLMhxQC2+VyzVlK&#10;hJi+YrSZYymnGSr50tvGeCNmvcxvAi8KltzpPcLm1/4XOKmZwkkNTo03hbzjlRct6Pq52g50Wz20&#10;Wof0HR72dxrZSYTRiM/EeAaLnTAWP7TBHqrzM7Ke5qXk7vdRoOJMfzPUkGG4koHJ2CcDvb6DOIJR&#10;eXR+N/wUaJkls+SeeucJUruLIrUF8Q+AERtOGvhy9FC3oWcit5HRtKEZiflP8xyGcL6PqNe/zvYP&#10;AAAA//8DAFBLAwQUAAYACAAAACEAkjsv7d0AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU+D&#10;QBCG7yb+h82YeLOL2DYNsjSE6NEEK1GPW3YElJ0l7FLw3zs92eM78+T9SPeL7cUJR985UnC/ikAg&#10;1c501Cio3p7vdiB80GR07wgV/KKHfXZ9lerEuJle8XQIjWAT8olW0IYwJFL6ukWr/coNSPz7cqPV&#10;geXYSDPqmc1tL+Mo2kqrO+KEVg9YtFj/HCaroOjnuKy+h6J7qt6nz4+yzF+WXKnbmyV/BBFwCf8w&#10;nOtzdci409FNZLzoWa+jNaMKdvEGxBnguC2II18eNiCzVF5OyP4AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAxPi6gyECAAC9BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAkjsv7d0AAAAKAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" path="m5500116,l,,,6108r5500116,l5500116,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -9706,51 +9908,51 @@
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="337DC07B" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -9804,51 +10006,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="7A4E109D" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="22"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -9902,95 +10104,96 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="1FE04063" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00F34FE5">
           <w:footerReference w:type="default" r:id="rId7"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="880" w:right="566" w:bottom="760" w:left="1275" w:header="0" w:footer="565" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="7912D86C" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:spacing w:before="83"/>
         <w:ind w:left="566" w:hanging="423"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251601920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251601920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C79CE57" wp14:editId="67EDEC3E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>2038883</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="810260" cy="153035"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="87" name="Graphic 87"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="810260" cy="153035"/>
                         </a:xfrm>
@@ -10017,67 +10220,67 @@
                               <a:lnTo>
                                 <a:pt x="809993" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="50455C"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="688B01B9" id="Graphic 87" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:160.55pt;width:63.8pt;height:12.05pt;z-index:251601920;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="810260,153035" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBocjkkPQIAAOYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aSukuMOMWQosWA&#10;oivQDDsrshwbk0VNUmL370fJVuJtpw27yJT4RPE9kt7c9a0kZ2FsA6qg81lKiVAcykYdC/p1//Bh&#10;RYl1TJVMghIFfROW3m3fv9t0OhcLqEGWwhAMomze6YLWzuk8SSyvRcvsDLRQ6KzAtMzh1hyT0rAO&#10;o7cyWaTpbdKBKbUBLqzF0/vBSbchflUJ7r5UlRWOyIJibi6sJqwHvybbDcuPhum64WMa7B+yaFmj&#10;8NFLqHvmGDmZ5o9QbcMNWKjcjEObQFU1XAQOyGae/sbmtWZaBC4ojtUXmez/C8ufzy+GNGVBVx8p&#10;UazFGj2OcuAJytNpmyPqVb8YT9DqJ+DfLTqSXzx+Y0dMX5nWY5Ee6YPWbxetRe8Ix8PVPF3cYkU4&#10;uubZMl1m/rGE5fEyP1n3KCAEYucn64ZSldFidbR4r6JpsOC+1DKU2lGCpTaUYKkPQ6k1c/6ez86b&#10;pLtmUl8S8d4WzmIPAec8iVW6Xq+XlEQmmOkVItUUiqwmqOiLXx3CDZh5triZL0biERC/A3Dy7t+h&#10;Q29jljEcl2DFILFnHrS+qIG4qd4WZFM+NFJ6/tYcDztpyJmhsFl6k2W7MeMJLDTDUH/fCQco37Cv&#10;OuykgtofJ2YEJfKzws71UxgNE41DNIyTOwizGqQ31u37b8xootEsqMP2eYY4FyyPjYH5e8CA9TcV&#10;fDo5qBrfNSG3IaNxg8MU+I+D76d1ug+o6+9p+xMAAP//AwBQSwMEFAAGAAgAAAAhAMs1jJncAAAA&#10;CAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoE7eUKo1TISRuSKghvW/jJYka&#10;r0PsNoGvxz3BcXZWM2/y3Wx7caHRd441pIsEBHHtTMeNhurj9WEDwgdkg71j0vBNHnbF7U2OmXET&#10;7+lShkbEEPYZamhDGDIpfd2SRb9wA3H0Pt1oMUQ5NtKMOMVw20uVJGtpsePY0OJALy3Vp/JsNewR&#10;31am+imXm3d3mA9T9RVUovX93fy8BRFoDn/PcMWP6FBEpqM7s/Gi1xCHBA1LlaYgrrZ6WoM4xsvq&#10;UYEscvl/QPELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAaHI5JD0CAADmBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAyzWMmdwAAAAIAQAADwAA&#10;AAAAAAAAAAAAAACXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;" path="m809993,l,,,152412r809993,l809993,xe" fillcolor="#50455c" stroked="f">
+              <v:shape w14:anchorId="2583934F" id="Graphic 87" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:160.55pt;width:63.8pt;height:12.05pt;z-index:251601920;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="810260,153035" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqhcpeKQIAAMAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGOmzAQvVfqP1i+N0CyrBIUsqqy2qrS&#10;arvSZtWzY0xANYxrO4H8fccGE9SeWvVixvh5eO/NDNuHvpHkIrSpoc1psogpES2Hom5POX0/PH1a&#10;U2IsawsmoRU5vQpDH3YfP2w7lYklVCALoQkmaU3WqZxW1qosigyvRMPMApRo8bAE3TCLW32KCs06&#10;zN7IaBnH91EHulAauDAG3z4Oh3Tn85el4PZbWRphicwpcrN+1X49ujXabVl20kxVNR9psH9g0bC6&#10;xY9OqR6ZZeSs6z9SNTXXYKC0Cw5NBGVZc+E1oJok/k3NW8WU8FrQHKMmm8z/S8tfLm/qVTvqRj0D&#10;/2HQkahTJptO3MaMmL7UjcMicdJ7F6+Ti6K3hOPLdRIv79FrjkdJuopXqXM5Ylm4zM/GfhHgE7HL&#10;s7FDEYoQsSpEvG9DqLGUrojSF9FSgkXUlGARj0MRFbPunmPnQtLdmFQTEXfawEUcwOOsE7GON5vN&#10;ipKgBJneILKdQ1HVDBXOwlP5dAMmSZd3yXIUHgDhOQBn3/07tO9aZBnScQlGDBY75d7ryQ3Ezf02&#10;IOviqZbS6Tf6dNxLTS4MjU3juzTdj4xnMN8MQ/1dJxyhuL5q0uHI5NT8PDMtKJFfW+xJN18h0CE4&#10;hkBbuQc/hd56beyh/860IgrDnFpsnxcIHc+y0BjI3wEGrLvZwuezhbJ2XeO5DYzGDY6J1z+OtJvD&#10;+d6jbj+e3S8AAAD//wMAUEsDBBQABgAIAAAAIQDLNYyZ3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUjcqBO3lCqNUyEkbkioIb1v4yWJGq9D7DaBr8c9wXF2VjNv8t1se3Gh&#10;0XeONaSLBARx7UzHjYbq4/VhA8IHZIO9Y9LwTR52xe1NjplxE+/pUoZGxBD2GWpoQxgyKX3dkkW/&#10;cANx9D7daDFEOTbSjDjFcNtLlSRrabHj2NDiQC8t1afybDXsEd9Wpvopl5t3d5gPU/UVVKL1/d38&#10;vAURaA5/z3DFj+hQRKajO7PxotcQhwQNS5WmIK62elqDOMbL6lGBLHL5f0DxCwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAGqFyl4pAgAAwAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAMs1jJncAAAACAEAAA8AAAAAAAAAAAAAAAAAgwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m809993,l,,,152412r809993,l809993,xe" fillcolor="#50455c" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251602944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251602944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D8D047B" wp14:editId="15F1A320">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>6655510</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="809625" cy="152400"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="88" name="Graphic 88"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="809625" cy="152400"/>
                         </a:xfrm>
@@ -10104,51 +10307,51 @@
                               <a:lnTo>
                                 <a:pt x="809002" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="7C738F"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="324DC1B3" id="Graphic 88" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:524.05pt;width:63.75pt;height:12pt;z-index:251602944;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="809625,152400" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAUAftNQIAAOYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X+xka5tZcaopVapJ&#10;VVepqfZMMI7RMMeAxO6/34GD425Pm/ZiH9zH+b7vO7y67VtFTsI6Cbqk81lOidAcKqkPJX3ZbT8s&#10;KXGe6Yop0KKkr8LR2/X7d6vOFGIBDahKWIJFtCs6U9LGe1NkmeONaJmbgREakzXYlnlc2kNWWdZh&#10;9VZlizy/zjqwlbHAhXO4ezck6TrWr2vB/be6dsITVVLszcenjc99eGbrFSsOlplG8nMb7B+6aJnU&#10;+NGx1B3zjByt/KNUK7kFB7WfcWgzqGvJReSAbOb5b2yeG2ZE5ILiODPK5P5fWf54erJEViVdolOa&#10;tejR/VkO3EF5OuMKRD2bJxsIOvMA/IfDRPYmExbujOlr2wYs0iN91Pp11Fr0nnDcXOafrxdXlHBM&#10;za8Wn/LoRcaKdJgfnb8XEAux04Pzg1VViliTIt7rFFo0PFitotWeErTaUoJW7werDfPhXOguhKS7&#10;dNKMjYRsCyexg4jzgQT2m+cLShIT7PQCUXoKxTmboFIuvU0sN2DeEE+A9B6Ak+/+HTrpmcpxBU4E&#10;2wbmYxDVwM2p3g6UrLZSqcDf2cN+oyw5MRT2ZnPzcbkNWuKRCSwOw+B/mIQ9VK84Vx1OUkndzyOz&#10;ghL1VePkhluYApuCfQqsVxuIdzVKb53f9d+ZNcRgWFKP4/MI6V6wIg1GIDViw0kNX44eahmmJvY2&#10;dHRe4GWKBM4XP9zW6TqiLr+n9S8AAAD//wMAUEsDBBQABgAIAAAAIQD21bbv4AAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Ha5G4VNRO6B8hTgVIRRx6aakqjq69TaLG6yh22/D2&#10;OCc47sxo9pt81duGXbHztSMJyUQAQ9LO1FRK2H+tH5fAfFBkVOMIJfygh1UxustVZtyNtnjdhZLF&#10;EvKZklCF0Gace12hVX7iWqTonVxnVYhnV3LTqVsstw1PhZhzq2qKHyrV4nuF+ry7WAmbrT49fbwd&#10;nnX67TZTIcb953os5cN9//oCLGAf/sIw4Ed0KCLT0V3IeNZIiENCVMV0mQAb/HQxA3YcpEWaAC9y&#10;/n9C8QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDAUAftNQIAAOYEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD21bbv4AAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAI8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" path="m809002,l,,,152400r809002,l809002,xe" fillcolor="#7c738f" stroked="f">
+              <v:shape w14:anchorId="403C6AB1" id="Graphic 88" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:524.05pt;width:63.75pt;height:12pt;z-index:251602944;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="809625,152400" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLiSRYIQIAAMAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aytc2MOMWQIsOA&#10;oivQDDsrshwbk02NUmLn70fJkeNupw27SJT4RD8+kl7d941mJ4W2hjbn81nKmWolFHV7yPm33fbd&#10;kjPrRFsIDa3K+VlZfr9++2bVmUwtoAJdKGQUpLVZZ3JeOWeyJLGyUo2wMzCqJWcJ2AhHRzwkBYqO&#10;ojc6WaTpbdIBFgZBKmvp9mFw8nWIX5ZKuq9laZVjOufEzYUVw7r3a7JeieyAwlS1vNAQ/8CiEXVL&#10;Hx1DPQgn2BHrP0I1tUSwULqZhCaBsqylCjlQNvP0t2xeKmFUyIXEsWaUyf6/sPLp9GKe0VO35hHk&#10;D0uKJJ2x2ejxB3vB9CU2HkvEWR9UPI8qqt4xSZfL9OPt4oYzSa75zeJDGlRORBYfy6N1nxWEQOL0&#10;aN1QhCJaooqW7NtoIpXSF1GHIjrOqIjIGRVxPxTRCOffeXbeZN2VSTUS8d4GTmoHAed8EsQ3TRec&#10;xUyI6RWi2ymUOmiCir64mxBuwLxKPALiPgAn3/07dNQzhpMarPJlGzIfjaAGXU71tqDrYltr7fO3&#10;eNhvNLKTIGHvNnfvl1uvJT2ZwEIzDPX3nbCH4vyMrKORybn9eRSoONNfWupJP1/RwGjso4FObyBM&#10;YZAerdv13wUaZsjMuaP2eYLY8SKLjeGTGrH+ZQufjg7K2ndN4DYwuhxoTEICl5H2czg9B9T1x7P+&#10;BQAA//8DAFBLAwQUAAYACAAAACEA9tW27+AAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7D&#10;MBCE70h9B2uRuFTUTugfIU4FSEUcemmpKo6uvU2ixusodtvw9jgnOO7MaPabfNXbhl2x87UjCclE&#10;AEPSztRUSth/rR+XwHxQZFTjCCX8oIdVMbrLVWbcjbZ43YWSxRLymZJQhdBmnHtdoVV+4lqk6J1c&#10;Z1WIZ1dy06lbLLcNT4WYc6tqih8q1eJ7hfq8u1gJm60+PX28HZ51+u02UyHG/ed6LOXDff/6Aixg&#10;H/7CMOBHdCgi09FdyHjWSIhDQlTFdJkAG/x0MQN2HKRFmgAvcv5/QvELAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAi4kkWCECAADABAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEA9tW27+AAAAAKAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" path="m809002,l,,,152400r809002,l809002,xe" fillcolor="#7c738f" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:bookmarkStart w:id="22" w:name="2.7_SENSIBILISIERUNG_/_ANLEITUNG_BESUCHE"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>SENSIBILISIERUNG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="35"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -10193,96 +10396,113 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>(GÄSTE,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>HANDWERKER)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="6305ABDB" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="65"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="6B9EDDE0" w14:textId="1AD9A007" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="48B2DB1A" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251655168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251655168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="720BBE31" wp14:editId="478C4726">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>147950</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="89" name="Graphic 89"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -10309,69 +10529,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="53A9FA5C" id="Graphic 89" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:11.65pt;width:418.2pt;height:.5pt;z-index:-251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBT1lJYMQIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxy3a9AacYqhRYsB&#10;RVegGXZWZDk2JouaqMTOvx8lW6m3nTYsB5kSn6j3+JH17dBpdlQOWzAlzxdLzpSRULVmX/Kv24cP&#10;15yhF6YSGowq+Ukhv928f7fubaEuoAFdKccoiMGityVvvLdFlqFsVCdwAVYZctbgOuFp6/ZZ5URP&#10;0TudXSyXq6wHV1kHUiHS6f3o5JsYv66V9F/qGpVnuuTEzcfVxXUX1myzFsXeCdu0cqIh/oFFJ1pD&#10;j55D3Qsv2MG1f4TqWukAofYLCV0Gdd1KFTWQmnz5m5rXRlgVtVBy0J7ThP8vrHw+vjjWViW/vuHM&#10;iI5q9Dilg04oPb3FglCv9sUFgWifQH5HcmS/eMIGJ8xQuy5gSR4bYq5P51yrwTNJh1eXeZ5/pJJI&#10;8q0ur2IpMlGku/KA/lFBjCOOT+jHSlXJEk2y5GCS6ajeodI6VtpzRpV2nFGld2OlrfDhXiAXTNbP&#10;iDQTj+Ds4Ki2EGE+SDizTUKI6RtGmzmWNM1QyZe+NsYbMat8eR14UbDkTt8RNn/2r8Apmymc1IBq&#10;fCnojk+ec0HPz7ONoNvqodU6yEe3391px44iDFD8TYxnsNgJY/FDG+ygOlFT9dRGJccfB+EUZ/qz&#10;obYNI5gMl4xdMpzXdxAHNWbeod8O34SzzJJZck+98wxpKESR2oL4B8CIDTcNfDp4qNvQM5HbyGja&#10;0CRF/dPUh1Gd7yPq7b9p8xMAAP//AwBQSwMEFAAGAAgAAAAhAKh7HjXfAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s6TrYKE2nCo3DEBwYE4hb1pi2onGqJt3K22NOcPzt&#10;T78/5+vJdeKIQ2g9aUhmCgRS5W1LtYb968PVCkSIhqzpPKGGbwywLs7PcpNZf6IXPO5iLbiEQmY0&#10;NDH2mZShatCZMPM9Eu8+/eBM5DjU0g7mxOWuk3OlbqQzLfGFxvR432D1tRudhqey3NSPz+P2vVRq&#10;2sit/XjzUevLi6m8AxFxin8w/OqzOhTsdPAj2SA6zoskYVTDPE1BMHC7XF6DOPBgkYIscvn/g+IH&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAU9ZSWDECAADjBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAqHseNd8AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACLBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="3125DDC4" id="Graphic 89" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:11.65pt;width:418.2pt;height:.5pt;z-index:-251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRcXSFHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNSiMOMXQosOA&#10;oivQDDsrshwbk0VNVGLn70fJlmtspw3zQabMJ+rxkfT2bug0OyuHLZiS56s1Z8pIqFpzLPm3/eOH&#10;W87QC1MJDUaV/KKQ3+3ev9v2tlBX0ICulGMUxGDR25I33tsiy1A2qhO4AqsMOWtwnfC0dcescqKn&#10;6J3OrtbrTdaDq6wDqRDp68Po5LsYv66V9F/rGpVnuuTEzcfVxfUQ1my3FcXRCdu0cqIh/oFFJ1pD&#10;l86hHoQX7OTaP0J1rXSAUPuVhC6Dum6lijlQNvn6t2xeG2FVzIXEQTvLhP8vrHw+v9oXF6ijfQL5&#10;A0mRrLdYzJ6wwQkz1K4LWCLOhqjiZVZRDZ5J+nhznef5RxJbkm9zfRNFzkSRzsoT+s8KYhxxfkI/&#10;1qBKlmiSJQeTTEeVDDXUsYaeM6qh44xqeBhraIUP5wK5YLJ+QaSZeARnB2e1hwjzIYWZbUqEmL5h&#10;tFliKacFKvnS28Z4I2aTr28DLwqW3Ok9wpbX/hU4qZnCSQ2oxptC3vHKWQu6fqk2gm6rx1brkD66&#10;4+FeO3YWYTTiMzFewGInjMUPbXCA6vLiWE/zUnL8eRJOcaa/GGrIMFzJcMk4JMN5fQ9xBKPyDv1+&#10;+C6cZZbMknvqnWdI7S6K1BbEPwBGbDhp4NPJQ92GnoncRkbThmYk5j/NcxjC5T6i3v46u18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCoex413wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLOk62ChNpwqNwxAcGBOIW9aYtqJxqibdyttjTnD87U+/P+fryXXiiENoPWlIZgoEUuVt&#10;S7WG/evD1QpEiIas6Tyhhm8MsC7Oz3KTWX+iFzzuYi24hEJmNDQx9pmUoWrQmTDzPRLvPv3gTOQ4&#10;1NIO5sTlrpNzpW6kMy3xhcb0eN9g9bUbnYanstzUj8/j9r1UatrIrf1481Hry4upvAMRcYp/MPzq&#10;szoU7HTwI9kgOs6LJGFUwzxNQTBwu1xegzjwYJGCLHL5/4PiBwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJFxdIUdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKh7HjXfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B9265A1" wp14:editId="6A51AFBF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>329318</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="90" name="Graphic 90"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -10398,69 +10618,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="214C33DE" id="Graphic 90" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:25.95pt;width:418.2pt;height:.5pt;z-index:-251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+An+QMQIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07aNViNOMXQosWA&#10;oivQFDsrshwbk0VNVGLn70fJluttpw3LQabEJ/I9ksrmpm81OymHDZiCrxZLzpSRUDbmUPDX3f2H&#10;T5yhF6YUGowq+Fkhv9m+f7fpbK4uoAZdKscoiMG8swWvvbd5lqGsVStwAVYZclbgWuFp6w5Z6URH&#10;0VudXSyX66wDV1oHUiHS6d3g5NsYv6qU9F+rCpVnuuDEzcfVxXUf1my7EfnBCVs3cqQh/oFFKxpD&#10;SadQd8ILdnTNH6HaRjpAqPxCQptBVTVSRQ2kZrX8Tc1LLayKWqg4aKcy4f8LK59Oz441ZcGvqTxG&#10;tNSjh7EcdELl6SzmhHqxzy4IRPsI8juSI/vFEzY4YvrKtQFL8lgfa32eaq16zyQdXl2uVquPlFOS&#10;b315FXNlIk935RH9g4IYR5we0Q+dKpMl6mTJ3iTTUb9Dp3XstOeMOu04o07vh05b4cO9QC6YrJsR&#10;qUcewdnCSe0gwnyQMLFNQojpG0abOZY0zVDJl742xhsw6+X1OvCiYMmdvgNsnvavwKmaKZzUgGrI&#10;FHTHlFMtKP282gi6Ke8brYN8dIf9rXbsJMIDir+R8QwWJ2FofhiDPZRnGqqOxqjg+OMonOJMfzE0&#10;tqTbJ8MlY58M5/UtxIcaK+/Q7/pvwllmySy4p9l5gvQoRJ7GgvgHwIANNw18PnqomjAzkdvAaNzQ&#10;S4r6x1cfnup8H1Fv/03bnwAAAP//AwBQSwMEFAAGAAgAAAAhAEewNujfAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s6cQYLU2nCo3DEDswpiFuWWPaisapmnQrb485wfG3&#10;P/3+nK8m14kTDqH1pCGZKRBIlbct1Rr2b0839yBCNGRN5wk1fGOAVXF5kZvM+jO94mkXa8ElFDKj&#10;oYmxz6QMVYPOhJnvkXj36QdnIsehlnYwZy53nZwrdSedaYkvNKbHxwarr93oNLyU5bp+3o6b91Kp&#10;aS039uPgo9bXV1P5ACLiFP9g+NVndSjY6ehHskF0nG+ThFENiyQFwUC6XC5AHHkwT0EWufz/QfED&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/gJ/kDECAADjBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAR7A26N8AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACLBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="2B48C119" id="Graphic 90" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:25.95pt;width:418.2pt;height:.5pt;z-index:-251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBHsDbo3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLOnEGC1NpwqNwxA7MKYhbllj2orGqZp0K2+POcHxtz/9/pyvJteJEw6h9aQhmSkQSJW3&#10;LdUa9m9PN/cgQjRkTecJNXxjgFVxeZGbzPozveJpF2vBJRQyo6GJsc+kDFWDzoSZ75F49+kHZyLH&#10;oZZ2MGcud52cK3UnnWmJLzSmx8cGq6/d6DS8lOW6ft6Om/dSqWktN/bj4KPW11dT+QAi4hT/YPjV&#10;Z3Uo2OnoR7JBdJxvk4RRDYskBcFAulwuQBx5ME9BFrn8/0HxAwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGP43xsdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAEewNujfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5AD01FB5" wp14:editId="7D5D3D1D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>510674</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="91" name="Graphic 91"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -10487,51 +10707,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1AA3C12B" id="Graphic 91" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:40.2pt;width:418.95pt;height:.5pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDusPZTNQIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X+wkitVacaqpVatJ&#10;VVepqfZMMI7RMJcBid1/vws2qbc9bVoe8IV7uJxzP7K9GTpFzsI6Cbqiy0VOidAcaqmPFX3d33+6&#10;osR5pmumQIuKvglHb3YfP2x7U4oVtKBqYQkG0a7sTUVb702ZZY63omNuAUZodDZgO+Zxa49ZbVmP&#10;0TuVrfK8yHqwtbHAhXN4ejc66S7GbxrB/demccITVVHk5uNq43oIa7bbsvJomWkln2iwf2DRManx&#10;0UuoO+YZOVn5R6hOcgsOGr/g0GXQNJKLqAHVLPPf1Ly0zIioBZPjzCVN7v+F5U/nZ0tkXdHrJSWa&#10;dVijhykdeILp6Y0rEfVinm0Q6Mwj8O8OHdkvnrBxE2ZobBewKI8MMddvl1yLwROOh5v1Ki+KDSUc&#10;fcV6E0uRsTLd5SfnHwTEOOz86PxYqTpZrE0WH3QyLdY7VFrFSntKsNKWEqz0Yay0YT7cC+SCSfoZ&#10;kXbiEZwdnMUeIswHCYHt6mpNSRKCTN8xSs+x2GYzVPKlr4nxRkyRXxeBFwZL7vQdYfNn/wqcspnC&#10;cQVOjC8F3fHJSy7w+Xm2HShZ30ulgnxnj4dbZcmZhQGKv4nxDBY7YSx+aIMD1G/YVD22UUXdjxOz&#10;ghL1RWPbhhFMhk3GIRnWq1uIgxozb53fD9+YNcSgWVGPvfMEaShYmdoC+QfAiA03NXw+eWhk6JnI&#10;bWQ0bXCSov5p6sOozvcR9f7ftPsJAAD//wMAUEsDBBQABgAIAAAAIQB7SfWv4QAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9NS8NAEIbvgv9hGcGb3a2WJo3ZlCKKB0Fo/QBv2+yYhGZnQ3abxP56&#10;pyc9vjMP7zyTryfXigH70HjSMJ8pEEiltw1VGt7fnm5SECEasqb1hBp+MMC6uLzITWb9SFscdrES&#10;XEIhMxrqGLtMylDW6EyY+Q6Jd9++dyZy7CtpezNyuWvlrVJL6UxDfKE2HT7UWB52R6fh5dSctuPz&#10;oF431VeSJvQoPz4PWl9fTZt7EBGn+AfDWZ/VoWCnvT+SDaLlfLdKGNWQqgUIBlZJsgSx58F8AbLI&#10;5f8Pil8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7rD2UzUCAADjBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAe0n1r+EAAAAJAQAADwAAAAAA&#10;AAAAAAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="0353ADCB" id="Graphic 91" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:40.2pt;width:418.95pt;height:.5pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYs54EIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfTmbuw1Oyl0HZiK3yxyzpSRUHfmUPFvu8cP&#10;t5w5L0wtNBhV8bNy/G77/t1msKVaQgu6VsgoiHHlYCveem/LLHOyVb1wC7DKkLMB7IWnLR6yGsVA&#10;0XudLfO8yAbA2iJI5Rx9fZicfBvjN42S/mvTOOWZrjhx83HFuO7Dmm03ojygsG0nLzTEP7DoRWfo&#10;0muoB+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ib/LZvXVlgVcyFxnL3K5P5fWPl8erUvGKg7+wTy&#10;hyNFssG68uoJG3fBjA32AUvE2RhVPF9VVKNnkj6uV8u8KNacSfIVq3UUORNlOiuPzn9WEOOI05Pz&#10;Uw3qZIk2WXI0yUSqZKihjjX0nFENkTOq4X6qoRU+nAvkgsmGGZH2wiM4ezipHUSYDykEtsvbFWcp&#10;EWL6htFmjqUGmqGSL71tjDdhivxjEXhRsORO7wk2v/avwEnNFE5qcGq6KeQdr7xqQdfP1Xagu/qx&#10;0zqk7/Cwv9fITiKMRnwujGew2AlT8UMb7KE+vyAbaF4q7n4eBSrO9BdDDRmGKxmYjH0y0Ot7iCMY&#10;lUfnd+N3gZZZMivuqXeeIbW7KFNbEP8AmLDhpIFPRw9NF3omcpsYXTY0IzH/yzyHIZzvI+rtr7P9&#10;BQAA//8DAFBLAwQUAAYACAAAACEAe0n1r+EAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvD&#10;QBCG74L/YRnBm92tliaN2ZQiigdBaP0Ab9vsmIRmZ0N2m8T+eqcnPb4zD+88k68n14oB+9B40jCf&#10;KRBIpbcNVRre355uUhAhGrKm9YQafjDAuri8yE1m/UhbHHaxElxCITMa6hi7TMpQ1uhMmPkOiXff&#10;vncmcuwraXszcrlr5a1SS+lMQ3yhNh0+1Fgedken4eXUnLbj86BeN9VXkib0KD8+D1pfX02bexAR&#10;p/gHw1mf1aFgp70/kg2i5Xy3ShjVkKoFCAZWSbIEsefBfAGyyOX/D4pfAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhABizngQhAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAHtJ9a/hAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -10584,51 +10804,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="108C50AF" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -10682,51 +10902,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="7200140D" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -10780,70 +11000,70 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="080E25B2" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="21C8D197" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="44"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
+    <w:p w14:paraId="301D62FA" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="865"/>
         </w:tabs>
         <w:ind w:left="865" w:hanging="722"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="50455C"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="3._UMZÄUNUNG_/_EINFRIEDUNG"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:color w:val="50455C"/>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>UMZÄUNUNG</w:t>
       </w:r>
       <w:r>
@@ -10853,143 +11073,160 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="50455C"/>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="50455C"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="50455C"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>EINFRIEDUNG</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="726AD17B" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="147"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="06F35286" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="553"/>
         </w:tabs>
         <w:ind w:left="553" w:hanging="408"/>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="3.1_BAULICHE_GEGEBENHEITEN"/>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>BAULICHE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>GEGEBENHEITEN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="3FB19574" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="24"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="1ABF5484" w14:textId="198F29E4" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="391A0978" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="15"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CFE83FB" wp14:editId="4B1A3D87">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172202</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="92" name="Graphic 92"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -11016,69 +11253,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="16477001" id="Graphic 92" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBp9p/yMgIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5yka7AacYqhRYsB&#10;RVegKXZWZDk2JouaqMTOvx8lW6m3nVosB5kSn6j3+JH1dd9qdlQOGzAFX8zmnCkjoWzMvuAv27tP&#10;XzhDL0wpNBhV8JNCfr35+GHd2VwtoQZdKscoiMG8swWvvbd5lqGsVStwBlYZclbgWuFp6/ZZ6URH&#10;0VudLefzVdaBK60DqRDp9HZw8k2MX1VK+u9VhcozXXDi5uPq4roLa7ZZi3zvhK0bOdIQ72DRisbQ&#10;o+dQt8ILdnDNP6HaRjpAqPxMQptBVTVSRQ2kZjH/S81zLayKWig5aM9pwv8XVj4enxxryoJfLTkz&#10;oqUa3Y/poBNKT2cxJ9SzfXJBINoHkD+RHNkfnrDBEdNXrg1Yksf6mOvTOdeq90zS4eXFYrH4TCWR&#10;5FtdXMZSZCJPd+UB/b2CGEccH9APlSqTJepkyd4k01G9Q6V1rLTnjCrtOKNK74ZKW+HDvUAumKyb&#10;EKlHHsHZwlFtIcJ8kHBmm4QQ01eMNlMsaZqgki99bYw3YFbzq1XgRcGSO30H2PTZN4FTNlM4qQHV&#10;8FLQHZ8854Ken2YbQTflXaN1kI9uv7vRjh1FGKD4GxlPYLEThuKHNthBeaKm6qiNCo6/DsIpzvQ3&#10;Q20bRjAZLhm7ZDivbyAOasy8Q7/tfwhnmSWz4J565xHSUIg8tQXxD4ABG24a+HrwUDWhZyK3gdG4&#10;oUmK+sepD6M63UfU63/T5jcAAAD//wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT8MwDIXvSPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn&#10;69lPz9/L15PrxAmH0HrSkMwVCKTK25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiF&#10;zGhoYuwzKUPVoDNh7nskvn35wZnIcqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/az&#10;VGrayK3df/io9dXlVK5ARJzinxl+8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbF&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBp9p/yMgIAAOMEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="2CF3A809" id="Graphic 92" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn69lPz9/L15PrxAmH0HrSkMwVCKTK&#10;25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiFzGhoYuwzKUPVoDNh7nskvn35wZnI&#10;cqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/azVGrayK3df/io9dXlVK5ARJzinxl+&#10;8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbFDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBj+N8bHQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48B73BEF" wp14:editId="38831C23">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>353558</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="93" name="Graphic 93"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -11105,69 +11342,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7BFD43B6" id="Graphic 93" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACD1cuMgIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5w0a7AacYqhRYsB&#10;RVegKXZWZDk2JosapcTOvx8lW6m3nVosB5kSn6j3+JH1dd9qdlToGjAFX8zmnCkjoWzMvuAv27tP&#10;XzhzXphSaDCq4Cfl+PXm44d1Z3N1ATXoUiGjIMblnS147b3Ns8zJWrXCzcAqQ84KsBWetrjPShQd&#10;RW91djGfr7IOsLQIUjlHp7eDk29i/KpS0n+vKqc80wUnbj6uGNddWLPNWuR7FLZu5EhDvINFKxpD&#10;j55D3Qov2AGbf0K1jURwUPmZhDaDqmqkihpIzWL+l5rnWlgVtVBynD2nyf2/sPLx+ISsKQt+teTM&#10;iJZqdD+mg04oPZ11OaGe7RMGgc4+gPzpyJH94QkbN2L6CtuAJXmsj7k+nXOtes8kHV4uF4vFZyqJ&#10;JN9qeRlLkYk83ZUH5+8VxDji+OD8UKkyWaJOluxNMpHqHSqtY6U9Z1Rp5IwqvRsqbYUP9wK5YLJu&#10;QqQeeQRnC0e1hQjzQcKZbRJCTF8x2kyxpGmCSr70tTHegFnNr1aBFwVL7vQdYNNn3wRO2UzhpAan&#10;hpeC7vjkORf0/DTbDnRT3jVaB/kO97sbjewowgDF38h4AoudMBQ/tMEOyhM1VUdtVHD36yBQcaa/&#10;GWrbMILJwGTskoFe30Ac1Jh5dH7b/xBomSWz4J565xHSUIg8tQXxD4ABG24a+HrwUDWhZyK3gdG4&#10;oUmK+sepD6M63UfU63/T5jcAAAD//wMAUEsDBBQABgAIAAAAIQDlXZXl3wAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLCmiKytNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD8&#10;7U+/Pxfr2fXiiGPoPGlIFgoEUu1tR42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq5&#10;0dDGOORShrpFZ8LCD0i8+/SjM5Hj2Eg7mhOXu15eK7WUznTEF1oz4H2L9dduchqeqmrTPD5P2/dK&#10;qXkjt/Zj76PWlxdzdQci4hz/YPjVZ3Uo2engJ7JB9JxvkoRRDWmagWBglWUpiAMPlhnIspD/Pyh/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAIPVy4yAgAA4wQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="20647DDD" id="Graphic 93" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDlXZXl3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiKytNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK7WUznTEF1oz4H2L9dduchqeqmrTPD5P2/dKqXkjt/Zj76PWlxdzdQci4hz/YPjV&#10;Z3Uo2engJ7JB9JxvkoRRDWmagWBglWUpiAMPlhnIspD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGP43xsdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18DB3C2A" wp14:editId="2D9FDBBE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>536438</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="94" name="Graphic 94"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -11194,51 +11431,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7C1AE449" id="Graphic 94" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.25pt;width:418.95pt;height:.5pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCroP9KNgIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X+wmi9VacaqpVatJ&#10;VVepmfZMMI7RMJcBiZ1/vws2qbc9bVoe8IV7uJxzP7K5HTpFTsI6CbqiV4ucEqE51FIfKvp19/Dh&#10;mhLnma6ZAi0qehaO3m7fv9v0phRLaEHVwhIMol3Zm4q23psyyxxvRcfcAozQ6GzAdszj1h6y2rIe&#10;o3cqW+Z5kfVga2OBC+fw9H500m2M3zSC+y9N44QnqqLIzcfVxnUf1my7YeXBMtNKPtFg/8CiY1Lj&#10;o5dQ98wzcrTyj1Cd5BYcNH7BocugaSQXUQOqucp/U/PaMiOiFkyOM5c0uf8Xlj+fXiyRdUVvPlKi&#10;WYc1epzSgSeYnt64ElGv5sUGgc48Af/u0JH94gkbN2GGxnYBi/LIEHN9vuRaDJ5wPFyvlnlRrCnh&#10;6CtW61iKjJXpLj86/yggxmGnJ+fHStXJYm2y+KCTabHeodIqVtpTgpW2lGCl92OlDfPhXiAXTNLP&#10;iLQTj+Ds4CR2EGE+SAhsl9crSpIQZPqGUXqOxTaboZIvfU2MN2KK/KYIvDBYcqfvCJs/+1fglM0U&#10;jitwYnwp6I5PXnKBz8+z7UDJ+kEqFeQ7e9jfKUtOLAxQ/E2MZ7DYCWPxQxvsoT5jU/XYRhV1P47M&#10;CkrUZ41tG0YwGTYZ+2RYr+4gDmrMvHV+N3xj1hCDZkU99s4zpKFgZWoL5B8AIzbc1PDp6KGRoWci&#10;t5HRtMFJivqnqQ+jOt9H1Nt/0/YnAAAA//8DAFBLAwQUAAYACAAAACEAUKDZzeEAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBm934kW4asylFFA9CobUVvG2TMQnNzobsNon9&#10;9Y4nPb4zD+88ky0n24oBe9840nA7i0AgFa5sqNKwe3+5SUD4YKg0rSPU8I0elvnlRWbS0o20wWEb&#10;KsEl5FOjoQ6hS6X0RY3W+JnrkHj35XprAse+kmVvRi63rbyLorm0piG+UJsOn2osjtuT1fB2bs6b&#10;8XWI1qvqUyWKnuX+46j19dW0egQRcAp/MPzqszrk7HRwJyq9aDnfLxSjGpKHGAQDC6XmIA48iGOQ&#10;eSb/f5D/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKug/0o2AgAA4wQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFCg2c3hAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="66DFC080" id="Graphic 94" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.25pt;width:418.95pt;height:.5pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYs54EIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfTmbuw1Oyl0HZiK3yxyzpSRUHfmUPFvu8cP&#10;t5w5L0wtNBhV8bNy/G77/t1msKVaQgu6VsgoiHHlYCveem/LLHOyVb1wC7DKkLMB7IWnLR6yGsVA&#10;0XudLfO8yAbA2iJI5Rx9fZicfBvjN42S/mvTOOWZrjhx83HFuO7Dmm03ojygsG0nLzTEP7DoRWfo&#10;0muoB+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ib/LZvXVlgVcyFxnL3K5P5fWPl8erUvGKg7+wTy&#10;hyNFssG68uoJG3fBjA32AUvE2RhVPF9VVKNnkj6uV8u8KNacSfIVq3UUORNlOiuPzn9WEOOI05Pz&#10;Uw3qZIk2WXI0yUSqZKihjjX0nFENkTOq4X6qoRU+nAvkgsmGGZH2wiM4ezipHUSYDykEtsvbFWcp&#10;EWL6htFmjqUGmqGSL71tjDdhivxjEXhRsORO7wk2v/avwEnNFE5qcGq6KeQdr7xqQdfP1Xagu/qx&#10;0zqk7/Cwv9fITiKMRnwujGew2AlT8UMb7KE+vyAbaF4q7n4eBSrO9BdDDRmGKxmYjH0y0Ot7iCMY&#10;lUfnd+N3gZZZMivuqXeeIbW7KFNbEP8AmLDhpIFPRw9NF3omcpsYXTY0IzH/yzyHIZzvI+rtr7P9&#10;BQAA//8DAFBLAwQUAAYACAAAACEAUKDZzeEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvD&#10;QBCG74L/YRnBm934kW4asylFFA9CobUVvG2TMQnNzobsNon99Y4nPb4zD+88ky0n24oBe9840nA7&#10;i0AgFa5sqNKwe3+5SUD4YKg0rSPU8I0elvnlRWbS0o20wWEbKsEl5FOjoQ6hS6X0RY3W+JnrkHj3&#10;5XprAse+kmVvRi63rbyLorm0piG+UJsOn2osjtuT1fB2bs6b8XWI1qvqUyWKnuX+46j19dW0egQR&#10;cAp/MPzqszrk7HRwJyq9aDnfLxSjGpKHGAQDC6XmIA48iGOQeSb/f5D/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhABizngQhAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAFCg2c3hAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -11291,51 +11528,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="36EA1F4E" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -11389,51 +11626,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="4EBFBD97" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="22"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -11487,151 +11724,168 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="2CD923EC" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="14"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="2143D4F3" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="554"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="554" w:hanging="411"/>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="3.2_PHYSISCHE_TRENNUNG"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>PHYSISCHE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>TRENNUNG</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="424D3B4E" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="24"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="27E8EEB0" w14:textId="3F332F98" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="2E199720" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="14"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68BDE29C" wp14:editId="57AB6BAA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>171995</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="95" name="Graphic 95"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -11658,69 +11912,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2D20F209" id="Graphic 95" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJm90XMQIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxy3S9EacYqhRYsB&#10;RVegGXZWZDk2JosapcTOvx8lW6m3nTYsB5kSn6j3+JH17dBpdlToWjAlzxdLzpSRULVmX/Kv24cP&#10;15w5L0wlNBhV8pNy/Hbz/t26t4W6gAZ0pZBREOOK3pa88d4WWeZkozrhFmCVIWcN2AlPW9xnFYqe&#10;onc6u1gur7IesLIIUjlHp/ejk29i/LpW0n+pa6c80yUnbj6uGNddWLPNWhR7FLZp5URD/AOLTrSG&#10;Hj2HuhdesAO2f4TqWongoPYLCV0Gdd1KFTWQmnz5m5rXRlgVtVBynD2nyf2/sPL5+IKsrUp+s+LM&#10;iI5q9Dilg04oPb11BaFe7QsGgc4+gfzuyJH94gkbN2GGGruAJXlsiLk+nXOtBs8kHa4u8zz/SCWR&#10;5Lu6XMVSZKJId+XB+UcFMY44Pjk/VqpKlmiSJQeTTKR6h0rrWGnPGVUaOaNK78ZKW+HDvUAumKyf&#10;EWkmHsHZwVFtIcJ8kHBmm4QQ0zeMNnMsaZqhki99bYw3Yq7y5XXgRcGSO31H2PzZvwKnbKZwUoNT&#10;40tBd3zynAt6fp5tB7qtHlqtg3yH+92dRnYUYYDib2I8g8VOGIsf2mAH1Ymaqqc2Krn7cRCoONOf&#10;DbVtGMFkYDJ2yUCv7yAOasw8Or8dvgm0zJJZck+98wxpKESR2oL4B8CIDTcNfDp4qNvQM5HbyGja&#10;0CRF/dPUh1Gd7yPq7b9p8xMAAP//AwBQSwMEFAAGAAgAAAAhAGa5Xw3gAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FPwzAMhe9I+w+RkbixpBPQ0TWdKjQOQ3BgINBuWWPaao1TNelW/j3mBCfr&#10;2U/P38vXk+vECYfQetKQzBUIpMrblmoN72+P10sQIRqypvOEGr4xwLqYXeQms/5Mr3jaxVpwCIXM&#10;aGhi7DMpQ9WgM2HueyS+ffnBmchyqKUdzJnDXScXSt1JZ1riD43p8aHB6rgbnYbnstzUTy/j9rNU&#10;atrIrd1/+Kj11eVUrkBEnOKfGX7xGR0KZjr4kWwQHeubJGGrhkXKkw33aXoL4sCLZQKyyOX/BsUP&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEmb3RcxAgAA4wQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGa5Xw3gAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAiwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="1148057E" id="Graphic 95" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRcXSFHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNSiMOMXQosOA&#10;oivQDDsrshwbk0VNVGLn70fJlmtspw3zQabMJ+rxkfT2bug0OyuHLZiS56s1Z8pIqFpzLPm3/eOH&#10;W87QC1MJDUaV/KKQ3+3ev9v2tlBX0ICulGMUxGDR25I33tsiy1A2qhO4AqsMOWtwnfC0dcescqKn&#10;6J3OrtbrTdaDq6wDqRDp68Po5LsYv66V9F/rGpVnuuTEzcfVxfUQ1my3FcXRCdu0cqIh/oFFJ1pD&#10;l86hHoQX7OTaP0J1rXSAUPuVhC6Dum6lijlQNvn6t2xeG2FVzIXEQTvLhP8vrHw+v9oXF6ijfQL5&#10;A0mRrLdYzJ6wwQkz1K4LWCLOhqjiZVZRDZ5J+nhznef5RxJbkm9zfRNFzkSRzsoT+s8KYhxxfkI/&#10;1qBKlmiSJQeTTEeVDDXUsYaeM6qh44xqeBhraIUP5wK5YLJ+QaSZeARnB2e1hwjzIYWZbUqEmL5h&#10;tFliKacFKvnS28Z4I2aTr28DLwqW3Ok9wpbX/hU4qZnCSQ2oxptC3vHKWQu6fqk2gm6rx1brkD66&#10;4+FeO3YWYTTiMzFewGInjMUPbXCA6vLiWE/zUnL8eRJOcaa/GGrIMFzJcMk4JMN5fQ9xBKPyDv1+&#10;+C6cZZbMknvqnWdI7S6K1BbEPwBGbDhp4NPJQ92GnoncRkbThmYk5j/NcxjC5T6i3v46u18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn69lPz9/L15PrxAmH0HrSkMwVCKTK&#10;25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiFzGhoYuwzKUPVoDNh7nskvn35wZnI&#10;cqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/azVGrayK3df/io9dXlVK5ARJzinxl+&#10;8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbFDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCRcXSFHQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="664E2F4C" wp14:editId="60796EF1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>353364</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="96" name="Graphic 96"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -11747,69 +12001,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="612CF712" id="Graphic 96" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.8pt;width:418.2pt;height:.5pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHH143LwIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07aNdiMOMXQosWA&#10;oivQDD0rshwbk0VNVGLn70fJluutpw3zQabEJ5qPj/Tmum81OymHDZiCrxZLzpSRUDbmUPDvu7sP&#10;nzhDL0wpNBhV8LNCfr19/27T2VxdQA26VI5REIN5Zwtee2/zLENZq1bgAqwy5KzAtcLT1h2y0omO&#10;orc6u1gu11kHrrQOpEKk09vBybcxflUp6b9VFSrPdMEpNx9XF9d9WLPtRuQHJ2zdyDEN8Q9ZtKIx&#10;9NEp1K3wgh1d8yZU20gHCJVfSGgzqKpGqsiB2KyWf7B5roVVkQsVB+1UJvx/YeXj6cmxpiz45zVn&#10;RrSk0f1YDjqh8nQWc0I92ycXCKJ9APkDyZH95gkbHDF95dqAJXqsj7U+T7VWvWeSDq8uV6vVR5JE&#10;km99eRWlyESe7soj+nsFMY44PaAflCqTJepkyd4k05HeQWkdlfackdKOM1J6PyhthQ/3QnLBZN0s&#10;kXrMIzhbOKkdRJgPFKZsExHK9BWjzRxLnGao5EtvG+MNmPVyKDEFS+70HmDzz/4VOFUzhZMaUAXN&#10;Bt6TEWtBh/NqI+imvGu0DvTRHfY32rGTCAMUn1BJujKDxU4YxA9tsIfyTE3VURsVHH8ehVOc6a+G&#10;2jaMYDJcMvbJcF7fQBzUWHmHfte/CGeZJbPgnnrnEdJQiDy1RSA1YcNNA1+OHqom9EzMbcho3NAk&#10;RQLj1IdRne8j6vXftP0FAAD//wMAUEsDBBQABgAIAAAAIQAoCQen3wAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLCmiHStNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD87U+/&#10;Pxfr2fXiiGPoPGlIFgoEUu1tR42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq50dDG&#10;OORShrpFZ8LCD0i8+/SjM5Hj2Eg7mhOXu15eK5VJZzriC60Z8L7F+ms3OQ1PVbVpHp+n7Xul1LyR&#10;W/ux91Hry4u5ugMRcY5/MPzqszqU7HTwE9kges43ScKohjTNQDCwWi5TEAceZBnIspD/Pyh/AAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEcfXjcvAgAA4wQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACgJB6ffAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;iQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="7EFC04EA" id="Graphic 96" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.8pt;width:418.2pt;height:.5pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAoCQen3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiHStNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK5VJZzriC60Z8L7F+ms3OQ1PVbVpHp+n7Xul1LyRW/ux91Hry4u5ugMRcY5/MPzq&#10;szqU7HTwE9kges43ScKohjTNQDCwWi5TEAceZBnIspD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGP43xsdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhACgJB6ffAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DA208D1" wp14:editId="3C38F7AB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>536244</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="97" name="Graphic 97"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -11836,51 +12090,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="11E63191" id="Graphic 97" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.2pt;width:418.95pt;height:.5pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXrdf0NgIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X+wmitdacaqpVatJ&#10;VVepmfZMMI7RMJcBiZ1/vws2qbc9bVoe8IV7uJxzP7K5HTpFTsI6CbqiV4ucEqE51FIfKvp19/Dh&#10;mhLnma6ZAi0qehaO3m7fv9v0phRLaEHVwhIMol3Zm4q23psyyxxvRcfcAozQ6GzAdszj1h6y2rIe&#10;o3cqW+Z5kfVga2OBC+fw9H500m2M3zSC+y9N44QnqqLIzcfVxnUf1my7YeXBMtNKPtFg/8CiY1Lj&#10;o5dQ98wzcrTyj1Cd5BYcNH7BocugaSQXUQOqucp/U/PaMiOiFkyOM5c0uf8Xlj+fXiyRdUVvPlKi&#10;WYc1epzSgSeYnt64ElGv5sUGgc48Af/u0JH94gkbN2GGxnYBi/LIEHN9vuRaDJ5wPFyvlnlRrCnh&#10;6CtW61iKjJXpLj86/yggxmGnJ+fHStXJYm2y+KCTabHeodIqVtpTgpW2lGCl92OlDfPhXiAXTNLP&#10;iLQTj+Ds4CR2EGE+SAhsl9crSpIQZPqGUXqOxTaboZIvfU2MN2KK/KYIvDBYcqfvCJs/+1fglM0U&#10;jitwYnwp6I5PXnKBz8+z7UDJ+kEqFeQ7e9jfKUtOLAxQ/E2MZ7DYCWPxQxvsoT5jU/XYRhV1P47M&#10;CkrUZ41tG0YwGTYZ+2RYr+4gDmrMvHV+N3xj1hCDZkU99s4zpKFgZWoL5B8AIzbc1PDp6KGRoWci&#10;t5HRtMFJivqnqQ+jOt9H1Nt/0/YnAAAA//8DAFBLAwQUAAYACAAAACEAnfRLj+EAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwUrDQBCG74LvsIzgzW7U2E1jNqWI4kEotLaCt20yJqHZ2ZDdJrFP&#10;73jS4z/z8c832XKyrRiw940jDbezCARS4cqGKg2795ebBIQPhkrTOkIN3+hhmV9eZCYt3UgbHLah&#10;ElxCPjUa6hC6VEpf1GiNn7kOiXdfrrcmcOwrWfZm5HLbyrsomktrGuILtenwqcbiuD1ZDW/n5rwZ&#10;X4dovao+VaLoWe4/jlpfX02rRxABp/AHw68+q0POTgd3otKLlvP9QjGqIYljEAwslJqDOPDgIQaZ&#10;Z/L/B/kPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFet1/Q2AgAA4wQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJ30S4/hAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="5E02C8FA" id="Graphic 97" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.2pt;width:418.95pt;height:.5pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYs54EIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfTmbuw1Oyl0HZiK3yxyzpSRUHfmUPFvu8cP&#10;t5w5L0wtNBhV8bNy/G77/t1msKVaQgu6VsgoiHHlYCveem/LLHOyVb1wC7DKkLMB7IWnLR6yGsVA&#10;0XudLfO8yAbA2iJI5Rx9fZicfBvjN42S/mvTOOWZrjhx83HFuO7Dmm03ojygsG0nLzTEP7DoRWfo&#10;0muoB+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ib/LZvXVlgVcyFxnL3K5P5fWPl8erUvGKg7+wTy&#10;hyNFssG68uoJG3fBjA32AUvE2RhVPF9VVKNnkj6uV8u8KNacSfIVq3UUORNlOiuPzn9WEOOI05Pz&#10;Uw3qZIk2WXI0yUSqZKihjjX0nFENkTOq4X6qoRU+nAvkgsmGGZH2wiM4ezipHUSYDykEtsvbFWcp&#10;EWL6htFmjqUGmqGSL71tjDdhivxjEXhRsORO7wk2v/avwEnNFE5qcGq6KeQdr7xqQdfP1Xagu/qx&#10;0zqk7/Cwv9fITiKMRnwujGew2AlT8UMb7KE+vyAbaF4q7n4eBSrO9BdDDRmGKxmYjH0y0Ot7iCMY&#10;lUfnd+N3gZZZMivuqXeeIbW7KFNbEP8AmLDhpIFPRw9NF3omcpsYXTY0IzH/yzyHIZzvI+rtr7P9&#10;BQAA//8DAFBLAwQUAAYACAAAACEAnfRLj+EAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrD&#10;QBCG74LvsIzgzW7U2E1jNqWI4kEotLaCt20yJqHZ2ZDdJrFP73jS4z/z8c832XKyrRiw940jDbez&#10;CARS4cqGKg2795ebBIQPhkrTOkIN3+hhmV9eZCYt3UgbHLahElxCPjUa6hC6VEpf1GiNn7kOiXdf&#10;rrcmcOwrWfZm5HLbyrsomktrGuILtenwqcbiuD1ZDW/n5rwZX4dovao+VaLoWe4/jlpfX02rRxAB&#10;p/AHw68+q0POTgd3otKLlvP9QjGqIYljEAwslJqDOPDgIQaZZ/L/B/kPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhABizngQhAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAJ30S4/hAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -11933,51 +12187,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="26C78184" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -12031,51 +12285,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="4EC06517" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="22"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -12129,139 +12383,156 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="45F30FC7" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="18B118C4" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="70"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="5D0FD804" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="551"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="551" w:hanging="408"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="3.3_HINWEISSCHILDER"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>HINWEISSCHILDER</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="43DEEFDD" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="24"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="5AA4C607" w14:textId="11615259" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="7E4DE516" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="15"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7082285F" wp14:editId="4C53A8C4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172050</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="98" name="Graphic 98"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -12288,69 +12559,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="077B529C" id="Graphic 98" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDj1o3AMQIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07aNViNOMXQosWA&#10;oivQFDsrshwbk0VNVGLn70fJluttpw3LQabEJ+qRj8zmpm81OymHDZiCrxZLzpSRUDbmUPDX3f2H&#10;T5yhF6YUGowq+Fkhv9m+f7fpbK4uoAZdKscoiMG8swWvvbd5lqGsVStwAVYZclbgWuFp6w5Z6URH&#10;0VudXSyX66wDV1oHUiHS6d3g5NsYv6qU9F+rCpVnuuDEzcfVxXUf1my7EfnBCVs3cqQh/oFFKxpD&#10;j06h7oQX7OiaP0K1jXSAUPmFhDaDqmqkijlQNqvlb9m81MKqmAsVB+1UJvx/YeXT6dmxpiz4NSll&#10;REsaPYzloBMqT2cxJ9SLfXYhQbSPIL8jObJfPGGDI6avXBuwlB7rY63PU61V75mkw6vL1Wr1kSSR&#10;5FtfXkUpMpGnu/KI/kFBjCNOj+gHpcpkiTpZsjfJdKR3UFpHpT1npLTjjJTeD0pb4cO9QC6YrJsR&#10;qUcewdnCSe0gwnxIYWKbEiGmbxht5ljKaYZKvvS1Md6AWS+v14EXBUvu9B1g82f/CpyqmcJJDaiG&#10;l0Le8cmpFvT8vNoIuinvG61D+ugO+1vt2EmEAYq/kfEMFjthED+0wR7KMzVVR21UcPxxFE5xpr8Y&#10;atswgslwydgnw3l9C3FQY+Ud+l3/TTjLLJkF99Q7T5CGQuSpLYh/AAzYcNPA56OHqgk9E7kNjMYN&#10;TVLMf5z6MKrzfUS9/TdtfwIAAP//AwBQSwMEFAAGAAgAAAAhAGa5Xw3gAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FPwzAMhe9I+w+RkbixpBPQ0TWdKjQOQ3BgINBuWWPaao1TNelW/j3mBCfr&#10;2U/P38vXk+vECYfQetKQzBUIpMrblmoN72+P10sQIRqypvOEGr4xwLqYXeQms/5Mr3jaxVpwCIXM&#10;aGhi7DMpQ9WgM2HueyS+ffnBmchyqKUdzJnDXScXSt1JZ1riD43p8aHB6rgbnYbnstzUTy/j9rNU&#10;atrIrd1/+Kj11eVUrkBEnOKfGX7xGR0KZjr4kWwQHeubJGGrhkXKkw33aXoL4sCLZQKyyOX/BsUP&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOPWjcAxAgAA4wQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGa5Xw3gAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAiwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="1F064F09" id="Graphic 98" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn69lPz9/L15PrxAmH0HrSkMwVCKTK&#10;25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiFzGhoYuwzKUPVoDNh7nskvn35wZnI&#10;cqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/azVGrayK3df/io9dXlVK5ARJzinxl+&#10;8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbFDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBj+N8bHQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="407E428A" wp14:editId="46CB9215">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>353393</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="99" name="Graphic 99"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -12377,69 +12648,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="312D1D2D" id="Graphic 99" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6pu6CMQIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxy3a9AacYqhRYsB&#10;RVegGXZWZDk2JosapcTOvx8lW6m3nTYsB5kSn6j3+JH17dBpdlToWjAlzxdLzpSRULVmX/Kv24cP&#10;15w5L0wlNBhV8pNy/Hbz/t26t4W6gAZ0pZBREOOK3pa88d4WWeZkozrhFmCVIWcN2AlPW9xnFYqe&#10;onc6u1guV1kPWFkEqZyj0/vRyTcxfl0r6b/UtVOe6ZITNx9XjOsurNlmLYo9Ctu0cqIh/oFFJ1pD&#10;j55D3Qsv2AHbP0J1rURwUPuFhC6Dum6lihpITb78Tc1rI6yKWig5zp7T5P5fWPl8fEHWViW/ueHM&#10;iI5q9Dilg04oPb11BaFe7QsGgc4+gfzuyJH94gkbN2GGGruAJXlsiLk+nXOtBs8kHV5d5nn+kUoi&#10;ybe6vIqlyESR7sqD848KYhxxfHJ+rFSVLNEkSw4mmUj1DpXWsdKeM6o0ckaV3o2VtsKHe4FcMFk/&#10;I9JMPIKzg6PaQoT5IOHMNgkhpm8YbeZY0jRDJV/62hhvxKzy5XXgRcGSO31H2PzZvwKnbKZwUoNT&#10;40tBd3zynAt6fp5tB7qtHlqtg3yH+92dRnYUYYDib2I8g8VOGIsf2mAH1Ymaqqc2Krn7cRCoONOf&#10;DbVtGMFkYDJ2yUCv7yAOasw8Or8dvgm0zJJZck+98wxpKESR2oL4B8CIDTcNfDp4qNvQM5HbyGja&#10;0CRF/dPUh1Gd7yPq7b9p8xMAAP//AwBQSwMEFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sKaIrK02nCo3DEBwYaIhb1pi2onGqJt3K22NOcPzt&#10;T78/F+vZ9eKIY+g8aUgWCgRS7W1HjYa314erWxAhGrKm94QavjHAujw/K0xu/Yle8LiLjeASCrnR&#10;0MY45FKGukVnwsIPSLz79KMzkePYSDuaE5e7Xl4rtZTOdMQXWjPgfYv1125yGp6qatM8Pk/b90qp&#10;eSO39mPvo9aXF3N1ByLiHP9g+NVndSjZ6eAnskH0nG+ShFENaZqBYGCVZSmIAw+WGciykP8/KH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAeqbugjECAADjBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA5V2V5d8AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACLBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="4D210F42" id="Graphic 99" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRcXSFHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNSiMOMXQosOA&#10;oivQDDsrshwbk0VNVGLn70fJlmtspw3zQabMJ+rxkfT2bug0OyuHLZiS56s1Z8pIqFpzLPm3/eOH&#10;W87QC1MJDUaV/KKQ3+3ev9v2tlBX0ICulGMUxGDR25I33tsiy1A2qhO4AqsMOWtwnfC0dcescqKn&#10;6J3OrtbrTdaDq6wDqRDp68Po5LsYv66V9F/rGpVnuuTEzcfVxfUQ1my3FcXRCdu0cqIh/oFFJ1pD&#10;l86hHoQX7OTaP0J1rXSAUPuVhC6Dum6lijlQNvn6t2xeG2FVzIXEQTvLhP8vrHw+v9oXF6ijfQL5&#10;A0mRrLdYzJ6wwQkz1K4LWCLOhqjiZVZRDZ5J+nhznef5RxJbkm9zfRNFzkSRzsoT+s8KYhxxfkI/&#10;1qBKlmiSJQeTTEeVDDXUsYaeM6qh44xqeBhraIUP5wK5YLJ+QaSZeARnB2e1hwjzIYWZbUqEmL5h&#10;tFliKacFKvnS28Z4I2aTr28DLwqW3Ok9wpbX/hU4qZnCSQ2oxptC3vHKWQu6fqk2gm6rx1brkD66&#10;4+FeO3YWYTTiMzFewGInjMUPbXCA6vLiWE/zUnL8eRJOcaa/GGrIMFzJcMk4JMN5fQ9xBKPyDv1+&#10;+C6cZZbMknvqnWdI7S6K1BbEPwBGbDhp4NPJQ92GnoncRkbThmYk5j/NcxjC5T6i3v46u18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDlXZXl3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiKytNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK7WUznTEF1oz4H2L9dduchqeqmrTPD5P2/dKqXkjt/Zj76PWlxdzdQci4hz/YPjV&#10;Z3Uo2engJ7JB9JxvkoRRDWmagWBglWUpiAMPlhnIspD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJFxdIUdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AB00354" wp14:editId="1D7C5CDF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>534762</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="100" name="Graphic 100"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -12466,51 +12737,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6706AC25" id="Graphic 100" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.1pt;width:418.95pt;height:.5pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAliKUVNQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosWA&#10;oivQDDsrshwbk0WNUuL070fJVuptpw3LQabEJ+rxkczm5txrdlLoOjAVv1rknCkjoe7MoeJfd/cf&#10;rjlzXphaaDCq4q/K8Zvt+3ebwZZqCS3oWiGjIMaVg614670ts8zJVvXCLcAqQ84GsBeetnjIahQD&#10;Re91tszzIhsAa4sglXN0ejc6+TbGbxol/ZemccozXXHi5uOKcd2HNdtuRHlAYdtOTjTEP7DoRWfo&#10;0UuoO+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ir/LZuXVlgVcyFxnL3I5P5fWPl0ekbW1VS7nPQx&#10;oqciPUx6hCMSaLCuJNyLfcaQorOPIL87cmS/eMLGTZhzg33AUoLsHNV+vaitzp5JOlyvlnlRrDmT&#10;5CtW6/hWJsp0Vx6df1AQ44jTo/NjrepkiTZZ8mySiVTxUGsda+05o1ojZ1Tr/VhrK3y4F8gFkw0z&#10;Iu3EIzh7OKkdRJgPKQS2y+sVZykRYvqG0WaOJSFnqORLXxvjjZgi/1gEXhQsudN3hM2f/StwUjOF&#10;kxqcGl8KeccnL1rQ83O1Heiuvu+0Duk7POxvNbKTCCMUfxPjGSx2wlj80AZ7qF+prQbqo4q7H0eB&#10;ijP92VDjhiFMBiZjnwz0+hbiqEbl0fnd+ZtAyyyZFffUO0+QxkKUqS2IfwCM2HDTwKejh6YLPRO5&#10;jYymDc1SzH+a+zCs831Evf07bX8CAAD//wMAUEsDBBQABgAIAAAAIQByCFfb4QAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BSsNAEIbvgu+wjODNbozaTWM2pYjiQSi0toK3bTImodnZkN0msU/v&#10;eNLjP/PxzzfZcrKtGLD3jSMNt7MIBFLhyoYqDbv3l5sEhA+GStM6Qg3f6GGZX15kJi3dSBsctqES&#10;XEI+NRrqELpUSl/UaI2fuQ6Jd1+utyZw7CtZ9mbkctvKOIrm0pqG+EJtOnyqsThuT1bD27k5b8bX&#10;IVqvqk+VKHqW+4+j1tdX0+oRRMAp/MHwq8/qkLPTwZ2o9KLlfLdQjGpI7mMQDCyUmoM48OAhBpln&#10;8v8H+Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJYilFTUCAADlBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcghX2+EAAAAJAQAADwAAAAAA&#10;AAAAAAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="6B21F87B" id="Graphic 100" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.1pt;width:418.95pt;height:.5pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYs54EIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfTmbuw1Oyl0HZiK3yxyzpSRUHfmUPFvu8cP&#10;t5w5L0wtNBhV8bNy/G77/t1msKVaQgu6VsgoiHHlYCveem/LLHOyVb1wC7DKkLMB7IWnLR6yGsVA&#10;0XudLfO8yAbA2iJI5Rx9fZicfBvjN42S/mvTOOWZrjhx83HFuO7Dmm03ojygsG0nLzTEP7DoRWfo&#10;0muoB+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ib/LZvXVlgVcyFxnL3K5P5fWPl8erUvGKg7+wTy&#10;hyNFssG68uoJG3fBjA32AUvE2RhVPF9VVKNnkj6uV8u8KNacSfIVq3UUORNlOiuPzn9WEOOI05Pz&#10;Uw3qZIk2WXI0yUSqZKihjjX0nFENkTOq4X6qoRU+nAvkgsmGGZH2wiM4ezipHUSYDykEtsvbFWcp&#10;EWL6htFmjqUGmqGSL71tjDdhivxjEXhRsORO7wk2v/avwEnNFE5qcGq6KeQdr7xqQdfP1Xagu/qx&#10;0zqk7/Cwv9fITiKMRnwujGew2AlT8UMb7KE+vyAbaF4q7n4eBSrO9BdDDRmGKxmYjH0y0Ot7iCMY&#10;lUfnd+N3gZZZMivuqXeeIbW7KFNbEP8AmLDhpIFPRw9NF3omcpsYXTY0IzH/yzyHIZzvI+rtr7P9&#10;BQAA//8DAFBLAwQUAAYACAAAACEAcghX2+EAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrD&#10;QBCG74LvsIzgzW6M2k1jNqWI4kEotLaCt20yJqHZ2ZDdJrFP73jS4z/z8c832XKyrRiw940jDbez&#10;CARS4cqGKg2795ebBIQPhkrTOkIN3+hhmV9eZCYt3UgbHLahElxCPjUa6hC6VEpf1GiNn7kOiXdf&#10;rrcmcOwrWfZm5HLbyjiK5tKahvhCbTp8qrE4bk9Ww9u5OW/G1yFar6pPlSh6lvuPo9bXV9PqEUTA&#10;KfzB8KvP6pCz08GdqPSi5Xy3UIxqSO5jEAwslJqDOPDgIQaZZ/L/B/kPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhABizngQhAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAHIIV9vhAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -12563,51 +12834,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="0D5A8870" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -12661,51 +12932,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="6530E583" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -12759,70 +13030,70 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="1FE1AE9B" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="2FF425E2" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="171"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
+    <w:p w14:paraId="445E2412" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="708"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="7C738F"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="7C738F"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>BETRIEBSGELÄNDE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="7C738F"/>
@@ -12832,143 +13103,160 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="7C738F"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>INKLUSIVE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="7C738F"/>
           <w:spacing w:val="69"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="7C738F"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>TIERBEREICH</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="6A9A9FA0" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="15"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="48EABC34" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="549"/>
         </w:tabs>
         <w:ind w:left="549" w:hanging="406"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="4.1_BAULICHE_GEGEBENHEITEN"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>BAULICHE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>GEGEBENHEITEN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="7042F320" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="24"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="53760377" w14:textId="0C9085DE" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="716FDB59" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="15"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4703A90F" wp14:editId="72797A50">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172329</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="101" name="Graphic 101"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -12995,69 +13283,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7A769417" id="Graphic 101" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDaWvraMgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7bbJdiMOMXQosWA&#10;oivQDDsrshwbk0VNVOLk70fJVuptpw3LQabEJ+qRj8z65tRrdlQOOzAVLxY5Z8pIqDuzr/jX7f27&#10;D5yhF6YWGoyq+Fkhv9m8fbMebKmuoAVdK8coiMFysBVvvbdllqFsVS9wAVYZcjbgeuFp6/ZZ7cRA&#10;0XudXeX5KhvA1daBVIh0ejc6+SbGbxol/ZemQeWZrjhx83F1cd2FNdusRbl3wradnGiIf2DRi87Q&#10;o5dQd8ILdnDdH6H6TjpAaPxCQp9B03RSxRwomyL/LZuXVlgVc6HioL2UCf9fWPl0fHasq0m7vODM&#10;iJ5EepjqEY6oQIPFknAv9tmFFNE+gvyO5Mh+8YQNTphT4/qApQTZKVb7fKm2Onkm6XB5XRTFexJF&#10;km91vYxiZKJMd+UB/YOCGEccH9GPWtXJEm2y5Mkk05HiQWsdtfackdaOM9J6N2pthQ/3ArlgsmFG&#10;pJ14BGcPR7WFCPMhhQvblAgxfcVoM8dSTjNU8qWvjfFGzCr/uAy8KFhyp+8Imz/7V+BUzRROakA1&#10;vhTyjk9eakHPz6uNoLv6vtM6pI9uv7vVjh1FGKH4mxjPYLETRvFDG+ygPlNbDdRHFccfB+EUZ/qz&#10;ocYNQ5gMl4xdMpzXtxBHNVbeod+evglnmSWz4p565wnSWIgytQXxD4ARG24a+HTw0HShZyK3kdG0&#10;oVmK+U9zH4Z1vo+o13+nzU8AAAD//wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT8MwDIXvSPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn&#10;69lPz9/L15PrxAmH0HrSkMwVCKTK25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiF&#10;zGhoYuwzKUPVoDNh7nskvn35wZnIcqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/az&#10;VGrayK3df/io9dXlVK5ARJzinxl+8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbF&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDaWvraMgIAAOUEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5311140,l,,,6095r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="7FDF717F" id="Graphic 101" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtyGaCHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07aJdiMOMXQosOA&#10;oivQDD0rshwbk0WNUmLn70fJlmtspw7zQabMJ+rxkfT2pm81Oyt0DZiCrxZLzpSRUDbmWPAf+/sP&#10;nzhzXphSaDCq4Bfl+M3u/bttZ3N1BTXoUiGjIMblnS147b3Ns8zJWrXCLcAqQ84KsBWetnjMShQd&#10;RW91drVcbrIOsLQIUjlHX+8GJ9/F+FWlpP9eVU55pgtO3HxcMa6HsGa7rciPKGzdyJGG+AcWrWgM&#10;XTqFuhNesBM2f4VqG4ngoPILCW0GVdVIFXOgbFbLP7J5roVVMRcSx9lJJvf/wsrH87N9wkDd2QeQ&#10;Px0pknXW5ZMnbNyI6StsA5aIsz6qeJlUVL1nkj6ur1er1UcSW5Jvc72OImciT2flyfmvCmIccX5w&#10;fqhBmSxRJ0v2JplIlQw11LGGnjOqIXJGNTwMNbTCh3OBXDBZNyNSjzyCs4Wz2kOE+ZDCxDYlQkxf&#10;MdrMsZTTDJV86W1jvAGzWX5eB14ULLnTe4DNr30TOKmZwkkNTg03hbzjlZMWdP1cbQe6Ke8brUP6&#10;Do+HW43sLMJoxGdkPIPFThiKH9rgAOXlCVlH81Jw9+skUHGmvxlqyDBcycBkHJKBXt9CHMGoPDq/&#10;718EWmbJLLin3nmE1O4iT21B/ANgwIaTBr6cPFRN6JnIbWA0bmhGYv7jPIchnO8j6vWvs/sNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn69lPz9/L15PrxAmH0HrSkMwVCKTK&#10;25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiFzGhoYuwzKUPVoDNh7nskvn35wZnI&#10;cqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/azVGrayK3df/io9dXlVK5ARJzinxl+&#10;8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbFDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAtyGaCHQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5311140,l,,,6095r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39565569" wp14:editId="40176AD8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>353672</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="102" name="Graphic 102"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -13084,69 +13372,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4E074B2E" id="Graphic 102" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4GQAHMQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3bSNSiMOMXQosWA&#10;oivQDDsrshwbk0WNUmLn70fJVuptpw3LQabEJ+qRj8zmdug0Oyl0LZiSLxc5Z8pIqFpzKPnX3cOH&#10;G86cF6YSGowq+Vk5frt9/27T20KtoAFdKWQUxLiityVvvLdFljnZqE64BVhlyFkDdsLTFg9ZhaKn&#10;6J3OVnm+znrAyiJI5Ryd3o9Ovo3x61pJ/6WunfJMl5y4+bhiXPdhzbYbURxQ2KaVEw3xDyw60Rp6&#10;9BLqXnjBjtj+EaprJYKD2i8kdBnUdStVzIGyWea/ZfPaCKtiLlQcZy9lcv8vrHw+vSBrK9IuX3Fm&#10;REciPU71CEdUoN66gnCv9gVDis4+gfzuyJH94gkbN2GGGruApQTZEKt9vlRbDZ5JOry+Wi6XH0kU&#10;Sb711XUUIxNFuiuPzj8qiHHE6cn5UasqWaJJlhxMMpEUD1rrqLXnjLRGzkjr/ai1FT7cC+SCyfoZ&#10;kWbiEZwdnNQOIsyHFC5sUyLE9A2jzRxLOc1QyZe+NsYbMetlfhN4UbDkTt8RNn/2r8Cpmimc1ODU&#10;+FLIOz55qQU9P6+2A91WD63WIX2Hh/2dRnYSYYTib2I8g8VOGMUPbbCH6kxt1VMfldz9OApUnOnP&#10;hho3DGEyMBn7ZKDXdxBHNVYend8N3wRaZsksuafeeYY0FqJIbUH8A2DEhpsGPh091G3omchtZDRt&#10;aJZi/tPch2Gd7yPq7d9p+xMAAP//AwBQSwMEFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sKaIrK02nCo3DEBwYaIhb1pi2onGqJt3K22NOcPzt&#10;T78/F+vZ9eKIY+g8aUgWCgRS7W1HjYa314erWxAhGrKm94QavjHAujw/K0xu/Yle8LiLjeASCrnR&#10;0MY45FKGukVnwsIPSLz79KMzkePYSDuaE5e7Xl4rtZTOdMQXWjPgfYv1125yGp6qatM8Pk/b90qp&#10;eSO39mPvo9aXF3N1ByLiHP9g+NVndSjZ6eAnskH0nG+ShFENaZqBYGCVZSmIAw+WGciykP8/KH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOBkABzECAADlBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA5V2V5d8AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACLBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="4AF7107E" id="Graphic 102" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRcXSFHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNSiMOMXQosOA&#10;oivQDDsrshwbk0VNVGLn70fJlmtspw3zQabMJ+rxkfT2bug0OyuHLZiS56s1Z8pIqFpzLPm3/eOH&#10;W87QC1MJDUaV/KKQ3+3ev9v2tlBX0ICulGMUxGDR25I33tsiy1A2qhO4AqsMOWtwnfC0dcescqKn&#10;6J3OrtbrTdaDq6wDqRDp68Po5LsYv66V9F/rGpVnuuTEzcfVxfUQ1my3FcXRCdu0cqIh/oFFJ1pD&#10;l86hHoQX7OTaP0J1rXSAUPuVhC6Dum6lijlQNvn6t2xeG2FVzIXEQTvLhP8vrHw+v9oXF6ijfQL5&#10;A0mRrLdYzJ6wwQkz1K4LWCLOhqjiZVZRDZ5J+nhznef5RxJbkm9zfRNFzkSRzsoT+s8KYhxxfkI/&#10;1qBKlmiSJQeTTEeVDDXUsYaeM6qh44xqeBhraIUP5wK5YLJ+QaSZeARnB2e1hwjzIYWZbUqEmL5h&#10;tFliKacFKvnS28Z4I2aTr28DLwqW3Ok9wpbX/hU4qZnCSQ2oxptC3vHKWQu6fqk2gm6rx1brkD66&#10;4+FeO3YWYTTiMzFewGInjMUPbXCA6vLiWE/zUnL8eRJOcaa/GGrIMFzJcMk4JMN5fQ9xBKPyDv1+&#10;+C6cZZbMknvqnWdI7S6K1BbEPwBGbDhp4NPJQ92GnoncRkbThmYk5j/NcxjC5T6i3v46u18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDlXZXl3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiKytNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK7WUznTEF1oz4H2L9dduchqeqmrTPD5P2/dKqXkjt/Zj76PWlxdzdQci4hz/YPjV&#10;Z3Uo2engJ7JB9JxvkoRRDWmagWBglWUpiAMPlhnIspD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJFxdIUdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D6AC82B" wp14:editId="648E0272">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>535041</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="103" name="Graphic 103"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -13173,51 +13461,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="105EADC6" id="Graphic 103" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.15pt;width:418.95pt;height:.5pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7ck3PNQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosWA&#10;oivQDDsrshwbk0WNUuL070fJVuptpw3LQabEJ+qRj8zm5txrdlLoOjAVv1rknCkjoe7MoeJfd/cf&#10;rjlzXphaaDCq4q/K8Zvt+3ebwZZqCS3oWiGjIMaVg614670ts8zJVvXCLcAqQ84GsBeetnjIahQD&#10;Re91tszzIhsAa4sglXN0ejc6+TbGbxol/ZemccozXXHi5uOKcd2HNdtuRHlAYdtOTjTEP7DoRWfo&#10;0UuoO+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ir/LZuXVlgVc6HiOHspk/t/YeXT6RlZV5N2+Yoz&#10;I3oS6WGqRziiAg3WlYR7sc8YUnT2EeR3R47sF0/YuAlzbrAPWEqQnWO1Xy/VVmfPJB2uV8u8KNac&#10;SfIVq3UUIxNluiuPzj8oiHHE6dH5Uas6WaJNljybZCIpHrTWUWvPGWmNnJHW+1FrK3y4F8gFkw0z&#10;Iu3EIzh7OKkdRJgPKQS2y2sqUUqEmL5htJljqdFmqORLXxvjjZgi/1gEXhQsudN3hM2f/StwqmYK&#10;JzU4Nb4U8o5PXmpBz8+r7UB39X2ndUjf4WF/q5GdRBih+JsYz2CxE0bxQxvsoX6lthqojyrufhwF&#10;Ks70Z0ONG4YwGZiMfTLQ61uIoxorj87vzt8EWmbJrLin3nmCNBaiTG1B/ANgxIabBj4dPTRd6JnI&#10;bWQ0bWiWYv7T3Idhne8j6u3fafsTAAD//wMAUEsDBBQABgAIAAAAIQC/XMWZ4QAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BSsNAEIbvgu+wjODNbjTaTWM2pYjiQSi0toK3bTImodnZkN0msU/v&#10;eNLjP/PxzzfZcrKtGLD3jSMNt7MIBFLhyoYqDbv3l5sEhA+GStM6Qg3f6GGZX15kJi3dSBsctqES&#10;XEI+NRrqELpUSl/UaI2fuQ6Jd1+utyZw7CtZ9mbkctvKuyiaS2sa4gu16fCpxuK4PVkNb+fmvBlf&#10;h2i9qj5VouhZ7j+OWl9fTatHEAGn8AfDrz6rQ85OB3ei0ouWc7xQjGpI7mMQDCyUmoM48OAhBpln&#10;8v8H+Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAe3JNzzUCAADlBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAv1zFmeEAAAAJAQAADwAAAAAA&#10;AAAAAAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="68B684B5" id="Graphic 103" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.15pt;width:418.95pt;height:.5pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYs54EIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfTmbuw1Oyl0HZiK3yxyzpSRUHfmUPFvu8cP&#10;t5w5L0wtNBhV8bNy/G77/t1msKVaQgu6VsgoiHHlYCveem/LLHOyVb1wC7DKkLMB7IWnLR6yGsVA&#10;0XudLfO8yAbA2iJI5Rx9fZicfBvjN42S/mvTOOWZrjhx83HFuO7Dmm03ojygsG0nLzTEP7DoRWfo&#10;0muoB+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ib/LZvXVlgVcyFxnL3K5P5fWPl8erUvGKg7+wTy&#10;hyNFssG68uoJG3fBjA32AUvE2RhVPF9VVKNnkj6uV8u8KNacSfIVq3UUORNlOiuPzn9WEOOI05Pz&#10;Uw3qZIk2WXI0yUSqZKihjjX0nFENkTOq4X6qoRU+nAvkgsmGGZH2wiM4ezipHUSYDykEtsvbFWcp&#10;EWL6htFmjqUGmqGSL71tjDdhivxjEXhRsORO7wk2v/avwEnNFE5qcGq6KeQdr7xqQdfP1Xagu/qx&#10;0zqk7/Cwv9fITiKMRnwujGew2AlT8UMb7KE+vyAbaF4q7n4eBSrO9BdDDRmGKxmYjH0y0Ot7iCMY&#10;lUfnd+N3gZZZMivuqXeeIbW7KFNbEP8AmLDhpIFPRw9NF3omcpsYXTY0IzH/yzyHIZzvI+rtr7P9&#10;BQAA//8DAFBLAwQUAAYACAAAACEAv1zFmeEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrD&#10;QBCG74LvsIzgzW402k1jNqWI4kEotLaCt20yJqHZ2ZDdJrFP73jS4z/z8c832XKyrRiw940jDbez&#10;CARS4cqGKg2795ebBIQPhkrTOkIN3+hhmV9eZCYt3UgbHLahElxCPjUa6hC6VEpf1GiNn7kOiXdf&#10;rrcmcOwrWfZm5HLbyrsomktrGuILtenwqcbiuD1ZDW/n5rwZX4dovao+VaLoWe4/jlpfX02rRxAB&#10;p/AHw68+q0POTgd3otKLlnO8UIxqSO5jEAwslJqDOPDgIQaZZ/L/B/kPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhABizngQhAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAL9cxZnhAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -13270,51 +13558,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="6B3ECD7B" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -13368,51 +13656,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="635DD41A" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -13466,51 +13754,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="219EE35B" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:spacing w:before="210"/>
         <w:ind w:left="566" w:hanging="423"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="4.2_WEITERE_VORGABEN_FÜR_REINIGUNG_UND_D"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>WEITERE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="18"/>
@@ -13560,97 +13848,114 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>UND</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>DESINFEKTION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="6784E1D6" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="25"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="6FD8CF64" w14:textId="5D3AAE32" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="6B992ACF" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="14"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3700ADAD" wp14:editId="30138CA8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>171965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="104" name="Graphic 104"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -13677,69 +13982,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0815E09E" id="Graphic 104" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3Ygv3MgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+z0I1iNOMXQosWA&#10;oivQDDsrshwbk0VNVGLn34+SrdTbThuWg0yJT9QjH5n17dBpdlQOWzAlXy5yzpSRULVmX/Kv24cP&#10;HzlDL0wlNBhV8pNCfrt5/27d20JdQAO6Uo5REINFb0veeG+LLEPZqE7gAqwy5KzBdcLT1u2zyome&#10;onc6u8jzVdaDq6wDqRDp9H508k2MX9dK+i91jcozXXLi5uPq4roLa7ZZi2LvhG1aOdEQ/8CiE62h&#10;R8+h7oUX7ODaP0J1rXSAUPuFhC6Dum6lijlQNsv8t2xeG2FVzIWKg/ZcJvx/YeXz8cWxtiLt8ivO&#10;jOhIpMepHuGICtRbLAj3al9cSBHtE8jvSI7sF0/Y4IQZatcFLCXIhljt07naavBM0uH15XK5vCJR&#10;JPlWl9dRjEwU6a48oH9UEOOI4xP6UasqWaJJlhxMMh0pHrTWUWvPGWntOCOtd6PWVvhwL5ALJutn&#10;RJqJR3B2cFRbiDAfUjizTYkQ0zeMNnMs5TRDJV/62hhvxKzym1XgRcGSO31H2PzZvwKnaqZwUgOq&#10;8aWQd3zyXAt6fl5tBN1WD63WIX10+92dduwowgjF38R4BoudMIof2mAH1Ynaqqc+Kjn+OAinONOf&#10;DTVuGMJkuGTskuG8voM4qrHyDv12+CacZZbMknvqnWdIYyGK1BbEPwBGbLhp4NPBQ92GnoncRkbT&#10;hmYp5j/NfRjW+T6i3v6dNj8BAAD//wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT8MwDIXvSPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn&#10;69lPz9/L15PrxAmH0HrSkMwVCKTK25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiF&#10;zGhoYuwzKUPVoDNh7nskvn35wZnIcqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/az&#10;VGrayK3df/io9dXlVK5ARJzinxl+8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbF&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA3Ygv3MgIAAOUEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="12737958" id="Graphic 104" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn69lPz9/L15PrxAmH0HrSkMwVCKTK&#10;25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiFzGhoYuwzKUPVoDNh7nskvn35wZnI&#10;cqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/azVGrayK3df/io9dXlVK5ARJzinxl+&#10;8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbFDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBj+N8bHQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7907D574" wp14:editId="3C94CDD5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>354845</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="105" name="Graphic 105"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -13766,69 +14071,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6C014509" id="Graphic 105" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.95pt;width:418.2pt;height:.5pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9y6y+MgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3baJdiMOMXQosWA&#10;oivQDDsrshwbk0WNUmLn70fJVuptpw3LQabEJ+qRj8zmZug0Oyl0LZiSLxc5Z8pIqFpzKPnX3f27&#10;D5w5L0wlNBhV8rNy/Gb79s2mt4W6ggZ0pZBREOOK3pa88d4WWeZkozrhFmCVIWcN2AlPWzxkFYqe&#10;onc6u8rzddYDVhZBKufo9G508m2MX9dK+i917ZRnuuTEzccV47oPa7bdiOKAwjatnGiIf2DRidbQ&#10;o5dQd8ILdsT2j1BdKxEc1H4hocugrlupYg6UzTL/LZuXRlgVc6HiOHspk/t/YeXT6RlZW5F2+Yoz&#10;IzoS6WGqRziiAvXWFYR7sc8YUnT2EeR3R47sF0/YuAkz1NgFLCXIhljt86XaavBM0uHqerlcvidR&#10;JPnW16soRiaKdFcenX9QEOOI06Pzo1ZVskSTLDmYZCIpHrTWUWvPGWmNnJHW+1FrK3y4F8gFk/Uz&#10;Is3EIzg7OKkdRJgPKVzYpkSI6StGmzmWcpqhki99bYw3Ytb5x3XgRcGSO31H2PzZvwKnaqZwUoNT&#10;40sh7/jkpRb0/LzaDnRb3bdah/QdHva3GtlJhBGKv4nxDBY7YRQ/tMEeqjO1VU99VHL34yhQcaY/&#10;G2rcMITJwGTsk4Fe30Ic1Vh5dH43fBNomSWz5J565wnSWIgitQXxD4ARG24a+HT0ULehZyK3kdG0&#10;oVmK+U9zH4Z1vo+o13+n7U8AAAD//wMAUEsDBBQABgAIAAAAIQChDYjI3wAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLCmiGy1NpwqNwxA7MBCIW9aYtqJxqibdyttjTnD8&#10;7U+/Pxfr2fXiiGPoPGlIFgoEUu1tR42G15eHq1sQIRqypveEGr4xwLo8PytMbv2JnvG4j43gEgq5&#10;0dDGOORShrpFZ8LCD0i8+/SjM5Hj2Eg7mhOXu15eK7WUznTEF1oz4H2L9dd+chqeqmrTPO6m7Xul&#10;1LyRW/vx5qPWlxdzdQci4hz/YPjVZ3Uo2engJ7JB9JxvkoRRDWmagWAgW61SEAceLDOQZSH/f1D+&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAP3LrL4yAgAA5QQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKENiMjfAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="054E83BB" id="Graphic 105" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.95pt;width:418.2pt;height:.5pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQChDYjI3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiGy1NpwqNwxA7MBCIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42G15eHq1sQIRqypveEGr4xwLo8PytMbv2JnvG4j43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK7WUznTEF1oz4H2L9dd+chqeqmrTPO6m7Xul1LyRW/vx5qPWlxdzdQci4hz/YPjV&#10;Z3Uo2engJ7JB9JxvkoRRDWmagWAgW61SEAceLDOQZSH/f1D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGP43xsdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKENiMjfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33A9469C" wp14:editId="0006AD89">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>536189</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="106" name="Graphic 106"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -13855,51 +14160,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4D1EF341" id="Graphic 106" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.2pt;width:418.95pt;height:.5pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAq867lNQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X+wkihVZcaqpVatJ&#10;VVeprfZMMI7RMMeAxM6/34FN6m1Pm5YHfHAfx3f33WV3M3SKnIV1EnRFl4ucEqE51FIfK/r2ev9p&#10;S4nzTNdMgRYVvQhHb/YfP+x6U4oVtKBqYQkG0a7sTUVb702ZZY63omNuAUZodDZgO+Zxa49ZbVmP&#10;0TuVrfK8yHqwtbHAhXN4ejc66T7GbxrB/demccITVVHk5uNq43oIa7bfsfJomWkln2iwf2DRManx&#10;0WuoO+YZOVn5R6hOcgsOGr/g0GXQNJKLmANms8x/y+alZUbEXLA4zlzL5P5fWP50frZE1qhdXlCi&#10;WYciPUz1CEdYoN64EnEv5tmGFJ15BP7doSP7xRM2bsIMje0CFhMkQ6z25VptMXjC8XCzXuVFsaGE&#10;o69Yb6IYGSvTXX5y/kFAjMPOj86PWtXJYm2y+KCTaVHxoLWKWntKUGtLCWp9GLU2zId7gVwwST8j&#10;0k48grODs3iFCPMhhcB2tV1TkhJBpu8YpedYbLQZKvnS18R4I6ZY5tvAC4Mld/qOsPmzfwVO1Uzh&#10;uAInxpdC3vHJay3w+Xm1HShZ30ulQvrOHg+3ypIzCyMUfxPjGSx2wih+aIMD1Bdsqx77qKLux4lZ&#10;QYn6orFxwxAmwybjkAzr1S3EUY2Vt86/Dt+YNcSgWVGPvfMEaSxYmdoC+QfAiA03NXw+eWhk6JnI&#10;bWQ0bXCWYv7T3Idhne8j6v3faf8TAAD//wMAUEsDBBQABgAIAAAAIQCd9EuP4QAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BSsNAEIbvgu+wjODNbtTYTWM2pYjiQSi0toK3bTImodnZkN0msU/v&#10;eNLjP/PxzzfZcrKtGLD3jSMNt7MIBFLhyoYqDbv3l5sEhA+GStM6Qg3f6GGZX15kJi3dSBsctqES&#10;XEI+NRrqELpUSl/UaI2fuQ6Jd1+utyZw7CtZ9mbkctvKuyiaS2sa4gu16fCpxuK4PVkNb+fmvBlf&#10;h2i9qj5VouhZ7j+OWl9fTatHEAGn8AfDrz6rQ85OB3ei0ouW8/1CMaohiWMQDCyUmoM48OAhBpln&#10;8v8H+Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKvOu5TUCAADlBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnfRLj+EAAAAJAQAADwAAAAAA&#10;AAAAAAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" path="m5320283,l,,,6108r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="2BB257C9" id="Graphic 106" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.2pt;width:418.95pt;height:.5pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqOjWaIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YSJAiMOMXQosOA&#10;oivQFDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfT2bug0Oyt0LZiSz2c5Z8pIqFpzLPnb/vHT&#10;hjPnhamEBqNKflGO3+0+ftj2tlALaEBXChkFMa7obckb722RZU42qhNuBlYZctaAnfC0xWNWoegp&#10;eqezRZ6vsx6wsghSOUdfH0Yn38X4da2k/1bXTnmmS07cfFwxroewZrutKI4obNPKKw3xDyw60Rq6&#10;9BbqQXjBTtj+EaprJYKD2s8kdBnUdStVzIGymee/ZfPaCKtiLiSOszeZ3P8LK5/Pr/YFA3Vnn0D+&#10;cKRI1ltX3Dxh466YocYuYIk4G6KKl5uKavBM0sfVcpGv1yvOJPnWy1UUORNFOitPzn9REOOI85Pz&#10;Yw2qZIkmWXIwyUSqZKihjjX0nFENkTOq4WGsoRU+nAvkgsn6CZHmyiM4OzirPUSYDykEtovNkrOU&#10;CDF9x2gzxVIDTVDJl942xhsx63m+CbwoWHKn9wibXvtX4KRmCic1ODXeFPKOV960oOunajvQbfXY&#10;ah3Sd3g83GtkZxFGIz5XxhNY7ISx+KENDlBdXpD1NC8ldz9PAhVn+quhhgzDlQxMxiEZ6PU9xBGM&#10;yqPz++G7QMssmSX31DvPkNpdFKktiH8AjNhw0sDnk4e6DT0TuY2MrhuakZj/dZ7DEE73EfX+19n9&#10;AgAA//8DAFBLAwQUAAYACAAAACEAnfRLj+EAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrD&#10;QBCG74LvsIzgzW7U2E1jNqWI4kEotLaCt20yJqHZ2ZDdJrFP73jS4z/z8c832XKyrRiw940jDbez&#10;CARS4cqGKg2795ebBIQPhkrTOkIN3+hhmV9eZCYt3UgbHLahElxCPjUa6hC6VEpf1GiNn7kOiXdf&#10;rrcmcOwrWfZm5HLbyrsomktrGuILtenwqcbiuD1ZDW/n5rwZX4dovao+VaLoWe4/jlpfX02rRxAB&#10;p/AHw68+q0POTgd3otKLlvP9QjGqIYljEAwslJqDOPDgIQaZZ/L/B/kPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAOo6NZohAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAJ30S4/hAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6108r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -13952,51 +14257,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="6E0C2E39" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="22"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -14050,51 +14355,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="6456379E" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -14148,97 +14453,98 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="5AA08C6D" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00F34FE5">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="860" w:right="566" w:bottom="760" w:left="1275" w:header="0" w:footer="565" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
+    <w:p w14:paraId="5C381E3E" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:before="75" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="4066" w:hanging="567"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="C25629"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251603968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251603968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B3C1299" wp14:editId="6AA24967">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>510539</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="816610" cy="151765"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="107" name="Graphic 107"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="816610" cy="151765"/>
                         </a:xfrm>
@@ -14265,67 +14571,67 @@
                               <a:lnTo>
                                 <a:pt x="816292" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="C25629"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="13D34CEB" id="Graphic 107" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:40.2pt;width:64.3pt;height:11.95pt;z-index:251603968;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="816610,151765" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDmm/AaOwIAAOgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2yAQvVfqPyDujeNUye5acVZVVruq&#10;tNqutKl6JhjHqJihQGLn7ztgk7jtqVUv9sA8D++9Gby+71tFTsI6Cbqk+WxOidAcKqkPJf26e/xw&#10;S4nzTFdMgRYlPQtH7zfv3607U4gFNKAqYQkW0a7oTEkb702RZY43omVuBkZoTNZgW+ZxaQ9ZZVmH&#10;1VuVLebzVdaBrYwFLpzD3YchSTexfl0L7r/UtROeqJIiNx+fNj734Zlt1qw4WGYayUca7B9YtExq&#10;PPRS6oF5Ro5W/lGqldyCg9rPOLQZ1LXkImpANfn8NzVvDTMiakFznLnY5P5fWf5yerVEVti7+Q0l&#10;mrXYpKfRj7CFBnXGFYh7M682SHTmGfh3h4nsl0xYuBHT17YNWBRI+uj2+eK26D3huHmbr1Y59oRj&#10;Kl/mN6tlOCxjRfqYH51/EhALsdOz80OzqhSxJkW81ym02PLQbBWb7SnBZltKsNn7odmG+fBdYBdC&#10;0l2ZNBciIdvCSewg4nwQgXwXdwtKkhJkeoUoPYWiqgkq5dLbxHIDBoXndx9H4QmQ3gNwcu7foeN0&#10;I8tUjitwYrA4KI9eX9xA3NRvB0pWj1KpoN/Zw36rLDkxNHa7WKIPI+MJLA7D0P8wCXuozjhZHY5S&#10;Sd2PI7OCEvVZ4+yGe5gCm4J9CqxXW4i3NVpvnd/135g1xGBYUo/j8wLpZrAiDQbyD4ABG77U8Ono&#10;oZZhaiK3gdG4wOsU9Y9XP9zX6Tqirj+ozU8AAAD//wMAUEsDBBQABgAIAAAAIQCCIqj02QAAAAcB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcELUpVolCnAoRIc60fMA23iZR43UU&#10;u3X4e9wT3HY0o5m31XZxo7jQHAbPBp5WCgRx6+3AnYHv/cdjASJEZIujZzLwQwG29e1NhaX1ib/o&#10;soudyCUcSjTQxziVUoa2J4dh5Sfi7B397DBmOXfSzphyuRvlWqmNdDhwXuhxovee2tPu7AzQSzOE&#10;z+aYlD7ph8ZTWjQmY+7vlrdXEJGW+BeGK35GhzozHfyZbRCjgfxINFAoDeLqrosNiEM+lH4GWVfy&#10;P3/9CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOab8Bo7AgAA6AQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIIiqPTZAAAABwEAAA8AAAAAAAAA&#10;AAAAAAAAlQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" path="m816292,l,,,151193r816292,l816292,xe" fillcolor="#c25629" stroked="f">
+              <v:shape w14:anchorId="2C621C74" id="Graphic 107" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:40.2pt;width:64.3pt;height:11.95pt;z-index:251603968;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="816610,151765" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAmCfVdJgIAAMAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGOmzAQvVfqP1i+N4RUSXdRyKrKaqtK&#10;q+1Km1XPjjEB1TDu2Ans33dsMEHtqVUvZoyfh/fezLC96xvNLgptDW3O08WSM9VKKOr2lPPXw8OH&#10;G86sE20hNLQq52/K8rvd+3fbzmRqBRXoQiGjJK3NOpPzyjmTJYmVlWqEXYBRLR2WgI1wtMVTUqDo&#10;KHujk9VyuUk6wMIgSGUtvb0fDvku5C9LJd23srTKMZ1z4ubCimE9+jXZbUV2QmGqWo40xD+waETd&#10;0kenVPfCCXbG+o9UTS0RLJRuIaFJoCxrqYIGUpMuf1PzUgmjghYyx5rJJvv/0sqny4t5Rk/dmkeQ&#10;Pyw5knTGZtOJ39gR05fYeCwRZ31w8W1yUfWOSXp5k242KXkt6Shdp582a+9yIrJ4WZ6t+6IgJBKX&#10;R+uGIhQxElWMZN/GEKmUvog6FNFxRkVEzqiIx6GIRjh/z7PzIeuuTKqJiD9t4KIOEHDOiyC+q9sV&#10;Z1EJMb1CdDuHkqoZKp7FpwnpBgwJT28/jsIjID4H4Oy7f4cOXUssYzqpwarBYq88eD25Qbi53xZ0&#10;XTzUWnv9Fk/HvUZ2EWTsfrUmH0bGM1hohqH+vhOOULw9I+toZHJuf54FKs7015Z60s9XDDAGxxig&#10;03sIUxisR+sO/XeBhhkKc+6ofZ4gdrzIYmMQfw8YsP5mC5/PDsrad03gNjAaNzQmQf840n4O5/uA&#10;uv54dr8AAAD//wMAUEsDBBQABgAIAAAAIQCCIqj02QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUhcELUpVolCnAoRIc60fMA23iZR43UUu3X4e9wT3HY0o5m31XZxo7jQHAbP&#10;Bp5WCgRx6+3AnYHv/cdjASJEZIujZzLwQwG29e1NhaX1ib/osoudyCUcSjTQxziVUoa2J4dh5Sfi&#10;7B397DBmOXfSzphyuRvlWqmNdDhwXuhxovee2tPu7AzQSzOEz+aYlD7ph8ZTWjQmY+7vlrdXEJGW&#10;+BeGK35GhzozHfyZbRCjgfxINFAoDeLqrosNiEM+lH4GWVfyP3/9CwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhACYJ9V0mAgAAwAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAIIiqPTZAAAABwEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m816292,l,,,151193r816292,l816292,xe" fillcolor="#c25629" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251604992" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251604992" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EE6E961" wp14:editId="2B941CD6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>5342508</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="810260" cy="150495"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="108" name="Graphic 108"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="810260" cy="150495"/>
                         </a:xfrm>
@@ -14352,184 +14658,201 @@
                               <a:lnTo>
                                 <a:pt x="809993" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="D3421E"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6F539A83" id="Graphic 108" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:420.65pt;width:63.8pt;height:11.85pt;z-index:251604992;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="810260,150495" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZgdoFPQIAAOgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynH0iMOMXQrMWA&#10;oivQDD0rshwbk0VNUmLn34+SrcTbTh12kSnxieLjI72661tJjsLYBlRBs1lKiVAcykbtC/p9+/Bp&#10;QYl1TJVMghIFPQlL79YfP6w6nYs51CBLYQgGUTbvdEFr53SeJJbXomV2BloodFZgWuZwa/ZJaViH&#10;0VuZzNP0NunAlNoAF9bi6WZw0nWIX1WCu29VZYUjsqCYmwurCevOr8l6xfK9Ybpu+JgG+4csWtYo&#10;fPQcasMcIwfT/BWqbbgBC5WbcWgTqKqGi8AB2WTpH2xea6ZF4ILFsfpcJvv/wvLn44shTYnapSiV&#10;Yi2K9DjWwx9hgTptc8S96hfjKVr9BPyHRUfym8dv7IjpK9N6LBIkfaj26Vxt0TvC8XCRpfNb1ISj&#10;K7tJr5c3/rGE5fEyP1j3KCAEYscn6waxymixOlq8V9E0KLkXWwaxHSUotqEExd4NYmvm/D2fnTdJ&#10;d8mkPifivS0cxRYCznkSi3S5XF5REplgpheIVFMospqgoi9+dQg3YJB4ms1H4hEQvwNw8u770KG7&#10;McsYjkuwYiixZx5qfa4G4qb1tiCb8qGR0vO3Zr+7l4YcGRZ2c3U9z76MGU9goRkG/X0n7KA8YWd1&#10;2EoFtT8PzAhK5FeFvevnMBomGrtoGCfvIUxrKL2xbtu/MaOJRrOgDtvnGeJksDw2BubvAQPW31Tw&#10;+eCganzXhNyGjMYNjlPgP46+n9fpPqAuP6j1LwAAAP//AwBQSwMEFAAGAAgAAAAhAD/HuR7eAAAA&#10;CAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFxQazekoYRsKsTPFUFb9ezGSxI1&#10;Xkex26Y8Pe4JjrOzmvmmWI62E0cafOsYYTZVIIgrZ1quETbr98kChA+aje4cE8KZPCzL66tC58ad&#10;+IuOq1CLGMI+1whNCH0upa8astpPXU8cvW83WB2iHGppBn2K4baTiVKZtLrl2NDonl4aqvarg0VI&#10;XtN0/WY/zo9q+3M33386s/Up4u3N+PwEItAY/p7hgh/RoYxMO3dg40WHEIcEhEU6uwdxsZOHDMQu&#10;XrK5AlkW8v+A8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCZgdoFPQIAAOgEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA/x7ke3gAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAJcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;" path="m809993,l,,,150012r809993,l809993,xe" fillcolor="#d3421e" stroked="f">
+              <v:shape w14:anchorId="3162B6E4" id="Graphic 108" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:420.65pt;width:63.8pt;height:11.85pt;z-index:251604992;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="810260,150495" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAw8/7+KAIAAMAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2PmzAQvVfqf7B8b4DshxIUsqo23arS&#10;arvSpurZMSagGo9rO4H8+44NJqg9terFjPHz8N6bGTYPfSvJWRjbgCpotkgpEYpD2ahjQb/tnz6s&#10;KLGOqZJJUKKgF2Hpw/b9u02nc7GEGmQpDMEkyuadLmjtnM6TxPJatMwuQAuFhxWYljncmmNSGtZh&#10;9lYmyzS9TzowpTbAhbX4djcc0m3IX1WCu69VZYUjsqDIzYXVhPXg12S7YfnRMF03fKTB/oFFyxqF&#10;H51S7Zhj5GSaP1K1DTdgoXILDm0CVdVwETSgmiz9Tc1bzbQIWtAcqyeb7P9Ly1/Ob/rVeOpWPwP/&#10;YdGRpNM2n078xo6YvjKtxyJx0gcXL5OLoneE48tVli7v0WuOR9lderu+8y4nLI+X+cm6zwJCInZ+&#10;tm4oQhkjVseI9yqGBkvpiyhDER0lWERDCRbxMBRRM+fveXY+JN2VST0R8actnMUeAs55Eat0vV7f&#10;UBKVINMrRKo5FFXNUPEsPnVIN2BQeJotR+EREJ8DcPbdv0OHrkWWMR2XYMVgsVcevJ7cQNzcbwuy&#10;KZ8aKb1+a46HR2nImaGxu5vbZfZpZDyDhWYY6u874QDl5dWQDkemoPbniRlBifyisCf9fMXAxOAQ&#10;A+PkI4QpDNYb6/b9d2Y00RgW1GH7vEDseJbHxkD+HjBg/U0FH08OqsZ3TeA2MBo3OCZB/zjSfg7n&#10;+4C6/ni2vwAAAP//AwBQSwMEFAAGAAgAAAAhAD/HuR7eAAAACAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SFxQazekoYRsKsTPFUFb9ezGSxI1Xkex26Y8Pe4JjrOzmvmmWI62E0ca&#10;fOsYYTZVIIgrZ1quETbr98kChA+aje4cE8KZPCzL66tC58ad+IuOq1CLGMI+1whNCH0upa8astpP&#10;XU8cvW83WB2iHGppBn2K4baTiVKZtLrl2NDonl4aqvarg0VIXtN0/WY/zo9q+3M33386s/Up4u3N&#10;+PwEItAY/p7hgh/RoYxMO3dg40WHEIcEhEU6uwdxsZOHDMQuXrK5AlkW8v+A8hcAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAw8/7+KAIAAMAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQA/x7ke3gAAAAgBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m809993,l,,,150012r809993,l809993,xe" fillcolor="#d3421e" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:bookmarkStart w:id="29" w:name="5._ZUTRITTSREGELUNGEN_/"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:color w:val="C25629"/>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t xml:space="preserve">ZUTRITTSREGELUNGEN / </w:t>
       </w:r>
       <w:bookmarkStart w:id="30" w:name="HYGIENESCHLEUSE_(PERSONEN)"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:color w:val="C25629"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>HYGIENESCHLEUSE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="C25629"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="C25629"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>(PERSONEN)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="6FED18E5" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="14"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="75E10A5D" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:ind w:left="566" w:hanging="423"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="5.1_BAULICHE_GEGEBENHEITEN"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>BAULICHE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>GEGEBENHEITEN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="555797AE" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="24"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="1C62DED5" w14:textId="7EC1B1F5" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="180B4515" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="15"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C22F51D" wp14:editId="14223C4B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172276</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="109" name="Graphic 109"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -14556,69 +14879,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2A2C6830" id="Graphic 109" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD1p0b9MgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3baNWiNOMXQosWA&#10;oivQDDsrshwbk0WNUmLn70fJVuptpw3LQabEJ+qRj8z6dug0Oyp0LZiSLxc5Z8pIqFqzL/nX7cOH&#10;a86cF6YSGowq+Uk5frt5/27d20JdQAO6UsgoiHFFb0veeG+LLHOyUZ1wC7DKkLMG7ISnLe6zCkVP&#10;0TudXeT5KusBK4sglXN0ej86+SbGr2sl/Ze6dsozXXLi5uOKcd2FNdusRbFHYZtWTjTEP7DoRGvo&#10;0XOoe+EFO2D7R6iulQgOar+Q0GVQ161UMQfKZpn/ls1rI6yKuVBxnD2Xyf2/sPL5+IKsrUi7/IYz&#10;IzoS6XGqRziiAvXWFYR7tS8YUnT2CeR3R47sF0/YuAkz1NgFLCXIhljt07naavBM0uHV5XK5/Eii&#10;SPKtLq+iGJko0l15cP5RQYwjjk/Oj1pVyRJNsuRgkomkeNBaR609Z6Q1ckZa70atrfDhXiAXTNbP&#10;iDQTj+Ds4Ki2EGE+pHBmmxIhpm8YbeZYymmGSr70tTHeiFkt8+vAi4Ild/qOsPmzfwVO1UzhpAan&#10;xpdC3vHJcy3o+Xm1Hei2emi1Duk73O/uNLKjCCMUfxPjGSx2wih+aIMdVCdqq576qOTux0Gg4kx/&#10;NtS4YQiTgcnYJQO9voM4qrHy6Px2+CbQMktmyT31zjOksRBFagviHwAjNtw08OngoW5Dz0RuI6Np&#10;Q7MU85/mPgzrfB9Rb/9Om58AAAD//wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT8MwDIXvSPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn&#10;69lPz9/L15PrxAmH0HrSkMwVCKTK25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiF&#10;zGhoYuwzKUPVoDNh7nskvn35wZnIcqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/az&#10;VGrayK3df/io9dXlVK5ARJzinxl+8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbF&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD1p0b9MgIAAOUEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="69ABFA54" id="Graphic 109" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRcXSFHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNSiMOMXQosOA&#10;oivQDDsrshwbk0VNVGLn70fJlmtspw3zQabMJ+rxkfT2bug0OyuHLZiS56s1Z8pIqFpzLPm3/eOH&#10;W87QC1MJDUaV/KKQ3+3ev9v2tlBX0ICulGMUxGDR25I33tsiy1A2qhO4AqsMOWtwnfC0dcescqKn&#10;6J3OrtbrTdaDq6wDqRDp68Po5LsYv66V9F/rGpVnuuTEzcfVxfUQ1my3FcXRCdu0cqIh/oFFJ1pD&#10;l86hHoQX7OTaP0J1rXSAUPuVhC6Dum6lijlQNvn6t2xeG2FVzIXEQTvLhP8vrHw+v9oXF6ijfQL5&#10;A0mRrLdYzJ6wwQkz1K4LWCLOhqjiZVZRDZ5J+nhznef5RxJbkm9zfRNFzkSRzsoT+s8KYhxxfkI/&#10;1qBKlmiSJQeTTEeVDDXUsYaeM6qh44xqeBhraIUP5wK5YLJ+QaSZeARnB2e1hwjzIYWZbUqEmL5h&#10;tFliKacFKvnS28Z4I2aTr28DLwqW3Ok9wpbX/hU4qZnCSQ2oxptC3vHKWQu6fqk2gm6rx1brkD66&#10;4+FeO3YWYTTiMzFewGInjMUPbXCA6vLiWE/zUnL8eRJOcaa/GGrIMFzJcMk4JMN5fQ9xBKPyDv1+&#10;+C6cZZbMknvqnWdI7S6K1BbEPwBGbDhp4NPJQ92GnoncRkbThmYk5j/NcxjC5T6i3v46u18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn69lPz9/L15PrxAmH0HrSkMwVCKTK&#10;25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiFzGhoYuwzKUPVoDNh7nskvn35wZnI&#10;cqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/azVGrayK3df/io9dXlVK5ARJzinxl+&#10;8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbFDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCRcXSFHQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="006FCC50" wp14:editId="5BFDBBFA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>353645</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="110" name="Graphic 110"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -14645,69 +14968,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3B5EF750" id="Graphic 110" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZTxxxMQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosWA&#10;oivQDD0rshwbk0VNVGLn70fJVuqtpw3LQabEJ/I9ksr6eug0OyqHLZiS54slZ8pIqFqzL/n37d2H&#10;T5yhF6YSGowq+Ukhv968f7fubaEuoAFdKccoiMGityVvvLdFlqFsVCdwAVYZctbgOuFp6/ZZ5URP&#10;0TudXSyXq6wHV1kHUiHS6e3o5JsYv66V9N/qGpVnuuTEzcfVxXUX1myzFsXeCdu0cqIh/oFFJ1pD&#10;Sc+hboUX7ODaN6G6VjpAqP1CQpdBXbdSRQ2kJl/+oea5EVZFLVQctOcy4f8LKx+PT461FfUup/oY&#10;0VGT7qd6hCMqUG+xINyzfXJBItoHkD+QHNlvnrDBCTPUrgtYEsiGWO3Tudpq8EzS4dVlnucfKakk&#10;3+ryKubKRJHuygP6ewUxjjg+oB97VSVLNMmSg0mmo46HXuvYa88Z9dpxRr3ejb22wod7gVwwWT8j&#10;0kw8grODo9pChPkg4cw2CSGmrxht5ljSNEMlX/raGG/ErJafV4EXBUvu9B1h87R/BU7VTOGkBlRj&#10;pqA7pjzXgtLPq42g2+qu1TrIR7ff3WjHjiI8ofibGM9gcRLG5ocx2EF1orHqaY5Kjj8PwinO9FdD&#10;g0u6fTJcMnbJcF7fQHyqsfIO/XZ4Ec4yS2bJPc3OI6RnIYo0FsQ/AEZsuGngy8FD3YaZidxGRtOG&#10;3lLUP7378Fjn+4h6/Xfa/AIAAP//AwBQSwMEFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sKaIrK02nCo3DEBwYaIhb1pi2onGqJt3K22NOcPzt&#10;T78/F+vZ9eKIY+g8aUgWCgRS7W1HjYa314erWxAhGrKm94QavjHAujw/K0xu/Yle8LiLjeASCrnR&#10;0MY45FKGukVnwsIPSLz79KMzkePYSDuaE5e7Xl4rtZTOdMQXWjPgfYv1125yGp6qatM8Pk/b90qp&#10;eSO39mPvo9aXF3N1ByLiHP9g+NVndSjZ6eAnskH0nG+ShFENaZqBYGCVZSmIAw+WGciykP8/KH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAWU8ccTECAADlBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA5V2V5d8AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACLBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="72283B21" id="Graphic 110" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDlXZXl3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiKytNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK7WUznTEF1oz4H2L9dduchqeqmrTPD5P2/dKqXkjt/Zj76PWlxdzdQci4hz/YPjV&#10;Z3Uo2engJ7JB9JxvkoRRDWmagWBglWUpiAMPlhnIspD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGP43xsdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30215863" wp14:editId="0A48A8DB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>536525</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="111" name="Graphic 111"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -14734,51 +15057,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2D4F65F9" id="Graphic 111" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.25pt;width:418.95pt;height:.5pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDorfonNgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X+wkitVZcaqpVatJ&#10;VVepmfZMMI7RMMeAxM6/34FN6m1Pm5YHfHAfx3f33WV7O3SKnIV1EnRFl4ucEqE51FIfK/p1//Dh&#10;hhLnma6ZAi0qehGO3u7ev9v2phQraEHVwhIMol3Zm4q23psyyxxvRcfcAozQ6GzAdszj1h6z2rIe&#10;o3cqW+V5kfVga2OBC+fw9H500l2M3zSC+y9N44QnqqLIzcfVxvUQ1my3ZeXRMtNKPtFg/8CiY1Lj&#10;o9dQ98wzcrLyj1Cd5BYcNH7BocugaSQXMQfMZpn/ls1ry4yIuWBxnLmWyf2/sPz5/GKJrFG75ZIS&#10;zToU6XGqRzjCAvXGlYh7NS82pOjME/DvDh3ZL56wcRNmaGwXsJggGWK1L9dqi8ETjoeb9Sovig0l&#10;HH3FehPFyFiZ7vKT848CYhx2fnJ+1KpOFmuTxQedTIuKB61V1NpTglpbSlDrw6i1YT7cC+SCSfoZ&#10;kXbiEZwdnMUeIsyHFALb1c2akpQIMn3DKD3HYqPNUMmXvibGGzFF/rEIvDBYcqfvCJs/+1fgVM0U&#10;jitwYnwp5B2fvNYCn59X24GS9YNUKqTv7PFwpyw5szBC8TcxnsFiJ4zihzY4QH3BtuqxjyrqfpyY&#10;FZSozxobNwxhMmwyDsmwXt1BHNVYeev8fvjGrCEGzYp67J1nSGPBytQWyD8ARmy4qeHTyUMjQ89E&#10;biOjaYOzFPOf5j4M63wfUW//TrufAAAA//8DAFBLAwQUAAYACAAAACEAUKDZzeEAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBm934kW4asylFFA9CobUVvG2TMQnNzobsNon9&#10;9Y4nPb4zD+88ky0n24oBe9840nA7i0AgFa5sqNKwe3+5SUD4YKg0rSPU8I0elvnlRWbS0o20wWEb&#10;KsEl5FOjoQ6hS6X0RY3W+JnrkHj35XprAse+kmVvRi63rbyLorm0piG+UJsOn2osjtuT1fB2bs6b&#10;8XWI1qvqUyWKnuX+46j19dW0egQRcAp/MPzqszrk7HRwJyq9aDnfLxSjGpKHGAQDC6XmIA48iGOQ&#10;eSb/f5D/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOit+ic2AgAA5QQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFCg2c3hAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="76FA16D2" id="Graphic 111" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.25pt;width:418.95pt;height:.5pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYs54EIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfTmbuw1Oyl0HZiK3yxyzpSRUHfmUPFvu8cP&#10;t5w5L0wtNBhV8bNy/G77/t1msKVaQgu6VsgoiHHlYCveem/LLHOyVb1wC7DKkLMB7IWnLR6yGsVA&#10;0XudLfO8yAbA2iJI5Rx9fZicfBvjN42S/mvTOOWZrjhx83HFuO7Dmm03ojygsG0nLzTEP7DoRWfo&#10;0muoB+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ib/LZvXVlgVcyFxnL3K5P5fWPl8erUvGKg7+wTy&#10;hyNFssG68uoJG3fBjA32AUvE2RhVPF9VVKNnkj6uV8u8KNacSfIVq3UUORNlOiuPzn9WEOOI05Pz&#10;Uw3qZIk2WXI0yUSqZKihjjX0nFENkTOq4X6qoRU+nAvkgsmGGZH2wiM4ezipHUSYDykEtsvbFWcp&#10;EWL6htFmjqUGmqGSL71tjDdhivxjEXhRsORO7wk2v/avwEnNFE5qcGq6KeQdr7xqQdfP1Xagu/qx&#10;0zqk7/Cwv9fITiKMRnwujGew2AlT8UMb7KE+vyAbaF4q7n4eBSrO9BdDDRmGKxmYjH0y0Ot7iCMY&#10;lUfnd+N3gZZZMivuqXeeIbW7KFNbEP8AmLDhpIFPRw9NF3omcpsYXTY0IzH/yzyHIZzvI+rtr7P9&#10;BQAA//8DAFBLAwQUAAYACAAAACEAUKDZzeEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvD&#10;QBCG74L/YRnBm934kW4asylFFA9CobUVvG2TMQnNzobsNon99Y4nPb4zD+88ky0n24oBe9840nA7&#10;i0AgFa5sqNKwe3+5SUD4YKg0rSPU8I0elvnlRWbS0o20wWEbKsEl5FOjoQ6hS6X0RY3W+JnrkHj3&#10;5XprAse+kmVvRi63rbyLorm0piG+UJsOn2osjtuT1fB2bs6b8XWI1qvqUyWKnuX+46j19dW0egQR&#10;cAp/MPzqszrk7HRwJyq9aDnfLxSjGpKHGAQDC6XmIA48iGOQeSb/f5D/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhABizngQhAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAFCg2c3hAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -14831,51 +15154,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="0365F6D9" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -14929,51 +15252,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="79BB897E" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="22"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -15027,120 +15350,137 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="2A969C7D" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="209"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="6EFE28AC" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="551"/>
         </w:tabs>
         <w:ind w:left="551" w:hanging="408"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="5.2_HYGIENESCHLEUSE"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>HYGIENESCHLEUSE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="276B3058" w14:textId="44A5D6AD" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="236"/>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="562A5C23" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="15"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="208299B3" wp14:editId="4D4F2E16">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172215</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="112" name="Graphic 112"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -15167,69 +15507,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="30829151" id="Graphic 112" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNHFPiMgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47TNdiMOMXQosWA&#10;oivQDDsrshwbk0VNVGLn70fJVuptpw3LQabEJ+qRj8zmZug0OymHLZiS54slZ8pIqFpzKPnX3f27&#10;D5yhF6YSGowq+Vkhv9m+fbPpbaFW0ICulGMUxGDR25I33tsiy1A2qhO4AKsMOWtwnfC0dYescqKn&#10;6J3OVsvlOuvBVdaBVIh0ejc6+TbGr2sl/Ze6RuWZLjlx83F1cd2HNdtuRHFwwjatnGiIf2DRidbQ&#10;o5dQd8ILdnTtH6G6VjpAqP1CQpdBXbdSxRwom3z5WzYvjbAq5kLFQXspE/6/sPLp9OxYW5F2+Yoz&#10;IzoS6WGqRziiAvUWC8K92GcXUkT7CPI7kiP7xRM2OGGG2nUBSwmyIVb7fKm2GjyTdHh9lef5exJF&#10;km99dR3FyESR7soj+gcFMY44PaIftaqSJZpkycEk05HiQWsdtfackdaOM9J6P2pthQ/3Arlgsn5G&#10;pJl4BGcHJ7WDCPMhhQvblAgxfcVoM8dSTjNU8qWvjfFGzHr5cR14UbDkTt8RNn/2r8Cpmimc1IBq&#10;fCnkHZ+81IKen1cbQbfVfat1SB/dYX+rHTuJMELxNzGewWInjOKHNthDdaa26qmPSo4/jsIpzvRn&#10;Q40bhjAZLhn7ZDivbyGOaqy8Q78bvglnmSWz5J565wnSWIgitQXxD4ARG24a+HT0ULehZyK3kdG0&#10;oVmK+U9zH4Z1vo+o13+n7U8AAAD//wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT8MwDIXvSPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn&#10;69lPz9/L15PrxAmH0HrSkMwVCKTK25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiF&#10;zGhoYuwzKUPVoDNh7nskvn35wZnIcqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/az&#10;VGrayK3df/io9dXlVK5ARJzinxl+8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbF&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDNHFPiMgIAAOUEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="40FA4193" id="Graphic 112" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn69lPz9/L15PrxAmH0HrSkMwVCKTK&#10;25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiFzGhoYuwzKUPVoDNh7nskvn35wZnI&#10;cqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/azVGrayK3df/io9dXlVK5ARJzinxl+&#10;8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbFDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBj+N8bHQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71A7D576" wp14:editId="4EB4F70B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>353559</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="113" name="Graphic 113"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -15256,69 +15596,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2B94CC1D" id="Graphic 113" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD1PF81MQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L46bNSiMOMXQosWA&#10;oivQDDsrshwbk0VNVGLn70fJVuptpw3LQabEJ+qRj8zmdug0OymHLZiS54slZ8pIqFpzKPnX3cOH&#10;G87QC1MJDUaV/KyQ327fv9v0tlBX0ICulGMUxGDR25I33tsiy1A2qhO4AKsMOWtwnfC0dYescqKn&#10;6J3OrpbLddaDq6wDqRDp9H508m2MX9dK+i91jcozXXLi5uPq4roPa7bdiOLghG1aOdEQ/8CiE62h&#10;Ry+h7oUX7OjaP0J1rXSAUPuFhC6Dum6lijlQNvnyt2xeG2FVzIWKg/ZSJvx/YeXz6cWxtiLt8hVn&#10;RnQk0uNUj3BEBeotFoR7tS8upIj2CeR3JEf2iydscMIMtesClhJkQ6z2+VJtNXgm6fB6lef5RxJF&#10;km+9uo5iZKJId+UR/aOCGEecntCPWlXJEk2y5GCS6UjxoLWOWnvOSGvHGWm9H7W2wod7gVwwWT8j&#10;0kw8grODk9pBhPmQwoVtSoSYvmG0mWMppxkq+dLXxngjZp0vbwIvCpbc6TvC5s/+FThVM4WTGlCN&#10;L4W845OXWtDz82oj6LZ6aLUO6aM77O+0YycRRij+JsYzWOyEUfzQBnuoztRWPfVRyfHHUTjFmf5s&#10;qHHDECbDJWOfDOf1HcRRjZV36HfDN+Ess2SW3FPvPEMaC1GktiD+ATBiw00Dn44e6jb0TOQ2Mpo2&#10;NEsx/2nuw7DO9xH19u+0/QkAAP//AwBQSwMEFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sKaIrK02nCo3DEBwYaIhb1pi2onGqJt3K22NOcPzt&#10;T78/F+vZ9eKIY+g8aUgWCgRS7W1HjYa314erWxAhGrKm94QavjHAujw/K0xu/Yle8LiLjeASCrnR&#10;0MY45FKGukVnwsIPSLz79KMzkePYSDuaE5e7Xl4rtZTOdMQXWjPgfYv1125yGp6qatM8Pk/b90qp&#10;eSO39mPvo9aXF3N1ByLiHP9g+NVndSjZ6eAnskH0nG+ShFENaZqBYGCVZSmIAw+WGciykP8/KH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9TxfNTECAADlBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA5V2V5d8AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACLBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="2DF540C9" id="Graphic 113" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRcXSFHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNSiMOMXQosOA&#10;oivQDDsrshwbk0VNVGLn70fJlmtspw3zQabMJ+rxkfT2bug0OyuHLZiS56s1Z8pIqFpzLPm3/eOH&#10;W87QC1MJDUaV/KKQ3+3ev9v2tlBX0ICulGMUxGDR25I33tsiy1A2qhO4AqsMOWtwnfC0dcescqKn&#10;6J3OrtbrTdaDq6wDqRDp68Po5LsYv66V9F/rGpVnuuTEzcfVxfUQ1my3FcXRCdu0cqIh/oFFJ1pD&#10;l86hHoQX7OTaP0J1rXSAUPuVhC6Dum6lijlQNvn6t2xeG2FVzIXEQTvLhP8vrHw+v9oXF6ijfQL5&#10;A0mRrLdYzJ6wwQkz1K4LWCLOhqjiZVZRDZ5J+nhznef5RxJbkm9zfRNFzkSRzsoT+s8KYhxxfkI/&#10;1qBKlmiSJQeTTEeVDDXUsYaeM6qh44xqeBhraIUP5wK5YLJ+QaSZeARnB2e1hwjzIYWZbUqEmL5h&#10;tFliKacFKvnS28Z4I2aTr28DLwqW3Ok9wpbX/hU4qZnCSQ2oxptC3vHKWQu6fqk2gm6rx1brkD66&#10;4+FeO3YWYTTiMzFewGInjMUPbXCA6vLiWE/zUnL8eRJOcaa/GGrIMFzJcMk4JMN5fQ9xBKPyDv1+&#10;+C6cZZbMknvqnWdI7S6K1BbEPwBGbDhp4NPJQ92GnoncRkbThmYk5j/NcxjC5T6i3v46u18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDlXZXl3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiKytNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK7WUznTEF1oz4H2L9dduchqeqmrTPD5P2/dKqXkjt/Zj76PWlxdzdQci4hz/YPjV&#10;Z3Uo2engJ7JB9JxvkoRRDWmagWBglWUpiAMPlhnIspD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJFxdIUdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F763F7C" wp14:editId="466E2D65">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>534927</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="114" name="Graphic 114"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -15345,51 +15685,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4F6BA2F9" id="Graphic 114" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.1pt;width:418.95pt;height:.5pt;z-index:-251637760;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLpbKTNgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X+wki9VacaqpVatJ&#10;VVepmfZMMI7RMMeAxO6/34FN6m1Pm5YHfHAfx3f33WV7M3SKnIV1EnRFl4ucEqE51FIfK/p1f//h&#10;ihLnma6ZAi0q+iocvdm9f7ftTSlW0IKqhSUYRLuyNxVtvTdlljneio65BRih0dmA7ZjHrT1mtWU9&#10;Ru9UtsrzIuvB1sYCF87h6d3opLsYv2kE91+axglPVEWRm4+rjeshrNluy8qjZaaVfKLB/oFFx6TG&#10;Ry+h7phn5GTlH6E6yS04aPyCQ5dB00guYg6YzTL/LZuXlhkRc8HiOHMpk/t/YfnT+dkSWaN2y4+U&#10;aNahSA9TPcIRFqg3rkTci3m2IUVnHoF/d+jIfvGEjZswQ2O7gMUEyRCr/Xqpthg84Xi4Wa/yothQ&#10;wtFXrDdRjIyV6S4/Of8gIMZh50fnR63qZLE2WXzQybSoeNBaRa09Jai1pQS1PoxaG+bDvUAumKSf&#10;EWknHsHZwVnsIcJ8SCGwXV2tKUmJINM3jNJzLDbaDJV86WtivBFT5NdF4IXBkjt9R9j82b8Cp2qm&#10;cFyBE+NLIe/45KUW+Py82g6UrO+lUiF9Z4+HW2XJmYURir+J8QwWO2EUP7TBAepXbKse+6ii7seJ&#10;WUGJ+qyxccMQJsMm45AM69UtxFGNlbfO74dvzBpi0Kyox955gjQWrExtgfwDYMSGmxo+nTw0MvRM&#10;5DYymjY4SzH/ae7DsM73EfX277T7CQAA//8DAFBLAwQUAAYACAAAACEAcghX2+EAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwUrDQBCG74LvsIzgzW6M2k1jNqWI4kEotLaCt20yJqHZ2ZDdJrFP&#10;73jS4z/z8c832XKyrRiw940jDbezCARS4cqGKg2795ebBIQPhkrTOkIN3+hhmV9eZCYt3UgbHLah&#10;ElxCPjUa6hC6VEpf1GiNn7kOiXdfrrcmcOwrWfZm5HLbyjiK5tKahvhCbTp8qrE4bk9Ww9u5OW/G&#10;1yFar6pPlSh6lvuPo9bXV9PqEUTAKfzB8KvP6pCz08GdqPSi5Xy3UIxqSO5jEAwslJqDOPDgIQaZ&#10;Z/L/B/kPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEulspM2AgAA5QQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHIIV9vhAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="5992E17A" id="Graphic 114" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.1pt;width:418.95pt;height:.5pt;z-index:-251637760;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYs54EIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfTmbuw1Oyl0HZiK3yxyzpSRUHfmUPFvu8cP&#10;t5w5L0wtNBhV8bNy/G77/t1msKVaQgu6VsgoiHHlYCveem/LLHOyVb1wC7DKkLMB7IWnLR6yGsVA&#10;0XudLfO8yAbA2iJI5Rx9fZicfBvjN42S/mvTOOWZrjhx83HFuO7Dmm03ojygsG0nLzTEP7DoRWfo&#10;0muoB+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ib/LZvXVlgVcyFxnL3K5P5fWPl8erUvGKg7+wTy&#10;hyNFssG68uoJG3fBjA32AUvE2RhVPF9VVKNnkj6uV8u8KNacSfIVq3UUORNlOiuPzn9WEOOI05Pz&#10;Uw3qZIk2WXI0yUSqZKihjjX0nFENkTOq4X6qoRU+nAvkgsmGGZH2wiM4ezipHUSYDykEtsvbFWcp&#10;EWL6htFmjqUGmqGSL71tjDdhivxjEXhRsORO7wk2v/avwEnNFE5qcGq6KeQdr7xqQdfP1Xagu/qx&#10;0zqk7/Cwv9fITiKMRnwujGew2AlT8UMb7KE+vyAbaF4q7n4eBSrO9BdDDRmGKxmYjH0y0Ot7iCMY&#10;lUfnd+N3gZZZMivuqXeeIbW7KFNbEP8AmLDhpIFPRw9NF3omcpsYXTY0IzH/yzyHIZzvI+rtr7P9&#10;BQAA//8DAFBLAwQUAAYACAAAACEAcghX2+EAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrD&#10;QBCG74LvsIzgzW6M2k1jNqWI4kEotLaCt20yJqHZ2ZDdJrFP73jS4z/z8c832XKyrRiw940jDbez&#10;CARS4cqGKg2795ebBIQPhkrTOkIN3+hhmV9eZCYt3UgbHLahElxCPjUa6hC6VEpf1GiNn7kOiXdf&#10;rrcmcOwrWfZm5HLbyjiK5tKahvhCbTp8qrE4bk9Ww9u5OW/G1yFar6pPlSh6lvuPo9bXV9PqEUTA&#10;KfzB8KvP6pCz08GdqPSi5Xy3UIxqSO5jEAwslJqDOPDgIQaZZ/L/B/kPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhABizngQhAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAHIIV9vhAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -15442,51 +15782,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="321D7F16" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -15540,51 +15880,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="30A136B3" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -15638,120 +15978,137 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="33BC4459" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="211"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="5896E392" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="551"/>
         </w:tabs>
         <w:ind w:left="551" w:hanging="408"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="5.3_MANAGEMENT"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>MANAGEMENT</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="2FA53EB1" w14:textId="6F31C25E" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="234"/>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="7162E04B" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="17"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BD0621F" wp14:editId="5450FE5A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>173739</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="115" name="Graphic 115"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -15778,69 +16135,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1DAC5983" id="Graphic 115" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.7pt;width:418.2pt;height:.5pt;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6R1TFMgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bJdiMOMXQosWA&#10;oivQDDsrshwbk0WNUmLn70fJVuptpw3LQabEJ+qRj8zmZug0Oyl0LZiS54slZ8pIqFpzKPnX3f27&#10;D5w5L0wlNBhV8rNy/Gb79s2mt4W6ggZ0pZBREOOK3pa88d4WWeZkozrhFmCVIWcN2AlPWzxkFYqe&#10;onc6u1ou11kPWFkEqZyj07vRybcxfl0r6b/UtVOe6ZITNx9XjOs+rNl2I4oDCtu0cqIh/oFFJ1pD&#10;j15C3Qkv2BHbP0J1rURwUPuFhC6Dum6lijlQNvnyt2xeGmFVzIWK4+ylTO7/hZVPp2dkbUXa5SvO&#10;jOhIpIepHuGICtRbVxDuxT5jSNHZR5DfHTmyXzxh4ybMUGMXsJQgG2K1z5dqq8EzSYer6zzP35Mo&#10;knzr61UUIxNFuiuPzj8oiHHE6dH5UasqWaJJlhxMMpEUD1rrqLXnjLRGzkjr/ai1FT7cC+SCyfoZ&#10;kWbiEZwdnNQOIsyHFC5sUyLE9BWjzRxLOc1QyZe+NsYbMevlx3XgRcGSO31H2PzZvwKnaqZwUoNT&#10;40sh7/jkpRb0/LzaDnRb3bdah/QdHva3GtlJhBGKv4nxDBY7YRQ/tMEeqjO1VU99VHL34yhQcaY/&#10;G2rcMITJwGTsk4Fe30Ic1Vh5dH43fBNomSWz5J565wnSWIgitQXxD4ARG24a+HT0ULehZyK3kdG0&#10;oVmK+U9zH4Z1vo+o13+n7U8AAAD//wMAUEsDBBQABgAIAAAAIQDeuPWe3wAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLOlU6ChNpwqNwxA7MBCIW9aYtqJxqibdyttjTnD8&#10;7U+/Pxfr2fXiiGPoPGlIFgoEUu1tR42G15eHqxWIEA1Z03tCDd8YYF2enxUmt/5Ez3jcx0ZwCYXc&#10;aGhjHHIpQ92iM2HhByTeffrRmchxbKQdzYnLXS+XSt1IZzriC60Z8L7F+ms/OQ1PVbVpHnfT9r1S&#10;at7Irf1481Hry4u5ugMRcY5/MPzqszqU7HTwE9kges5pkjCqYZmlIBi4zbJrEAcerFKQZSH/f1D+&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPpHVMUyAgAA5QQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAN649Z7fAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="192D9DF9" id="Graphic 115" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.7pt;width:418.2pt;height:.5pt;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDeuPWe3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLOlU6ChNpwqNwxA7MBCIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42G15eHqxWIEA1Z03tCDd8YYF2enxUmt/5Ez3jcx0ZwCYXcaGhjHHIpQ92iM2HhByTeffrRmchx&#10;bKQdzYnLXS+XSt1IZzriC60Z8L7F+ms/OQ1PVbVpHnfT9r1Sat7Irf1481Hry4u5ugMRcY5/MPzq&#10;szqU7HTwE9kges5pkjCqYZmlIBi4zbJrEAcerFKQZSH/f1D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGP43xsdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAN649Z7fAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251680768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251680768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="423A9A49" wp14:editId="5D3DC952">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>355095</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="116" name="Graphic 116"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -15867,69 +16224,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="777C28C1" id="Graphic 116" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.95pt;width:418.2pt;height:.5pt;z-index:-251635712;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkvbwfMAIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosWA&#10;oivQDDsrshwbk0WNUmL370fJluttpw3zQabEJ5qPj/T2eug0Oyt0LZiS56s1Z8pIqFpzLPnX/d27&#10;D5w5L0wlNBhV8hfl+PXu7Zttbwt1AQ3oSiGjIMYVvS15470tsszJRnXCrcAqQ84asBOetnjMKhQ9&#10;Re90drFeb7IesLIIUjlHp7ejk+9i/LpW0n+pa6c80yWn3HxcMa6HsGa7rSiOKGzTyikN8Q9ZdKI1&#10;9NE51K3wgp2w/SNU10oEB7VfSegyqOtWqsiB2OTr39g8N8KqyIWK4+xcJvf/wsrH8xOytiLt8g1n&#10;RnQk0v1Uj3BEBeqtKwj3bJ8wUHT2AeR3R47sF0/YuAkz1NgFLBFkQ6z2y1xtNXgm6fDqMs/z9ySK&#10;JN/m8iqKkYki3ZUn5+8VxDji/OD8qFWVLNEkSw4mmUiKB6111NpzRlojZ6T1YdTaCh/uheSCyfpF&#10;Is2UR3B2cFZ7iDAfKMzZJiKU6StGmyWWOC1QyZfeNsYbMZv1x1hiCpbc6T3Clp/9K3CqZgonNTgV&#10;NBt5z0asBR0uq+1At9Vdq3Wg7/B4uNHIziKMUHxCJenKAhY7YRQ/tMEBqhdqq576qOTux0mg4kx/&#10;NtS4YQiTgck4JAO9voE4qrHy6Px++CbQMktmyT31ziOksRBFaotAasaGmwY+nTzUbeiZmNuY0bSh&#10;WYoEprkPw7rcR9Tr32n3EwAA//8DAFBLAwQUAAYACAAAACEAoQ2IyN8AAAAJAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwpohstTacKjcMQOzAQiFvWmLaicaom3crbY05w/O1P&#10;vz8X69n14ohj6DxpSBYKBFLtbUeNhteXh6tbECEasqb3hBq+McC6PD8rTG79iZ7xuI+N4BIKudHQ&#10;xjjkUoa6RWfCwg9IvPv0ozOR49hIO5oTl7teXiu1lM50xBdaM+B9i/XXfnIanqpq0zzupu17pdS8&#10;kVv78eaj1pcXc3UHIuIc/2D41Wd1KNnp4CeyQfScb5KEUQ1pmoFgIFutUhAHHiwzkGUh/39Q/gAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCkvbwfMAIAAOUEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQChDYjI3wAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;AIoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="5916E536" id="Graphic 116" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.95pt;width:418.2pt;height:.5pt;z-index:-251635712;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQChDYjI3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiGy1NpwqNwxA7MBCIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42G15eHq1sQIRqypveEGr4xwLo8PytMbv2JnvG4j43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK7WUznTEF1oz4H2L9dd+chqeqmrTPO6m7Xul1LyRW/vx5qPWlxdzdQci4hz/YPjV&#10;Z3Uo2engJ7JB9JxvkoRRDWmagWAgW61SEAceLDOQZSH/f1D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGP43xsdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKENiMjfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="266130B9" wp14:editId="7996EC31">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>536439</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="117" name="Graphic 117"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -15956,51 +16313,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="41B8050C" id="Graphic 117" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.25pt;width:418.95pt;height:.5pt;z-index:-251634688;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDn1vHXNgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YSJCuMOMXQosWA&#10;oivQDDsrshwbk0WNUuLk70fJVuptpw3LQabEJ+qRj8zm9txpdlLoWjAln89yzpSRULXmUPKvu4cP&#10;N5w5L0wlNBhV8oty/Hb7/t2mt4VaQAO6UsgoiHFFb0veeG+LLHOyUZ1wM7DKkLMG7ISnLR6yCkVP&#10;0TudLfJ8nfWAlUWQyjk6vR+cfBvj17WS/ktdO+WZLjlx83HFuO7Dmm03ojigsE0rRxriH1h0ojX0&#10;6DXUvfCCHbH9I1TXSgQHtZ9J6DKo61aqmANlM89/y+a1EVbFXKg4zl7L5P5fWPl8ekHWVqTd/CNn&#10;RnQk0uNYj3BEBeqtKwj3al8wpOjsE8jvjhzZL56wcSPmXGMXsJQgO8dqX67VVmfPJB2ulot8vV5x&#10;Jsm3Xq6iGJko0l15dP5RQYwjTk/OD1pVyRJNsuTZJBNJ8aC1jlp7zkhr5Iy03g9aW+HDvUAumKyf&#10;EGlGHsHZwUntIMJ8SCGwXdwsOUuJENM3jDZTLDXaBJV86WtjvAGznuc3gRcFS+70HWDTZ/8KnKqZ&#10;wkkNTg0vhbzjk9da0PPTajvQbfXQah3Sd3jY32lkJxFGKP5GxhNY7IRB/NAGe6gu1FY99VHJ3Y+j&#10;QMWZ/myoccMQJgOTsU8Gen0HcVRj5dH53fmbQMssmSX31DvPkMZCFKktiH8ADNhw08Cno4e6DT0T&#10;uQ2Mxg3NUsx/nPswrNN9RL39O21/AgAA//8DAFBLAwQUAAYACAAAACEAUKDZzeEAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBm934kW4asylFFA9CobUVvG2TMQnNzobsNon9&#10;9Y4nPb4zD+88ky0n24oBe9840nA7i0AgFa5sqNKwe3+5SUD4YKg0rSPU8I0elvnlRWbS0o20wWEb&#10;KsEl5FOjoQ6hS6X0RY3W+JnrkHj35XprAse+kmVvRi63rbyLorm0piG+UJsOn2osjtuT1fB2bs6b&#10;8XWI1qvqUyWKnuX+46j19dW0egQRcAp/MPzqszrk7HRwJyq9aDnfLxSjGpKHGAQDC6XmIA48iGOQ&#10;eSb/f5D/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOfW8dc2AgAA5QQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFCg2c3hAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" path="m5320283,l,,,6108r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="26E9D454" id="Graphic 117" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.25pt;width:418.95pt;height:.5pt;z-index:-251634688;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqOjWaIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YSJAiMOMXQosOA&#10;oivQFDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfT2bug0Oyt0LZiSz2c5Z8pIqFpzLPnb/vHT&#10;hjPnhamEBqNKflGO3+0+ftj2tlALaEBXChkFMa7obckb722RZU42qhNuBlYZctaAnfC0xWNWoegp&#10;eqezRZ6vsx6wsghSOUdfH0Yn38X4da2k/1bXTnmmS07cfFwxroewZrutKI4obNPKKw3xDyw60Rq6&#10;9BbqQXjBTtj+EaprJYKD2s8kdBnUdStVzIGymee/ZfPaCKtiLiSOszeZ3P8LK5/Pr/YFA3Vnn0D+&#10;cKRI1ltX3Dxh466YocYuYIk4G6KKl5uKavBM0sfVcpGv1yvOJPnWy1UUORNFOitPzn9REOOI85Pz&#10;Yw2qZIkmWXIwyUSqZKihjjX0nFENkTOq4WGsoRU+nAvkgsn6CZHmyiM4OzirPUSYDykEtovNkrOU&#10;CDF9x2gzxVIDTVDJl942xhsx63m+CbwoWHKn9wibXvtX4KRmCic1ODXeFPKOV960oOunajvQbfXY&#10;ah3Sd3g83GtkZxFGIz5XxhNY7ISx+KENDlBdXpD1NC8ldz9PAhVn+quhhgzDlQxMxiEZ6PU9xBGM&#10;yqPz++G7QMssmSX31DvPkNpdFKktiH8AjNhw0sDnk4e6DT0TuY2MrhuakZj/dZ7DEE73EfX+19n9&#10;AgAA//8DAFBLAwQUAAYACAAAACEAUKDZzeEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvD&#10;QBCG74L/YRnBm934kW4asylFFA9CobUVvG2TMQnNzobsNon99Y4nPb4zD+88ky0n24oBe9840nA7&#10;i0AgFa5sqNKwe3+5SUD4YKg0rSPU8I0elvnlRWbS0o20wWEbKsEl5FOjoQ6hS6X0RY3W+JnrkHj3&#10;5XprAse+kmVvRi63rbyLorm0piG+UJsOn2osjtuT1fB2bs6b8XWI1qvqUyWKnuX+46j19dW0egQR&#10;cAp/MPzqszrk7HRwJyq9aDnfLxSjGpKHGAQDC6XmIA48iGOQeSb/f5D/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAOo6NZohAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAFCg2c3hAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6108r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -16053,51 +16410,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="79438ED6" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -16151,51 +16508,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="2FCB8FAB" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -16249,106 +16606,106 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="2F536A90" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="2E2BEF2E" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="197"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
+    <w:p w14:paraId="66837B85" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="566"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="D3421E"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="6._FAHRZEUGVERKEHR"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:color w:val="D3421E"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>FAHRZEUGVERKEHR</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="5D2685EA" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="61"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="29EC51BA" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="551"/>
         </w:tabs>
         <w:ind w:left="551" w:hanging="408"/>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="6.1_BAULICHE_GEGEBENHEITEN_(GEBÄUDE_UND_"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>BAULICHE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="21"/>
         </w:rPr>
@@ -16383,97 +16740,114 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>UND</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>WEGE)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="6A081FBD" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="24"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="54B68753" w14:textId="3DF0750A" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="79726A0B" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="15"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251682816" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251682816" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DEFFC7A" wp14:editId="6AB5A4B7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172329</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="118" name="Graphic 118"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -16500,69 +16874,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0A42EA23" id="Graphic 118" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251633664;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKC7JRMQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosWA&#10;oivQDD0rshwbk0VNVGLn70fJVuqtpw3LQabEJ+qRj8z6eug0OyqHLZiS54slZ8pIqFqzL/n37d2H&#10;T5yhF6YSGowq+Ukhv968f7fubaEuoAFdKccoiMGityVvvLdFlqFsVCdwAVYZctbgOuFp6/ZZ5URP&#10;0TudXSyXq6wHV1kHUiHS6e3o5JsYv66V9N/qGpVnuuTEzcfVxXUX1myzFsXeCdu0cqIh/oFFJ1pD&#10;j55D3Qov2MG1b0J1rXSAUPuFhC6Dum6lijlQNvnyj2yeG2FVzIWKg/ZcJvx/YeXj8cmxtiLtcpLK&#10;iI5Eup/qEY6oQL3FgnDP9smFFNE+gPyB5Mh+84QNTpihdl3AUoJsiNU+nautBs8kHV5d5nn+kUSR&#10;5FtdXkUxMlGku/KA/l5BjCOOD+hHrapkiSZZcjDJdKR40FpHrT1npLXjjLTejVpb4cO9QC6YrJ8R&#10;aSYewdnBUW0hwnxI4cw2JUJMXzHazLGU0wyVfOlrY7wRs1p+XgVeFCy503eEzZ/9K3CqZgonNaAa&#10;Xwp5xyfPtaDn59VG0G1112od0ke3391ox44ijFD8TYxnsNgJo/ihDXZQnaiteuqjkuPPg3CKM/3V&#10;UOOGIUyGS8YuGc7rG4ijGivv0G+HF+Ess2SW3FPvPEIaC1GktiD+ATBiw00DXw4e6jb0TOQ2Mpo2&#10;NEsx/2nuw7DO9xH1+u+0+QUAAP//AwBQSwMEFAAGAAgAAAAhAGa5Xw3gAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FPwzAMhe9I+w+RkbixpBPQ0TWdKjQOQ3BgINBuWWPaao1TNelW/j3mBCfr&#10;2U/P38vXk+vECYfQetKQzBUIpMrblmoN72+P10sQIRqypvOEGr4xwLqYXeQms/5Mr3jaxVpwCIXM&#10;aGhi7DMpQ9WgM2HueyS+ffnBmchyqKUdzJnDXScXSt1JZ1riD43p8aHB6rgbnYbnstzUTy/j9rNU&#10;atrIrd1/+Kj11eVUrkBEnOKfGX7xGR0KZjr4kWwQHeubJGGrhkXKkw33aXoL4sCLZQKyyOX/BsUP&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMoLslExAgAA5QQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGa5Xw3gAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAiwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="74C58325" id="Graphic 118" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251633664;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn69lPz9/L15PrxAmH0HrSkMwVCKTK&#10;25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiFzGhoYuwzKUPVoDNh7nskvn35wZnI&#10;cqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/azVGrayK3df/io9dXlVK5ARJzinxl+&#10;8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbFDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBj+N8bHQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251683840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251683840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="557CFCDC" wp14:editId="36FD71D8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>353685</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="119" name="Graphic 119"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -16589,69 +16963,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0DBF90DE" id="Graphic 119" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251632640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAAohUYMgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNViNOMXQosWA&#10;oivQFDsrshwbk0VNVGLn70fJVuptpw3LQabEJ+qRj8z6Zug0OyqHLZiS54slZ8pIqFqzL/nr9v7D&#10;J87QC1MJDUaV/KSQ32zev1v3tlAX0ICulGMUxGDR25I33tsiy1A2qhO4AKsMOWtwnfC0dfuscqKn&#10;6J3OLpbLVdaDq6wDqRDp9G508k2MX9dK+q91jcozXXLi5uPq4roLa7ZZi2LvhG1aOdEQ/8CiE62h&#10;R8+h7oQX7ODaP0J1rXSAUPuFhC6Dum6lijlQNvnyt2xeGmFVzIWKg/ZcJvx/YeXT8dmxtiLt8mvO&#10;jOhIpIepHuGICtRbLAj3Yp9dSBHtI8jvSI7sF0/Y4IQZatcFLCXIhljt07naavBM0uHVZZ7nH0kU&#10;Sb7V5VUUIxNFuisP6B8UxDji+Ih+1KpKlmiSJQeTTEeKB6111NpzRlo7zkjr3ai1FT7cC+SCyfoZ&#10;kWbiEZwdHNUWIsyHFM5sUyLE9A2jzRxLOc1QyZe+NsYbMavl9SrwomDJnb4jbP7sX4FTNVM4qQHV&#10;+FLIOz55rgU9P682gm6r+1brkD66/e5WO3YUYYTib2I8g8VOGMUPbbCD6kRt1VMflRx/HIRTnOkv&#10;hho3DGEyXDJ2yXBe30Ic1Vh5h347fBPOMktmyT31zhOksRBFagviHwAjNtw08PngoW5Dz0RuI6Np&#10;Q7MU85/mPgzrfB9Rb/9Om58AAAD//wMAUEsDBBQABgAIAAAAIQDlXZXl3wAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLCmiKytNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD8&#10;7U+/Pxfr2fXiiGPoPGlIFgoEUu1tR42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq5&#10;0dDGOORShrpFZ8LCD0i8+/SjM5Hj2Eg7mhOXu15eK7WUznTEF1oz4H2L9dduchqeqmrTPD5P2/dK&#10;qXkjt/Zj76PWlxdzdQci4hz/YPjVZ3Uo2engJ7JB9JxvkoRRDWmagWBglWUpiAMPlhnIspD/Pyh/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAACiFRgyAgAA5QQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="06FEA49F" id="Graphic 119" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251632640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDlXZXl3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiKytNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK7WUznTEF1oz4H2L9dduchqeqmrTPD5P2/dKqXkjt/Zj76PWlxdzdQci4hz/YPjV&#10;Z3Uo2engJ7JB9JxvkoRRDWmagWBglWUpiAMPlhnIspD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGP43xsdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251684864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251684864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="340530DA" wp14:editId="462FFCAD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>536565</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="120" name="Graphic 120"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -16678,51 +17052,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="13363395" id="Graphic 120" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.25pt;width:418.95pt;height:.5pt;z-index:-251631616;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBloO17NQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTJOiMOMXQosWA&#10;oivQDDsrshwbk0VNVGL370fJVuptpw3LQabEJ+rxkcz2Zug0OyuHLZiSXy1yzpSRULXmWPKv+/sP&#10;15yhF6YSGowq+atCfrN7/27b20ItoQFdKccoiMGityVvvLdFlqFsVCdwAVYZctbgOuFp645Z5URP&#10;0TudLfN8k/XgKutAKkQ6vRudfBfj17WS/ktdo/JMl5y4+bi6uB7Cmu22ojg6YZtWTjTEP7DoRGvo&#10;0UuoO+EFO7n2j1BdKx0g1H4hocugrlupYg6UzVX+WzYvjbAq5kLioL3IhP8vrHw6PzvWVlS7Jelj&#10;REdFepj0CEckUG+xINyLfXYhRbSPIL8jObJfPGGDE2aoXRewlCAbotqvF7XV4Jmkw/VqmW82a84k&#10;+TardXwrE0W6K0/oHxTEOOL8iH6sVZUs0SRLDiaZjioeaq1jrT1nVGvHGdX6MNbaCh/uBXLBZP2M&#10;SDPxCM4OzmoPEeZDCoHt8nrFWUqEmL5htJljScgZKvnS18Z4I2aTf1wHXhQsudN3hM2f/StwUjOF&#10;kxpQjS+FvOOTFy3o+bnaCLqt7lutQ/rojodb7dhZhBGKv4nxDBY7YSx+aIMDVK/UVj31Ucnxx0k4&#10;xZn+bKhxwxAmwyXjkAzn9S3EUY3KO/T74ZtwllkyS+6pd54gjYUoUlsQ/wAYseGmgU8nD3UbeiZy&#10;GxlNG5qlmP8092FY5/uIevt32v0EAAD//wMAUEsDBBQABgAIAAAAIQBQoNnN4QAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9NS8NAEIbvgv9hGcGb3fiRbhqzKUUUD0KhtRW8bZMxCc3Ohuw2if31&#10;jic9vjMP7zyTLSfbigF73zjScDuLQCAVrmyo0rB7f7lJQPhgqDStI9TwjR6W+eVFZtLSjbTBYRsq&#10;wSXkU6OhDqFLpfRFjdb4meuQePflemsCx76SZW9GLretvIuiubSmIb5Qmw6faiyO25PV8HZuzpvx&#10;dYjWq+pTJYqe5f7jqPX11bR6BBFwCn8w/OqzOuTsdHAnKr1oOd8vFKMakocYBAMLpeYgDjyIY5B5&#10;Jv9/kP8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZaDtezUCAADlBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUKDZzeEAAAAJAQAADwAAAAAA&#10;AAAAAAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" path="m5320283,l,,,6095r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="480D03D2" id="Graphic 120" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.25pt;width:418.95pt;height:.5pt;z-index:-251631616;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWgyedIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTJOiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJVmpspw3zQabMJ+rxkfT2bug0Oyt0LZiS3yxyzpSRULXmWPJv+8cP&#10;t5w5L0wlNBhV8oty/G73/t22t4VaQgO6UsgoiHFFb0veeG+LLHOyUZ1wC7DKkLMG7ISnLR6zCkVP&#10;0TudLfN8k/WAlUWQyjn6+jA6+S7Gr2sl/de6dsozXXLi5uOKcT2ENdttRXFEYZtWTjTEP7DoRGvo&#10;0muoB+EFO2H7R6iulQgOar+Q0GVQ161UMQfK5ib/LZvXRlgVcyFxnL3K5P5fWPl8frUvGKg7+wTy&#10;hyNFst664uoJGzdhhhq7gCXibIgqXq4qqsEzSR/Xq2W+2aw5k+TbrNZR5EwU6aw8Of9ZQYwjzk/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrZ0SaiUdwdnBWe4gwH1IIbJe3K85S&#10;IsT0DaPNHEsNNEMlX3rbGG/EbPKP68CLgiV3eo+w+bV/BU5qpnBSg1PjTSHveOVVC7p+rrYD3VaP&#10;rdYhfYfHw71GdhZhNOIzMZ7BYieMxQ9tcIDq8oKsp3kpuft5Eqg4018MNWQYrmRgMg7JQK/vIY5g&#10;VB6d3w/fBVpmySy5p955htTuokhtQfwDYMSGkwY+nTzUbeiZyG1kNG1oRmL+0zyHIZzvI+rtr7P7&#10;BQAA//8DAFBLAwQUAAYACAAAACEAUKDZzeEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvD&#10;QBCG74L/YRnBm934kW4asylFFA9CobUVvG2TMQnNzobsNon99Y4nPb4zD+88ky0n24oBe9840nA7&#10;i0AgFa5sqNKwe3+5SUD4YKg0rSPU8I0elvnlRWbS0o20wWEbKsEl5FOjoQ6hS6X0RY3W+JnrkHj3&#10;5XprAse+kmVvRi63rbyLorm0piG+UJsOn2osjtuT1fB2bs6b8XWI1qvqUyWKnuX+46j19dW0egQR&#10;cAp/MPzqszrk7HRwJyq9aDnfLxSjGpKHGAQDC6XmIA48iGOQeSb/f5D/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAFaDJ50hAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAFCg2c3hAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6095r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -16775,51 +17149,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="355B219B" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -16873,51 +17247,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="042509A9" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="22"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -16971,120 +17345,137 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="1BF03D69" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="209"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="6A70B4A4" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="551"/>
         </w:tabs>
         <w:ind w:left="551" w:hanging="408"/>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="6.2_MANAGEMENT"/>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>MANAGEMENT</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="00CEED12" w14:textId="777E0B6A" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="236"/>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="1D6977D3" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="15"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251685888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251685888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39FD5EC0" wp14:editId="4828C6CA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172203</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="121" name="Graphic 121"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -17111,69 +17502,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4D8A5648" id="Graphic 121" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251630592;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBo+xkqMQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47TNSiMOMXQosWA&#10;oivQDDsrshwbk0WNUmLn70fJVuptpw3LQabEJ+qRj8zmdug0Oyl0LZiS54slZ8pIqFpzKPnX3cOH&#10;G86cF6YSGowq+Vk5frt9/27T20KtoAFdKWQUxLiityVvvLdFljnZqE64BVhlyFkDdsLTFg9ZhaKn&#10;6J3OVsvlOusBK4sglXN0ej86+TbGr2sl/Ze6dsozXXLi5uOKcd2HNdtuRHFAYZtWTjTEP7DoRGvo&#10;0Uuoe+EFO2L7R6iulQgOar+Q0GVQ161UMQfKJl/+ls1rI6yKuVBxnL2Uyf2/sPL59IKsrUi7Vc6Z&#10;ER2J9DjVIxxRgXrrCsK92hcMKTr7BPK7I0f2iyds3IQZauwClhJkQ6z2+VJtNXgm6fD6Ks/zjySK&#10;JN/66jqKkYki3ZVH5x8VxDji9OT8qFWVLNEkSw4mmUiKB6111NpzRlojZ6T1ftTaCh/uBXLBZP2M&#10;SDPxCM4OTmoHEeZDChe2KRFi+obRZo6lnGao5EtfG+ONmHW+vAm8KFhyp+8Imz/7V+BUzRROanBq&#10;fCnkHZ+81IKen1fbgW6rh1brkL7Dw/5OIzuJMELxNzGewWInjOKHNthDdaa26qmPSu5+HAUqzvRn&#10;Q40bhjAZmIx9MtDrO4ijGiuPzu+GbwIts2SW3FPvPEMaC1GktiD+ATBiw00Dn44e6jb0TOQ2Mpo2&#10;NEsx/2nuw7DO9xH19u+0/QkAAP//AwBQSwMEFAAGAAgAAAAhAGa5Xw3gAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FPwzAMhe9I+w+RkbixpBPQ0TWdKjQOQ3BgINBuWWPaao1TNelW/j3mBCfr&#10;2U/P38vXk+vECYfQetKQzBUIpMrblmoN72+P10sQIRqypvOEGr4xwLqYXeQms/5Mr3jaxVpwCIXM&#10;aGhi7DMpQ9WgM2HueyS+ffnBmchyqKUdzJnDXScXSt1JZ1riD43p8aHB6rgbnYbnstzUTy/j9rNU&#10;atrIrd1/+Kj11eVUrkBEnOKfGX7xGR0KZjr4kWwQHeubJGGrhkXKkw33aXoL4sCLZQKyyOX/BsUP&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGj7GSoxAgAA5QQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGa5Xw3gAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAiwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="593941AA" id="Graphic 121" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251630592;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRcXSFHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNSiMOMXQosOA&#10;oivQDDsrshwbk0VNVGLn70fJlmtspw3zQabMJ+rxkfT2bug0OyuHLZiS56s1Z8pIqFpzLPm3/eOH&#10;W87QC1MJDUaV/KKQ3+3ev9v2tlBX0ICulGMUxGDR25I33tsiy1A2qhO4AqsMOWtwnfC0dcescqKn&#10;6J3OrtbrTdaDq6wDqRDp68Po5LsYv66V9F/rGpVnuuTEzcfVxfUQ1my3FcXRCdu0cqIh/oFFJ1pD&#10;l86hHoQX7OTaP0J1rXSAUPuVhC6Dum6lijlQNvn6t2xeG2FVzIXEQTvLhP8vrHw+v9oXF6ijfQL5&#10;A0mRrLdYzJ6wwQkz1K4LWCLOhqjiZVZRDZ5J+nhznef5RxJbkm9zfRNFzkSRzsoT+s8KYhxxfkI/&#10;1qBKlmiSJQeTTEeVDDXUsYaeM6qh44xqeBhraIUP5wK5YLJ+QaSZeARnB2e1hwjzIYWZbUqEmL5h&#10;tFliKacFKvnS28Z4I2aTr28DLwqW3Ok9wpbX/hU4qZnCSQ2oxptC3vHKWQu6fqk2gm6rx1brkD66&#10;4+FeO3YWYTTiMzFewGInjMUPbXCA6vLiWE/zUnL8eRJOcaa/GGrIMFzJcMk4JMN5fQ9xBKPyDv1+&#10;+C6cZZbMknvqnWdI7S6K1BbEPwBGbDhp4NPJQ92GnoncRkbThmYk5j/NcxjC5T6i3v46u18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn69lPz9/L15PrxAmH0HrSkMwVCKTK&#10;25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiFzGhoYuwzKUPVoDNh7nskvn35wZnI&#10;cqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/azVGrayK3df/io9dXlVK5ARJzinxl+&#10;8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbFDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCRcXSFHQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251686912" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251686912" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F5F0175" wp14:editId="5AC7C9AF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>353571</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="122" name="Graphic 122"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -17200,69 +17591,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5CCFDE97" id="Graphic 122" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251629568;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKuOP3MgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07SJdiMOMXQosWA&#10;oivQDD0rshwbk0WNUmLn70fJVuqtpw3LQabEJ+qRj8zmum81Oyl0DZiCL2ZzzpSRUDbmUPDvu7sP&#10;nzhzXphSaDCq4Gfl+PX2/btNZ3O1hBp0qZBREOPyzha89t7mWeZkrVrhZmCVIWcF2ApPWzxkJYqO&#10;orc6W87n66wDLC2CVM7R6e3g5NsYv6qU9N+qyinPdMGJm48rxnUf1my7EfkBha0bOdIQ/8CiFY2h&#10;Ry+hboUX7IjNm1BtIxEcVH4moc2gqhqpYg6UzWL+RzbPtbAq5kLFcfZSJvf/wsrH0xOypiTtlkvO&#10;jGhJpPuxHuGICtRZlxPu2T5hSNHZB5A/HDmy3zxh40ZMX2EbsJQg62O1z5dqq94zSYerq8Vi8ZFE&#10;keRbX62iGJnI0115dP5eQYwjTg/OD1qVyRJ1smRvkomkeNBaR609Z6Q1ckZa7wetrfDhXiAXTNZN&#10;iNQjj+Bs4aR2EGE+pHBhmxIhpq8YbaZYymmCSr70tTHegFnPP68CLwqW3Ok7wKbP/hU4VTOFkxqc&#10;Gl4KeccnL7Wg56fVdqCb8q7ROqTv8LC/0chOIoxQ/I2MJ7DYCYP4oQ32UJ6prTrqo4K7n0eBijP9&#10;1VDjhiFMBiZjnwz0+gbiqMbKo/O7/kWgZZbMgnvqnUdIYyHy1BbEPwAGbLhp4MvRQ9WEnoncBkbj&#10;hmYp5j/OfRjW6T6iXv+dtr8AAAD//wMAUEsDBBQABgAIAAAAIQDlXZXl3wAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLCmiKytNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD8&#10;7U+/Pxfr2fXiiGPoPGlIFgoEUu1tR42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq5&#10;0dDGOORShrpFZ8LCD0i8+/SjM5Hj2Eg7mhOXu15eK7WUznTEF1oz4H2L9dduchqeqmrTPD5P2/dK&#10;qXkjt/Zj76PWlxdzdQci4hz/YPjVZ3Uo2engJ7JB9JxvkoRRDWmagWBglWUpiAMPlhnIspD/Pyh/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIq44/cyAgAA5QQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6095r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="3DE45BAA" id="Graphic 122" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251629568;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtyGaCHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07aJdiMOMXQosOA&#10;oivQDD0rshwbk0WNUmLn70fJlmtspw7zQabMJ+rxkfT2pm81Oyt0DZiCrxZLzpSRUDbmWPAf+/sP&#10;nzhzXphSaDCq4Bfl+M3u/bttZ3N1BTXoUiGjIMblnS147b3Ns8zJWrXCLcAqQ84KsBWetnjMShQd&#10;RW91drVcbrIOsLQIUjlHX+8GJ9/F+FWlpP9eVU55pgtO3HxcMa6HsGa7rciPKGzdyJGG+AcWrWgM&#10;XTqFuhNesBM2f4VqG4ngoPILCW0GVdVIFXOgbFbLP7J5roVVMRcSx9lJJvf/wsrH87N9wkDd2QeQ&#10;Px0pknXW5ZMnbNyI6StsA5aIsz6qeJlUVL1nkj6ur1er1UcSW5Jvc72OImciT2flyfmvCmIccX5w&#10;fqhBmSxRJ0v2JplIlQw11LGGnjOqIXJGNTwMNbTCh3OBXDBZNyNSjzyCs4Wz2kOE+ZDCxDYlQkxf&#10;MdrMsZTTDJV86W1jvAGzWX5eB14ULLnTe4DNr30TOKmZwkkNTg03hbzjlZMWdP1cbQe6Ke8brUP6&#10;Do+HW43sLMJoxGdkPIPFThiKH9rgAOXlCVlH81Jw9+skUHGmvxlqyDBcycBkHJKBXt9CHMGoPDq/&#10;718EWmbJLLin3nmE1O4iT21B/ANgwIaTBr6cPFRN6JnIbWA0bmhGYv7jPIchnO8j6vWvs/sNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDlXZXl3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiKytNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK7WUznTEF1oz4H2L9dduchqeqmrTPD5P2/dKqXkjt/Zj76PWlxdzdQci4hz/YPjV&#10;Z3Uo2engJ7JB9JxvkoRRDWmagWBglWUpiAMPlhnIspD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAC3IZoIdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6095r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251687936" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251687936" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D9112CB" wp14:editId="018AD5E2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>534927</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="123" name="Graphic 123"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -17289,51 +17680,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4E0FD868" id="Graphic 123" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.1pt;width:418.95pt;height:.5pt;z-index:-251628544;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB1arw4NgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosWA&#10;oivQDDsrshwbk0WNUuL070fJVuptpw3LQabEJ+qRj8zm5txrdlLoOjAVv1rknCkjoe7MoeJfd/cf&#10;rjlzXphaaDCq4q/K8Zvt+3ebwZZqCS3oWiGjIMaVg614670ts8zJVvXCLcAqQ84GsBeetnjIahQD&#10;Re91tszzIhsAa4sglXN0ejc6+TbGbxol/ZemccozXXHi5uOKcd2HNdtuRHlAYdtOTjTEP7DoRWfo&#10;0UuoO+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ir/LZuXVlgVc6HiOHspk/t/YeXT6RlZV5N2yxVn&#10;RvQk0sNUj3BEBRqsKwn3Yp8xpOjsI8jvjhzZL56wcRPm3GAfsJQgO8dqv16qrc6eSTpcr5Z5Uaw5&#10;k+QrVusoRibKdFcenX9QEOOI06Pzo1Z1skSbLHk2yURSPGito9aeM9IaOSOt96PWVvhwL5ALJhtm&#10;RNqJR3D2cFI7iDAfUghsl9dUopQIMX3DaDPHUqPNUMmXvjbGGzFF/rEIvChYcqfvCJs/+1fgVM0U&#10;Tmpwanwp5B2fvNSCnp9X24Hu6vtO65C+w8P+ViM7iTBC8TcxnsFiJ4zihzbYQ/1KbTVQH1Xc/TgK&#10;VJzpz4YaNwxhMjAZ+2Sg17cQRzVWHp3fnb8JtMySWXFPvfMEaSxEmdqC+AfAiA03DXw6emi60DOR&#10;28ho2tAsxfynuQ/DOt9H1Nu/0/YnAAAA//8DAFBLAwQUAAYACAAAACEAcghX2+EAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwUrDQBCG74LvsIzgzW6M2k1jNqWI4kEotLaCt20yJqHZ2ZDdJrFP&#10;73jS4z/z8c832XKyrRiw940jDbezCARS4cqGKg2795ebBIQPhkrTOkIN3+hhmV9eZCYt3UgbHLah&#10;ElxCPjUa6hC6VEpf1GiNn7kOiXdfrrcmcOwrWfZm5HLbyjiK5tKahvhCbTp8qrE4bk9Ww9u5OW/G&#10;1yFar6pPlSh6lvuPo9bXV9PqEUTAKfzB8KvP6pCz08GdqPSi5Xy3UIxqSO5jEAwslJqDOPDgIQaZ&#10;Z/L/B/kPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHVqvDg2AgAA5QQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHIIV9vhAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="635A6179" id="Graphic 123" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.1pt;width:418.95pt;height:.5pt;z-index:-251628544;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYs54EIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfTmbuw1Oyl0HZiK3yxyzpSRUHfmUPFvu8cP&#10;t5w5L0wtNBhV8bNy/G77/t1msKVaQgu6VsgoiHHlYCveem/LLHOyVb1wC7DKkLMB7IWnLR6yGsVA&#10;0XudLfO8yAbA2iJI5Rx9fZicfBvjN42S/mvTOOWZrjhx83HFuO7Dmm03ojygsG0nLzTEP7DoRWfo&#10;0muoB+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ib/LZvXVlgVcyFxnL3K5P5fWPl8erUvGKg7+wTy&#10;hyNFssG68uoJG3fBjA32AUvE2RhVPF9VVKNnkj6uV8u8KNacSfIVq3UUORNlOiuPzn9WEOOI05Pz&#10;Uw3qZIk2WXI0yUSqZKihjjX0nFENkTOq4X6qoRU+nAvkgsmGGZH2wiM4ezipHUSYDykEtsvbFWcp&#10;EWL6htFmjqUGmqGSL71tjDdhivxjEXhRsORO7wk2v/avwEnNFE5qcGq6KeQdr7xqQdfP1Xagu/qx&#10;0zqk7/Cwv9fITiKMRnwujGew2AlT8UMb7KE+vyAbaF4q7n4eBSrO9BdDDRmGKxmYjH0y0Ot7iCMY&#10;lUfnd+N3gZZZMivuqXeeIbW7KFNbEP8AmLDhpIFPRw9NF3omcpsYXTY0IzH/yzyHIZzvI+rtr7P9&#10;BQAA//8DAFBLAwQUAAYACAAAACEAcghX2+EAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrD&#10;QBCG74LvsIzgzW6M2k1jNqWI4kEotLaCt20yJqHZ2ZDdJrFP73jS4z/z8c832XKyrRiw940jDbez&#10;CARS4cqGKg2795ebBIQPhkrTOkIN3+hhmV9eZCYt3UgbHLahElxCPjUa6hC6VEpf1GiNn7kOiXdf&#10;rrcmcOwrWfZm5HLbyjiK5tKahvhCbTp8qrE4bk9Ww9u5OW/G1yFar6pPlSh6lvuPo9bXV9PqEUTA&#10;KfzB8KvP6pCz08GdqPSi5Xy3UIxqSO5jEAwslJqDOPDgIQaZZ/L/B/kPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhABizngQhAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAHIIV9vhAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -17386,51 +17777,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="72269A8A" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -17484,51 +17875,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="4E039103" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -17582,97 +17973,98 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="79DEFF78" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00F34FE5">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="580" w:right="566" w:bottom="760" w:left="1275" w:header="0" w:footer="565" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
+    <w:p w14:paraId="7AFBA78F" w14:textId="6B828C31" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="861"/>
         </w:tabs>
         <w:spacing w:before="75" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="861" w:right="1201" w:hanging="721"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="EA5152"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251606016" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251606016" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="463BF44D" wp14:editId="05180678">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>505459</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="810260" cy="152400"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="124" name="Graphic 124"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="810260" cy="152400"/>
                         </a:xfrm>
@@ -17699,67 +18091,67 @@
                               <a:lnTo>
                                 <a:pt x="809993" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="EA5152"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7FA2E4BF" id="Graphic 124" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:39.8pt;width:63.8pt;height:12pt;z-index:251606016;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="810260,152400" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxf4zPNQIAAOgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X+xkbdVYcaqqXatJ&#10;VVepqfZMMI7RMMeAxM6/34GD425Pm/ZiH9zH+b7vO7y66VtFDsI6Cbqk81lOidAcKql3JX3bPHy6&#10;psR5piumQIuSHoWjN+uPH1adKcQCGlCVsASLaFd0pqSN96bIMscb0TI3AyM0JmuwLfO4tLussqzD&#10;6q3KFnl+lXVgK2OBC+dw935I0nWsX9eC+2917YQnqqTYm49PG5/b8MzWK1bsLDON5Kc22D900TKp&#10;8aNjqXvmGdlb+UepVnILDmo/49BmUNeSi8gB2czz39i8NsyIyAXFcWaUyf2/svz58GKJrNC7xQUl&#10;mrVo0uNJj7CFAnXGFYh7NS82UHTmCfgPh4nsXSYs3AnT17YNWCRI+qj2cVRb9J5w3Lye54sr9IRj&#10;an65uMijGxkr0mG+d/5RQCzEDk/OD2ZVKWJNinivU2jR8mC2imZ7StBsSwmavR3MNsyHc6G7EJLu&#10;3EkzNhKyLRzEBiLOBxLX+XK5/ExJYoKdniFKT6HIaoJKufQ2sdyAeUc8AdJ7AE6++3fopGcqxxU4&#10;EWwbmI9BVAM3p3o7ULJ6kEoF/s7utnfKkgNDYb/cXmIbQUs8MoHFYRj8D5OwheqIk9XhKJXU/dwz&#10;KyhRXzXObriHKbAp2KbAenUH8bZG6a3zm/47s4YYDEvqcXyeId0MVqTBCKRGbDip4XbvoZZhamJv&#10;Q0enBV6nSOB09cN9na4j6vyDWv8CAAD//wMAUEsDBBQABgAIAAAAIQCuki0d3QAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9Lb8IwEITvlfgP1lbqrTgFNdA0DupDPeTQSkDp2cSbh4jXkW0g/Psu&#10;p/Y2q1nNfJOvRtuLE/rQOVLwME1AIFXOdNQo+N5+3C9BhKjJ6N4RKrhggFUxucl1ZtyZ1njaxEZw&#10;CIVMK2hjHDIpQ9Wi1WHqBiT2auetjnz6RhqvzxxuezlLklRa3RE3tHrAtxarw+ZoFTx+rZuy7mp7&#10;KcvPef3zuvPv6U6pu9vx5RlExDH+PcMVn9GhYKa9O5IJolfAQ6KCxVMK4urOFiz2LJJ5CrLI5X/+&#10;4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAxf4zPNQIAAOgEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCuki0d3QAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAI8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m809993,l,,,152400r809993,l809993,xe" fillcolor="#ea5152" stroked="f">
+              <v:shape w14:anchorId="795780D0" id="Graphic 124" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:39.8pt;width:63.8pt;height:12pt;z-index:251606016;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="810260,152400" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDC+hbsIQIAAMAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+p0kLm9ao6TRtDCFN&#10;Y9KKeHYdp4lwfObsNu2/5+zUaYAnEC/J2f58+b7v7rK6PXaaHRS6FkzJ57OcM2UkVK3Zlfzr5vHd&#10;DWfOC1MJDUaV/KQcv12/fbPqbaEW0ICuFDJKYlzR25I33tsiy5xsVCfcDKwydFgDdsLTEndZhaKn&#10;7J3OFnl+nfWAlUWQyjnafRgO+Trmr2sl/Ze6dsozXXLi5uMT43Mbntl6JYodCtu08kxD/AOLTrSG&#10;PjqmehBesD22f6TqWongoPYzCV0Gdd1KFTWQmnn+m5rXRlgVtZA5zo42uf+XVj4fXu0LBurOPoH8&#10;7siRrLeuGE/Cwp0xxxq7gCXi7BhdPI0uqqNnkjZv5vnimryWdDS/WnzIo8uZKNJluXf+k4KYSBye&#10;nB+KUKVINCmSR5NCpFKGIupYRM8ZFRE5oyJuhyJa4cO9wC6ErL8waUYi4bSDg9pAxPkg4iZfLpfv&#10;OUtKiOkFos0USqomqHSW3jamGzC/CE+A9B6Ak+/+HTr5mdJJDU6Fsg3KxyC6QZtTvx3otnpstQ76&#10;He629xrZQZCxH++uiEbwkq5MYLEZhvqHTthCdXpB1tPIlNz92AtUnOnPhnoyzFcKMAXbFKDX9xCn&#10;MFqPzm+O3wRaZiksuaf2eYbU8aJIjRFEjdhw08Dd3kPdhq6J3AZG5wWNSRRwHukwh9N1RF1+POuf&#10;AAAA//8DAFBLAwQUAAYACAAAACEArpItHd0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS2/C&#10;MBCE75X4D9ZW6q04BTXQNA7qQz3k0EpA6dnEm4eI15FtIPz7Lqf2NqtZzXyTr0bbixP60DlS8DBN&#10;QCBVznTUKPjeftwvQYSoyejeESq4YIBVMbnJdWbcmdZ42sRGcAiFTCtoYxwyKUPVotVh6gYk9mrn&#10;rY58+kYar88cbns5S5JUWt0RN7R6wLcWq8PmaBU8fq2bsu5qeynLz3n987rz7+lOqbvb8eUZRMQx&#10;/j3DFZ/RoWCmvTuSCaJXwEOigsVTCuLqzhYs9iySeQqyyOV//uIXAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAwvoW7CECAADABAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEArpItHd0AAAAHAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" path="m809993,l,,,152400r809993,l809993,xe" fillcolor="#ea5152" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251607040" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251607040" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05BCD608" wp14:editId="386B995E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>4077779</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="810260" cy="150495"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="125" name="Graphic 125"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="810260" cy="150495"/>
                         </a:xfrm>
@@ -17786,210 +18178,213 @@
                               <a:lnTo>
                                 <a:pt x="809993" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="E7B15F"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6BA2CB01" id="Graphic 125" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:321.1pt;width:63.8pt;height:11.85pt;z-index:251607040;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="810260,150495" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqawdZPQIAAOgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v0zAUfUfiP1h+p0nKOtqo6QQbnZCm&#10;bdKKeHYdp4lwfI3tNtm/59qJ2wBPIF6ca9/j63PuR9Y3fSvJSRjbgCpoNkspEYpD2ahDQb/utu+W&#10;lFjHVMkkKFHQV2Hpzebtm3WnczGHGmQpDMEgyuadLmjtnM6TxPJatMzOQAuFzgpMyxxuzSEpDesw&#10;eiuTeZpeJx2YUhvgwlo8vRucdBPiV5Xg7qmqrHBEFhS5ubCasO79mmzWLD8YpuuGjzTYP7BoWaPw&#10;0XOoO+YYOZrmj1Btww1YqNyMQ5tAVTVcBA2oJkt/U/NSMy2CFkyO1ec02f8Xlj+eng1pSqzdfEGJ&#10;Yi0W6X7Mhz/CBHXa5oh70c/GS7T6Afh3i47kF4/f2BHTV6b1WBRI+pDt13O2Re8Ix8Nlls6vsSYc&#10;XdkivVqFxxKWx8v8aN29gBCInR6sG4pVRovV0eK9iqbBkvtiy1BsRwkW21CCxd4PxdbM+XuenTdJ&#10;d2FSn4l4bwsnsYOAc17EMl2tVu8piUqQ6QUi1RSKqiao6ItfHcINmOwKg648MwwXAfE7ACfv/h06&#10;dPckLJdgxfCSVx6ePGcDcdN8W5BNuW2k9PqtOexvpSEnhon9/OFTttiOjCew0AxD/X0n7KF8xc7q&#10;sJUKan8cmRGUyC8Ke9fPYTRMNPbRME7eQpjWkHpj3a7/xowmGs2COmyfR4iTwfLYGMjfAwasv6ng&#10;49FB1fiuCdwGRuMGxynoH0ffz+t0H1CXH9TmJwAAAP//AwBQSwMEFAAGAAgAAAAhAGanJ7rfAAAA&#10;CAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoQ1pCG+JUqFKFxKFqCx/g2ksc&#10;Ea+j2G1Tvp7tCY6zs5p5Uy1H34kTDrENpOBxkoFAMsG21Cj4/Fg/zEHEpMnqLhAquGCEZX17U+nS&#10;hjPt8LRPjeAQiqVW4FLqSymjceh1nIQeib2vMHidWA6NtIM+c7jvZJ5lhfS6JW5wuseVQ/O9P3oF&#10;2022W29+LouR3MrM3t/MdDudK3V/N76+gEg4pr9nuOIzOtTMdAhHslF0CnhIUlDM8hzE1c6fCxAH&#10;vhRPC5B1Jf8PqH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKmsHWT0CAADoBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAZqcnut8AAAAIAQAA&#10;DwAAAAAAAAAAAAAAAACXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;" path="m809993,l,,,149999r809993,l809993,xe" fillcolor="#e7b15f" stroked="f">
+              <v:shape w14:anchorId="64F095E5" id="Graphic 125" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:321.1pt;width:63.8pt;height:11.85pt;z-index:251607040;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="810260,150495" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtzNLRKQIAAMAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO0zAQvSPxD5bvNGnZLm3UdAW7FCGt&#10;dlfaIs6u4zQRjsfYbpP+PWMnTiM4gbg44/h58t6bmWzuukaSszC2BpXT+SylRCgORa2OOf22371b&#10;UWIdUwWToEROL8LSu+3bN5tWZ2IBFchCGIJJlM1andPKOZ0lieWVaJidgRYKD0swDXO4NcekMKzF&#10;7I1MFml6m7RgCm2AC2vx7UN/SLchf1kK7p7L0gpHZE6RmwurCevBr8l2w7KjYbqq+UCD/QOLhtUK&#10;PzqmemCOkZOp/0jV1NyAhdLNODQJlGXNRdCAaubpb2peK6ZF0ILmWD3aZP9fWv50ftUvxlO3+hH4&#10;D4uOJK222XjiN3bAdKVpPBaJky64eBldFJ0jHF+u5uniFr3meDRfpjfrpXc5YVm8zE/WfREQErHz&#10;o3V9EYoYsSpGvFMxNFhKX0QZiugowSIaSrCIh76Imjl/z7PzIWmvTKqRiD9t4Cz2EHDOi1il6/X6&#10;PSVRCTK9QqSaQlHVBBXP4lOHdD1mfoNJ14PwCIjPHjj57t+hQ9ciy5iOS7Cit9grD16PbiBu6rcF&#10;WRe7Wkqv35rj4V4acmZo7OcPn+bL3cB4AgvN0Nffd8IBisuLIS2OTE7tzxMzghL5VWFP+vmKgYnB&#10;IQbGyXsIUxisN9btu+/MaKIxzKnD9nmC2PEsi42B/D2gx/qbCj6eHJS175rArWc0bHBMgv5hpP0c&#10;TvcBdf3xbH8BAAD//wMAUEsDBBQABgAIAAAAIQBmpye63wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUjcqENaQhviVKhShcShagsf4NpLHBGvo9htU76e7QmOs7OaeVMtR9+J&#10;Ew6xDaTgcZKBQDLBttQo+PxYP8xBxKTJ6i4QKrhghGV9e1Pp0oYz7fC0T43gEIqlVuBS6kspo3Ho&#10;dZyEHom9rzB4nVgOjbSDPnO472SeZYX0uiVucLrHlUPzvT96BdtNtltvfi6LkdzKzN7fzHQ7nSt1&#10;fze+voBIOKa/Z7jiMzrUzHQIR7JRdAp4SFJQzPIcxNXOnwsQB74UTwuQdSX/D6h/AQAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAO3M0tEpAgAAwAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGanJ7rfAAAACAEAAA8AAAAAAAAAAAAAAAAAgwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" path="m809993,l,,,149999r809993,l809993,xe" fillcolor="#e7b15f" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:bookmarkStart w:id="37" w:name="7._MATERIALIEN_(EINSTREU,_FUTTERMITTEL,_"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:color w:val="EA5152"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve">MATERIALIEN (EINSTREU, FUTTERMITTEL, DUNG, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="EA5152"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t>MIST,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="EA5152"/>
           <w:spacing w:val="-25"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="EA5152"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
-        <w:t>KADAVER</w:t>
+        <w:t>KADAVER,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="EA5152"/>
-          <w:spacing w:val="-27"/>
+          <w:spacing w:val="-25"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="EA5152"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>ETC.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="23581AA7" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="26"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="06033C55" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="551"/>
         </w:tabs>
         <w:ind w:left="551" w:hanging="408"/>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="7.1_BAULICHE_GEGEBENHEITEN"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>BAULICHE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>GEGEBENHEITEN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="452E3D2E" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="22"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="19EDDF4F" w14:textId="0843581E" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="559CAC1F" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="17"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251688960" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251688960" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12E7884A" wp14:editId="576429E4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>173559</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="126" name="Graphic 126"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -18016,69 +18411,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="15D99456" id="Graphic 126" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.65pt;width:418.2pt;height:.5pt;z-index:-251627520;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtKbWTMQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07SNdiMOMXQosWA&#10;oivQDDsrshwbk0WNUmLn70fJluttpw3zQabEJ5qPj/T2pm81Oyt0DZiCrxZLzpSRUDbmWPCv+/t3&#10;HzhzXphSaDCq4Bfl+M3u7ZttZ3O1hhp0qZBREOPyzha89t7mWeZkrVrhFmCVIWcF2ApPWzxmJYqO&#10;orc6Wy+Xm6wDLC2CVM7R6d3g5LsYv6qU9F+qyinPdMEpNx9XjOshrNluK/IjCls3ckxD/EMWrWgM&#10;fXQKdSe8YCds/gjVNhLBQeUXEtoMqqqRKnIgNqvlb2xeamFV5ELFcXYqk/t/YeXT+RlZU5J26w1n&#10;RrQk0sNYj3BEBeqsywn3Yp8xUHT2EeR3R47sF0/YuBHTV9gGLBFkfaz2Zaq26j2TdHh9tVqt3pMo&#10;knybq+soRibydFeenH9QEOOI86Pzg1ZlskSdLNmbZCIpHrTWUWvPGWmNnJHWh0FrK3y4F5ILJutm&#10;idRjHsHZwlntIcJ8oDBlm4hQpq8YbeZY4jRDJV962xhvwGyWH2OJKVhyp/cAm3/2r8Cpmimc1OBU&#10;0GzgPRmxFnQ4r7YD3ZT3jdaBvsPj4VYjO4swQvEJlaQrM1jshEH80AYHKC/UVh31UcHdj5NAxZn+&#10;bKhxwxAmA5NxSAZ6fQtxVGPl0fl9/02gZZbMgnvqnSdIYyHy1BaB1IQNNw18OnmomtAzMbcho3FD&#10;sxQJjHMfhnW+j6jXv9PuJwAAAP//AwBQSwMEFAAGAAgAAAAhAPwQe4jfAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s6QZ0lKZThcZhCA6MaYhb1pi2onGqJt3K22NOcPzt&#10;T78/56vJdeKIQ2g9aUhmCgRS5W1LtYbd2+PVEkSIhqzpPKGGbwywKs7PcpNZf6JXPG5jLbiEQmY0&#10;NDH2mZShatCZMPM9Eu8+/eBM5DjU0g7mxOWuk3OlbqUzLfGFxvT40GD1tR2dhueyXNdPL+PmvVRq&#10;WsuN/dj7qPXlxVTeg4g4xT8YfvVZHQp2OviRbBAd5+skYVTDPF2AYOAuTW9AHHiwXIAscvn/g+IH&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEArSm1kzECAADlBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/BB7iN8AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACLBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="68F20573" id="Graphic 126" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.65pt;width:418.2pt;height:.5pt;z-index:-251627520;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD8EHuI3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLOkGdJSmU4XGYQgOjGmIW9aYtqJxqibdyttjTnD87U+/P+eryXXiiENoPWlIZgoEUuVt&#10;S7WG3dvj1RJEiIas6Tyhhm8MsCrOz3KTWX+iVzxuYy24hEJmNDQx9pmUoWrQmTDzPRLvPv3gTOQ4&#10;1NIO5sTlrpNzpW6lMy3xhcb0+NBg9bUdnYbnslzXTy/j5r1UalrLjf3Y+6j15cVU3oOIOMU/GH71&#10;WR0Kdjr4kWwQHefrJGFUwzxdgGDgLk1vQBx4sFyALHL5/4PiBwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGP43xsdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPwQe4jfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251689984" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251689984" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38A7F3B5" wp14:editId="1E3D4577">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>354915</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="127" name="Graphic 127"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -18105,69 +18500,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6052BD9F" id="Graphic 127" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.95pt;width:418.2pt;height:.5pt;z-index:-251626496;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBngBLaMgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07SNeuMOMXQosWA&#10;oivQDDsrshwbk0VNVGLn70fJVuptpxbLQabEJ+qRj8z6um81OyqHDZiCL2ZzzpSRUDZmX/Dv27sP&#10;V5yhF6YUGowq+Ekhv968f7fubK6WUIMulWMUxGDe2YLX3ts8y1DWqhU4A6sMOStwrfC0dfusdKKj&#10;6K3OlvP5KuvAldaBVIh0ejs4+SbGryol/beqQuWZLjhx83F1cd2FNdusRb53wtaNHGmIN7BoRWPo&#10;0XOoW+EFO7jmn1BtIx0gVH4moc2gqhqpYg6UzWL+VzbPtbAq5kLFQXsuE/6/sPLx+ORYU5J2y0+c&#10;GdGSSPdjPcIRFaizmBPu2T65kCLaB5A/kRzZH56wwRHTV64NWEqQ9bHap3O1Ve+ZpMPLi8Vi8ZFE&#10;keRbXVxGMTKRp7vygP5eQYwjjg/oB63KZIk6WbI3yXSkeNBaR609Z6S144y03g1aW+HDvUAumKyb&#10;EKlHHsHZwlFtIcJ8SOHMNiVCTF8w2kyxlNMElXzpa2O8AbOaf14FXhQsudN3gE2ffRU4VTOFkxpQ&#10;DS+FvOOT51rQ89NqI+imvGu0Dumj2+9utGNHEUYo/kbGE1jshEH80AY7KE/UVh31UcHx10E4xZn+&#10;aqhxwxAmwyVjlwzn9Q3EUY2Vd+i3/Q/hLLNkFtxT7zxCGguRp7Yg/gEwYMNNA18OHqom9EzkNjAa&#10;NzRLMf9x7sOwTvcR9fLvtPkNAAD//wMAUEsDBBQABgAIAAAAIQChDYjI3wAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLCmiGy1NpwqNwxA7MBCIW9aYtqJxqibdyttjTnD8&#10;7U+/Pxfr2fXiiGPoPGlIFgoEUu1tR42G15eHq1sQIRqypveEGr4xwLo8PytMbv2JnvG4j43gEgq5&#10;0dDGOORShrpFZ8LCD0i8+/SjM5Hj2Eg7mhOXu15eK7WUznTEF1oz4H2L9dd+chqeqmrTPO6m7Xul&#10;1LyRW/vx5qPWlxdzdQci4hz/YPjVZ3Uo2engJ7JB9JxvkoRRDWmagWAgW61SEAceLDOQZSH/f1D+&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGeAEtoyAgAA5QQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKENiMjfAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="0B69728E" id="Graphic 127" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.95pt;width:418.2pt;height:.5pt;z-index:-251626496;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQChDYjI3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiGy1NpwqNwxA7MBCIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42G15eHq1sQIRqypveEGr4xwLo8PytMbv2JnvG4j43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK7WUznTEF1oz4H2L9dd+chqeqmrTPO6m7Xul1LyRW/vx5qPWlxdzdQci4hz/YPjV&#10;Z3Uo2engJ7JB9JxvkoRRDWmagWAgW61SEAceLDOQZSH/f1D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGP43xsdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKENiMjfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251691008" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251691008" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F9EB07C" wp14:editId="75E55F1C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>537795</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="128" name="Graphic 128"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -18194,51 +18589,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3D758A5F" id="Graphic 128" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.35pt;width:418.95pt;height:.5pt;z-index:-251625472;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC41PrCNQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosWA&#10;oivQDDsrshwbk0WNUuL070fJVuptpw3LQabEJ+qRj8zm5txrdlLoOjAVv1rknCkjoe7MoeJfd/cf&#10;rjlzXphaaDCq4q/K8Zvt+3ebwZZqCS3oWiGjIMaVg614670ts8zJVvXCLcAqQ84GsBeetnjIahQD&#10;Re91tszzIhsAa4sglXN0ejc6+TbGbxol/ZemccozXXHi5uOKcd2HNdtuRHlAYdtOTjTEP7DoRWfo&#10;0UuoO+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ir/LZuXVlgVc6HiOHspk/t/YeXT6RlZV5N2S5LK&#10;iJ5EepjqEY6oQIN1JeFe7DOGFJ19BPndkSP7xRM2bsKcG+wDlhJk51jt10u11dkzSYfr1TIvijVn&#10;knzFah3FyESZ7sqj8w8KYhxxenR+1KpOlmiTJc8mmUiKB6111NpzRlojZ6T1ftTaCh/uBXLBZMOM&#10;SDvxCM4eTmoHEeZDCoHt8nrFWUqEmL5htJljqdFmqORLXxvjjZgi/1gEXhQsudN3hM2f/StwqmYK&#10;JzU4Nb4U8o5PXmpBz8+r7UB39X2ndUjf4WF/q5GdRBih+JsYz2CxE0bxQxvsoX6lthqojyrufhwF&#10;Ks70Z0ONG4YwGZiMfTLQ61uIoxorj87vzt8EWmbJrLin3nmCNBaiTG1B/ANgxIabBj4dPTRd6JnI&#10;bWQ0bWiWYv7T3Idhne8j6u3fafsTAAD//wMAUEsDBBQABgAIAAAAIQDKCf1I4QAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3fivm8ZsShHFgyC02oK3bXZMQrOzIbtNYj+9&#10;40lPw5t5vPm9fDm5VgzYh8aThutZAgKp9LahSsPH+/NVCiJEQ9a0nlDDNwZYFudnucmsH2mNwyZW&#10;gkMoZEZDHWOXSRnKGp0JM98h8e3L985Eln0lbW9GDnetvEmSuXSmIf5Qmw4faywPm6PT8HpqTuvx&#10;ZUjeVtWnShU9ye3uoPXlxbR6ABFxin9m+MVndCiYae+PZINoWd8uFFs1pHc82bBQag5iz4t7BbLI&#10;5f8GxQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuNT6wjUCAADlBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAygn9SOEAAAAJAQAADwAAAAAA&#10;AAAAAAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="3FA7B8DA" id="Graphic 128" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.35pt;width:418.95pt;height:.5pt;z-index:-251625472;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYs54EIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfTmbuw1Oyl0HZiK3yxyzpSRUHfmUPFvu8cP&#10;t5w5L0wtNBhV8bNy/G77/t1msKVaQgu6VsgoiHHlYCveem/LLHOyVb1wC7DKkLMB7IWnLR6yGsVA&#10;0XudLfO8yAbA2iJI5Rx9fZicfBvjN42S/mvTOOWZrjhx83HFuO7Dmm03ojygsG0nLzTEP7DoRWfo&#10;0muoB+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ib/LZvXVlgVcyFxnL3K5P5fWPl8erUvGKg7+wTy&#10;hyNFssG68uoJG3fBjA32AUvE2RhVPF9VVKNnkj6uV8u8KNacSfIVq3UUORNlOiuPzn9WEOOI05Pz&#10;Uw3qZIk2WXI0yUSqZKihjjX0nFENkTOq4X6qoRU+nAvkgsmGGZH2wiM4ezipHUSYDykEtsvbFWcp&#10;EWL6htFmjqUGmqGSL71tjDdhivxjEXhRsORO7wk2v/avwEnNFE5qcGq6KeQdr7xqQdfP1Xagu/qx&#10;0zqk7/Cwv9fITiKMRnwujGew2AlT8UMb7KE+vyAbaF4q7n4eBSrO9BdDDRmGKxmYjH0y0Ot7iCMY&#10;lUfnd+N3gZZZMivuqXeeIbW7KFNbEP8AmLDhpIFPRw9NF3omcpsYXTY0IzH/yzyHIZzvI+rtr7P9&#10;BQAA//8DAFBLAwQUAAYACAAAACEAygn9SOEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0vD&#10;QBDF74LfYRnBm934r5vGbEoRxYMgtNqCt212TEKzsyG7TWI/veNJT8Obebz5vXw5uVYM2IfGk4br&#10;WQICqfS2oUrDx/vzVQoiREPWtJ5QwzcGWBbnZ7nJrB9pjcMmVoJDKGRGQx1jl0kZyhqdCTPfIfHt&#10;y/fORJZ9JW1vRg53rbxJkrl0piH+UJsOH2ssD5uj0/B6ak7r8WVI3lbVp0oVPcnt7qD15cW0egAR&#10;cYp/ZvjFZ3QomGnvj2SDaFnfLhRbNaR3PNmwUGoOYs+LewWyyOX/BsUPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhABizngQhAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAMoJ/UjhAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -18291,51 +18686,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="7683F39B" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -18389,51 +18784,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="3F25730D" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="22"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -18487,61 +18882,61 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="1ABB8960" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="209"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="2791DE93" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:ind w:left="566" w:hanging="423"/>
       </w:pPr>
       <w:bookmarkStart w:id="39" w:name="7.2_MANAGEMENT_(EIN-_UND_AUSSCHLEUSEN_BE"/>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>MANAGEMENT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="21"/>
         </w:rPr>
@@ -18576,90 +18971,107 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>AUSSCHLEUSEN</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>BEACHTEN!)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="221477CF" w14:textId="185AB947" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="234"/>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="Umsetzung:"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="064501D7" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="17"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251692032" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251692032" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B7E9BBF" wp14:editId="4329E1DA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>173473</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="129" name="Graphic 129"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -18686,69 +19098,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4D2E2023" id="Graphic 129" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.65pt;width:418.2pt;height:.5pt;z-index:-251624448;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7v7cKMgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47TtWiNOMXQosWA&#10;oivQDDsrshwbk0VNVGLn70fJVuptpw3LQabEJ+qRj8z6dug0OyqHLZiS54slZ8pIqFqzL/nX7cOH&#10;a87QC1MJDUaV/KSQ327ev1v3tlAraEBXyjEKYrDobckb722RZSgb1QlcgFWGnDW4Tnjaun1WOdFT&#10;9E5nq+XyKuvBVdaBVIh0ej86+SbGr2sl/Ze6RuWZLjlx83F1cd2FNdusRbF3wjatnGiIf2DRidbQ&#10;o+dQ98ILdnDtH6G6VjpAqP1CQpdBXbdSxRwom3z5WzavjbAq5kLFQXsuE/6/sPL5+OJYW5F2qxvO&#10;jOhIpMepHuGICtRbLAj3al9cSBHtE8jvSI7sF0/Y4IQZatcFLCXIhljt07naavBM0uHlRZ7nH0kU&#10;Sb6ri8soRiaKdFce0D8qiHHE8Qn9qFWVLNEkSw4mmY4UD1rrqLXnjLR2nJHWu1FrK3y4F8gFk/Uz&#10;Is3EIzg7OKotRJgPKZzZpkSI6RtGmzmWcpqhki99bYw3Yq7y5XXgRcGSO31H2PzZvwKnaqZwUgOq&#10;8aWQd3zyXAt6fl5tBN1WD63WIX10+92dduwowgjF38R4BoudMIof2mAH1Ynaqqc+Kjn+OAinONOf&#10;DTVuGMJkuGTskuG8voM4qrHyDv12+CacZZbMknvqnWdIYyGK1BbEPwBGbLhp4NPBQ92GnoncRkbT&#10;hmYp5j/NfRjW+T6i3v6dNj8BAAD//wMAUEsDBBQABgAIAAAAIQD8EHuI3wAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLOkGdJSmU4XGYQgOjGmIW9aYtqJxqibdyttjTnD8&#10;7U+/P+eryXXiiENoPWlIZgoEUuVtS7WG3dvj1RJEiIas6Tyhhm8MsCrOz3KTWX+iVzxuYy24hEJm&#10;NDQx9pmUoWrQmTDzPRLvPv3gTOQ41NIO5sTlrpNzpW6lMy3xhcb0+NBg9bUdnYbnslzXTy/j5r1U&#10;alrLjf3Y+6j15cVU3oOIOMU/GH71WR0Kdjr4kWwQHefrJGFUwzxdgGDgLk1vQBx4sFyALHL5/4Pi&#10;BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPu/twoyAgAA5QQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPwQe4jfAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="35C62E80" id="Graphic 129" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.65pt;width:418.2pt;height:.5pt;z-index:-251624448;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRcXSFHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNSiMOMXQosOA&#10;oivQDDsrshwbk0VNVGLn70fJlmtspw3zQabMJ+rxkfT2bug0OyuHLZiS56s1Z8pIqFpzLPm3/eOH&#10;W87QC1MJDUaV/KKQ3+3ev9v2tlBX0ICulGMUxGDR25I33tsiy1A2qhO4AqsMOWtwnfC0dcescqKn&#10;6J3OrtbrTdaDq6wDqRDp68Po5LsYv66V9F/rGpVnuuTEzcfVxfUQ1my3FcXRCdu0cqIh/oFFJ1pD&#10;l86hHoQX7OTaP0J1rXSAUPuVhC6Dum6lijlQNvn6t2xeG2FVzIXEQTvLhP8vrHw+v9oXF6ijfQL5&#10;A0mRrLdYzJ6wwQkz1K4LWCLOhqjiZVZRDZ5J+nhznef5RxJbkm9zfRNFzkSRzsoT+s8KYhxxfkI/&#10;1qBKlmiSJQeTTEeVDDXUsYaeM6qh44xqeBhraIUP5wK5YLJ+QaSZeARnB2e1hwjzIYWZbUqEmL5h&#10;tFliKacFKvnS28Z4I2aTr28DLwqW3Ok9wpbX/hU4qZnCSQ2oxptC3vHKWQu6fqk2gm6rx1brkD66&#10;4+FeO3YWYTTiMzFewGInjMUPbXCA6vLiWE/zUnL8eRJOcaa/GGrIMFzJcMk4JMN5fQ9xBKPyDv1+&#10;+C6cZZbMknvqnWdI7S6K1BbEPwBGbDhp4NPJQ92GnoncRkbThmYk5j/NcxjC5T6i3v46u18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD8EHuI3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLOkGdJSmU4XGYQgOjGmIW9aYtqJxqibdyttjTnD87U+/P+eryXXiiENoPWlIZgoEUuVt&#10;S7WG3dvj1RJEiIas6Tyhhm8MsCrOz3KTWX+iVzxuYy24hEJmNDQx9pmUoWrQmTDzPRLvPv3gTOQ4&#10;1NIO5sTlrpNzpW6lMy3xhcb0+NBg9bUdnYbnslzXTy/j5r1UalrLjf3Y+6j15cVU3oOIOMU/GH71&#10;WR0Kdjr4kWwQHefrJGFUwzxdgGDgLk1vQBx4sFyALHL5/4PiBwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJFxdIUdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPwQe4jfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251693056" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251693056" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38CA3E97" wp14:editId="41CFEAE4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>354841</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="130" name="Graphic 130"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -18775,69 +19187,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4F72F381" id="Graphic 130" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.95pt;width:418.2pt;height:.5pt;z-index:-251623424;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXV+2GMQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06aNdiMOMXQosWA&#10;oivQDDsrshwbk0VNVGzn70fJVuptpw3LQabEJ/I9ksr2Zmg165TDBkzBV4slZ8pIKBtzLPjX/f27&#10;D5yhF6YUGowq+Fkhv9m9fbPtba6uoAZdKscoiMG8twWvvbd5lqGsVStwAVYZclbgWuFp645Z6URP&#10;0VudXS2Xm6wHV1oHUiHS6d3o5LsYv6qU9F+qCpVnuuDEzcfVxfUQ1my3FfnRCVs3cqIh/oFFKxpD&#10;SS+h7oQX7OSaP0K1jXSAUPmFhDaDqmqkihpIzWr5m5qXWlgVtVBx0F7KhP8vrHzqnh1rSurdmupj&#10;REtNepjqEY6oQL3FnHAv9tkFiWgfQX5HcmS/eMIGJ8xQuTZgSSAbYrXPl2qrwTNJh9fr1Wr1npJK&#10;8m3W1zFXJvJ0V57QPyiIcUT3iH7sVZksUSdLDiaZjjoeeq1jrz1n1GvHGfX6MPbaCh/uBXLBZP2M&#10;SD3xCM4WOrWHCPNBwoVtEkJMXzHazLGkaYZKvvS1Md6I2Sw/bgIvCpbc6TvC5mn/CpyqmcJJDajG&#10;TEF3THmpBaWfVxtBN+V9o3WQj+54uNWOdSI8ofibGM9gcRLG5ocxOEB5prHqaY4Kjj9OwinO9GdD&#10;g0u6fTJcMg7JcF7fQnyqsfIO/X74JpxllsyCe5qdJ0jPQuRpLIh/AIzYcNPAp5OHqgkzE7mNjKYN&#10;vaWof3r34bHO9xH1+u+0+wkAAP//AwBQSwMEFAAGAAgAAAAhAKENiMjfAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sKaIbLU2nCo3DEDswEIhb1pi2onGqJt3K22NOcPzt&#10;T78/F+vZ9eKIY+g8aUgWCgRS7W1HjYbXl4erWxAhGrKm94QavjHAujw/K0xu/Yme8biPjeASCrnR&#10;0MY45FKGukVnwsIPSLz79KMzkePYSDuaE5e7Xl4rtZTOdMQXWjPgfYv1135yGp6qatM87qbte6XU&#10;vJFb+/Hmo9aXF3N1ByLiHP9g+NVndSjZ6eAnskH0nG+ShFENaZqBYCBbrVIQBx4sM5BlIf9/UP4A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAV1fthjECAADlBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAoQ2IyN8AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACLBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="7772EDE0" id="Graphic 130" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.95pt;width:418.2pt;height:.5pt;z-index:-251623424;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQChDYjI3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiGy1NpwqNwxA7MBCIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42G15eHq1sQIRqypveEGr4xwLo8PytMbv2JnvG4j43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK7WUznTEF1oz4H2L9dd+chqeqmrTPO6m7Xul1LyRW/vx5qPWlxdzdQci4hz/YPjV&#10;Z3Uo2engJ7JB9JxvkoRRDWmagWAgW61SEAceLDOQZSH/f1D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGP43xsdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKENiMjfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251694080" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251694080" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="607303F8" wp14:editId="376C2473">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>537721</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="131" name="Graphic 131"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -18864,51 +19276,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="460FDC50" id="Graphic 131" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.35pt;width:418.95pt;height:.5pt;z-index:-251622400;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDmtQvQNgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X+wkitVZcaqpVatJ&#10;VVepmfZMMI7RMMeAxM6/34FN6m1Pm5YHfHAfx3f33WV7O3SKnIV1EnRFl4ucEqE51FIfK/p1//Dh&#10;hhLnma6ZAi0qehGO3u7ev9v2phQraEHVwhIMol3Zm4q23psyyxxvRcfcAozQ6GzAdszj1h6z2rIe&#10;o3cqW+V5kfVga2OBC+fw9H500l2M3zSC+y9N44QnqqLIzcfVxvUQ1my3ZeXRMtNKPtFg/8CiY1Lj&#10;o9dQ98wzcrLyj1Cd5BYcNH7BocugaSQXMQfMZpn/ls1ry4yIuWBxnLmWyf2/sPz5/GKJrFG79ZIS&#10;zToU6XGqRzjCAvXGlYh7NS82pOjME/DvDh3ZL56wcRNmaGwXsJggGWK1L9dqi8ETjoeb9Sovig0l&#10;HH3FehPFyFiZ7vKT848CYhx2fnJ+1KpOFmuTxQedTIuKB61V1NpTglpbSlDrw6i1YT7cC+SCSfoZ&#10;kXbiEZwdnMUeIsyHFALb1c2akpQIMn3DKD3HYqPNUMmXvibGGzFF/rEIvDBYcqfvCJs/+1fgVM0U&#10;jitwYnwp5B2fvNYCn59X24GS9YNUKqTv7PFwpyw5szBC8TcxnsFiJ4zihzY4QH3BtuqxjyrqfpyY&#10;FZSozxobNwxhMmwyDsmwXt1BHNVYeev8fvjGrCEGzYp67J1nSGPBytQWyD8ARmy4qeHTyUMjQ89E&#10;biOjaYOzFPOf5j4M63wfUW//TrufAAAA//8DAFBLAwQUAAYACAAAACEAygn9SOEAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74LfYRnBm934r5vGbEoRxYMgtNqCt212TEKzsyG7TWI/&#10;veNJT8Obebz5vXw5uVYM2IfGk4brWQICqfS2oUrDx/vzVQoiREPWtJ5QwzcGWBbnZ7nJrB9pjcMm&#10;VoJDKGRGQx1jl0kZyhqdCTPfIfHty/fORJZ9JW1vRg53rbxJkrl0piH+UJsOH2ssD5uj0/B6ak7r&#10;8WVI3lbVp0oVPcnt7qD15cW0egARcYp/ZvjFZ3QomGnvj2SDaFnfLhRbNaR3PNmwUGoOYs+LewWy&#10;yOX/BsUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOa1C9A2AgAA5QQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMoJ/UjhAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="6F7FDAAD" id="Graphic 131" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.35pt;width:418.95pt;height:.5pt;z-index:-251622400;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYs54EIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfTmbuw1Oyl0HZiK3yxyzpSRUHfmUPFvu8cP&#10;t5w5L0wtNBhV8bNy/G77/t1msKVaQgu6VsgoiHHlYCveem/LLHOyVb1wC7DKkLMB7IWnLR6yGsVA&#10;0XudLfO8yAbA2iJI5Rx9fZicfBvjN42S/mvTOOWZrjhx83HFuO7Dmm03ojygsG0nLzTEP7DoRWfo&#10;0muoB+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ib/LZvXVlgVcyFxnL3K5P5fWPl8erUvGKg7+wTy&#10;hyNFssG68uoJG3fBjA32AUvE2RhVPF9VVKNnkj6uV8u8KNacSfIVq3UUORNlOiuPzn9WEOOI05Pz&#10;Uw3qZIk2WXI0yUSqZKihjjX0nFENkTOq4X6qoRU+nAvkgsmGGZH2wiM4ezipHUSYDykEtsvbFWcp&#10;EWL6htFmjqUGmqGSL71tjDdhivxjEXhRsORO7wk2v/avwEnNFE5qcGq6KeQdr7xqQdfP1Xagu/qx&#10;0zqk7/Cwv9fITiKMRnwujGew2AlT8UMb7KE+vyAbaF4q7n4eBSrO9BdDDRmGKxmYjH0y0Ot7iCMY&#10;lUfnd+N3gZZZMivuqXeeIbW7KFNbEP8AmLDhpIFPRw9NF3omcpsYXTY0IzH/yzyHIZzvI+rtr7P9&#10;BQAA//8DAFBLAwQUAAYACAAAACEAygn9SOEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0vD&#10;QBDF74LfYRnBm934r5vGbEoRxYMgtNqCt212TEKzsyG7TWI/veNJT8Obebz5vXw5uVYM2IfGk4br&#10;WQICqfS2oUrDx/vzVQoiREPWtJ5QwzcGWBbnZ7nJrB9pjcMmVoJDKGRGQx1jl0kZyhqdCTPfIfHt&#10;y/fORJZ9JW1vRg53rbxJkrl0piH+UJsOH2ssD5uj0/B6ak7r8WVI3lbVp0oVPcnt7qD15cW0egAR&#10;cYp/ZvjFZ3QomGnvj2SDaFnfLhRbNaR3PNmwUGoOYs+LewWyyOX/BsUPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhABizngQhAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAMoJ/UjhAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -18961,51 +19373,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="20644D14" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -19059,51 +19471,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="42EDC60B" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="22"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -19157,189 +19569,206 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="36D35C4E" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="6588DAAD" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="195"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
+    <w:p w14:paraId="4E39FD7B" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="487"/>
         </w:tabs>
         <w:ind w:left="487" w:hanging="347"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="E7B15F"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="8._TIERVERKEHR"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:color w:val="E7B15F"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>TIERVERKEHR</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="21BE4156" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="1ADD3811" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="551"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="551" w:hanging="408"/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="8.1_BAULICHE_GEGEBENHEITEN"/>
       <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>BAULICHE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>GEGEBENHEITEN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="33BCA404" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="24"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="66ECFE00" w14:textId="42E5709E" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="2CD929F5" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="15"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251695104" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251695104" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4ABF2412" wp14:editId="21D7ADA4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172062</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="132" name="Graphic 132"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -19366,69 +19795,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="39DECCB8" id="Graphic 132" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251621376;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxjQmLMgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L46TtSiMOMXQosWA&#10;oivQDDsrshwbk0VNVGLn70fJVuptpw3LQabEJ+qRj8zmdug0OymHLZiS54slZ8pIqFpzKPnX3cOH&#10;G87QC1MJDUaV/KyQ327fv9v0tlAraEBXyjEKYrDobckb722RZSgb1QlcgFWGnDW4TnjaukNWOdFT&#10;9E5nq+XyOuvBVdaBVIh0ej86+TbGr2sl/Ze6RuWZLjlx83F1cd2HNdtuRHFwwjatnGiIf2DRidbQ&#10;o5dQ98ILdnTtH6G6VjpAqP1CQpdBXbdSxRwom3z5WzavjbAq5kLFQXspE/6/sPL59OJYW5F26xVn&#10;RnQk0uNUj3BEBeotFoR7tS8upIj2CeR3JEf2iydscMIMtesClhJkQ6z2+VJtNXgm6fBqnef5RxJF&#10;ku96fRXFyESR7soj+kcFMY44PaEftaqSJZpkycEk05HiQWsdtfackdaOM9J6P2pthQ/3Arlgsn5G&#10;pJl4BGcHJ7WDCPMhhQvblAgxfcNoM8dSTjNU8qWvjfFGzHW+vAm8KFhyp+8Imz/7V+BUzRROakA1&#10;vhTyjk9eakHPz6uNoNvqodU6pI/usL/Tjp1EGKH4mxjPYLETRvFDG+yhOlNb9dRHJccfR+EUZ/qz&#10;ocYNQ5gMl4x9MpzXdxBHNVbeod8N34SzzJJZck+98wxpLESR2oL4B8CIDTcNfDp6qNvQM5HbyGja&#10;0CzF/Ke5D8M630fU27/T9icAAAD//wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT8MwDIXvSPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn&#10;69lPz9/L15PrxAmH0HrSkMwVCKTK25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiF&#10;zGhoYuwzKUPVoDNh7nskvn35wZnIcqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/az&#10;VGrayK3df/io9dXlVK5ARJzinxl+8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbF&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAxjQmLMgIAAOUEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="3DF4F8D9" id="Graphic 132" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251621376;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRcXSFHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNSiMOMXQosOA&#10;oivQDDsrshwbk0VNVGLn70fJlmtspw3zQabMJ+rxkfT2bug0OyuHLZiS56s1Z8pIqFpzLPm3/eOH&#10;W87QC1MJDUaV/KKQ3+3ev9v2tlBX0ICulGMUxGDR25I33tsiy1A2qhO4AqsMOWtwnfC0dcescqKn&#10;6J3OrtbrTdaDq6wDqRDp68Po5LsYv66V9F/rGpVnuuTEzcfVxfUQ1my3FcXRCdu0cqIh/oFFJ1pD&#10;l86hHoQX7OTaP0J1rXSAUPuVhC6Dum6lijlQNvn6t2xeG2FVzIXEQTvLhP8vrHw+v9oXF6ijfQL5&#10;A0mRrLdYzJ6wwQkz1K4LWCLOhqjiZVZRDZ5J+nhznef5RxJbkm9zfRNFzkSRzsoT+s8KYhxxfkI/&#10;1qBKlmiSJQeTTEeVDDXUsYaeM6qh44xqeBhraIUP5wK5YLJ+QaSZeARnB2e1hwjzIYWZbUqEmL5h&#10;tFliKacFKvnS28Z4I2aTr28DLwqW3Ok9wpbX/hU4qZnCSQ2oxptC3vHKWQu6fqk2gm6rx1brkD66&#10;4+FeO3YWYTTiMzFewGInjMUPbXCA6vLiWE/zUnL8eRJOcaa/GGrIMFzJcMk4JMN5fQ9xBKPyDv1+&#10;+C6cZZbMknvqnWdI7S6K1BbEPwBGbDhp4NPJQ92GnoncRkbThmYk5j/NcxjC5T6i3v46u18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn69lPz9/L15PrxAmH0HrSkMwVCKTK&#10;25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiFzGhoYuwzKUPVoDNh7nskvn35wZnI&#10;cqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/azVGrayK3df/io9dXlVK5ARJzinxl+&#10;8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbFDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCRcXSFHQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251696128" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251696128" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A2D4404" wp14:editId="65974CAE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>354942</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="133" name="Graphic 133"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -19455,69 +19884,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5737E922" id="Graphic 133" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.95pt;width:418.2pt;height:.5pt;z-index:-251620352;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7JK7CMQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L46bNSiMOMXQosWA&#10;oivQDDsrshwbk0VNVGLn70fJVuptpw3LQabEJ+qRj8zmdug0OymHLZiS54slZ8pIqFpzKPnX3cOH&#10;G87QC1MJDUaV/KyQ327fv9v0tlBX0ICulGMUxGDR25I33tsiy1A2qhO4AKsMOWtwnfC0dYescqKn&#10;6J3OrpbLddaDq6wDqRDp9H508m2MX9dK+i91jcozXXLi5uPq4roPa7bdiOLghG1aOdEQ/8CiE62h&#10;Ry+h7oUX7OjaP0J1rXSAUPuFhC6Dum6lijlQNvnyt2xeG2FVzIWKg/ZSJvx/YeXz6cWxtiLtVivO&#10;jOhIpMepHuGICtRbLAj3al9cSBHtE8jvSI7sF0/Y4IQZatcFLCXIhljt86XaavBM0uH1Ks/zjySK&#10;JN96dR3FyESR7soj+kcFMY44PaEftaqSJZpkycEk05HiQWsdtfackdaOM9J6P2pthQ/3Arlgsn5G&#10;pJl4BGcHJ7WDCPMhhQvblAgxfcNoM8dSTjNU8qWvjfFGzDpf3gReFCy503eEzZ/9K3CqZgonNaAa&#10;Xwp5xycvtaDn59VG0G310God0kd32N9px04ijFD8TYxnsNgJo/ihDfZQnamteuqjkuOPo3CKM/3Z&#10;UOOGIUyGS8Y+Gc7rO4ijGivv0O+Gb8JZZsksuafeeYY0FqJIbUH8A2DEhpsGPh091G3omchtZDRt&#10;aJZi/tPch2Gd7yPq7d9p+xMAAP//AwBQSwMEFAAGAAgAAAAhAKENiMjfAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sKaIbLU2nCo3DEDswEIhb1pi2onGqJt3K22NOcPzt&#10;T78/F+vZ9eKIY+g8aUgWCgRS7W1HjYbXl4erWxAhGrKm94QavjHAujw/K0xu/Yme8biPjeASCrnR&#10;0MY45FKGukVnwsIPSLz79KMzkePYSDuaE5e7Xl4rtZTOdMQXWjPgfYv1135yGp6qatM87qbte6XU&#10;vJFb+/Hmo9aXF3N1ByLiHP9g+NVndSjZ6eAnskH0nG+ShFENaZqBYCBbrVIQBx4sM5BlIf9/UP4A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+ySuwjECAADlBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAoQ2IyN8AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACLBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="2DC985FF" id="Graphic 133" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.95pt;width:418.2pt;height:.5pt;z-index:-251620352;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRcXSFHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNSiMOMXQosOA&#10;oivQDDsrshwbk0VNVGLn70fJlmtspw3zQabMJ+rxkfT2bug0OyuHLZiS56s1Z8pIqFpzLPm3/eOH&#10;W87QC1MJDUaV/KKQ3+3ev9v2tlBX0ICulGMUxGDR25I33tsiy1A2qhO4AqsMOWtwnfC0dcescqKn&#10;6J3OrtbrTdaDq6wDqRDp68Po5LsYv66V9F/rGpVnuuTEzcfVxfUQ1my3FcXRCdu0cqIh/oFFJ1pD&#10;l86hHoQX7OTaP0J1rXSAUPuVhC6Dum6lijlQNvn6t2xeG2FVzIXEQTvLhP8vrHw+v9oXF6ijfQL5&#10;A0mRrLdYzJ6wwQkz1K4LWCLOhqjiZVZRDZ5J+nhznef5RxJbkm9zfRNFzkSRzsoT+s8KYhxxfkI/&#10;1qBKlmiSJQeTTEeVDDXUsYaeM6qh44xqeBhraIUP5wK5YLJ+QaSZeARnB2e1hwjzIYWZbUqEmL5h&#10;tFliKacFKvnS28Z4I2aTr28DLwqW3Ok9wpbX/hU4qZnCSQ2oxptC3vHKWQu6fqk2gm6rx1brkD66&#10;4+FeO3YWYTTiMzFewGInjMUPbXCA6vLiWE/zUnL8eRJOcaa/GGrIMFzJcMk4JMN5fQ9xBKPyDv1+&#10;+C6cZZbMknvqnWdI7S6K1BbEPwBGbDhp4NPJQ92GnoncRkbThmYk5j/NcxjC5T6i3v46u18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQChDYjI3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiGy1NpwqNwxA7MBCIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42G15eHq1sQIRqypveEGr4xwLo8PytMbv2JnvG4j43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK7WUznTEF1oz4H2L9dd+chqeqmrTPO6m7Xul1LyRW/vx5qPWlxdzdQci4hz/YPjV&#10;Z3Uo2engJ7JB9JxvkoRRDWmagWAgW61SEAceLDOQZSH/f1D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJFxdIUdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKENiMjfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251697152" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251697152" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78659962" wp14:editId="6CBA2D33">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>536311</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="134" name="Graphic 134"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -19544,51 +19973,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0B6F32CA" id="Graphic 134" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.25pt;width:418.95pt;height:.5pt;z-index:-251619328;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBFvUNkNgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X+wmi9VacaqpVatJ&#10;VVepmfZMMI7RMMeAxM6/34FN6m1Pm5YHfHAfx3f33WVzO3SKnIR1EnRFrxY5JUJzqKU+VPTr7uHD&#10;NSXOM10zBVpU9Cwcvd2+f7fpTSmW0IKqhSUYRLuyNxVtvTdlljneio65BRih0dmA7ZjHrT1ktWU9&#10;Ru9UtszzIuvB1sYCF87h6f3opNsYv2kE91+axglPVEWRm4+rjes+rNl2w8qDZaaVfKLB/oFFx6TG&#10;Ry+h7pln5GjlH6E6yS04aPyCQ5dB00guYg6YzVX+WzavLTMi5oLFceZSJvf/wvLn04slskbtVh8p&#10;0axDkR6neoQjLFBvXIm4V/NiQ4rOPAH/7tCR/eIJGzdhhsZ2AYsJkiFW+3ypthg84Xi4Xi3zolhT&#10;wtFXrNZRjIyV6S4/Ov8oIMZhpyfnR63qZLE2WXzQybSoeNBaRa09Jai1pQS13o9aG+bDvUAumKSf&#10;EWknHsHZwUnsIMJ8SCGwXV6vKEmJINM3jNJzLDbaDJV86WtivBFT5DdF4IXBkjt9R9j82b8Cp2qm&#10;cFyBE+NLIe/45KUW+Py82g6UrB+kUiF9Zw/7O2XJiYURir+J8QwWO2EUP7TBHuoztlWPfVRR9+PI&#10;rKBEfdbYuGEIk2GTsU+G9eoO4qjGylvnd8M3Zg0xaFbUY+88QxoLVqa2QP4BMGLDTQ2fjh4aGXom&#10;chsZTRucpZj/NPdhWOf7iHr7d9r+BAAA//8DAFBLAwQUAAYACAAAACEAUKDZzeEAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBm934kW4asylFFA9CobUVvG2TMQnNzobsNon9&#10;9Y4nPb4zD+88ky0n24oBe9840nA7i0AgFa5sqNKwe3+5SUD4YKg0rSPU8I0elvnlRWbS0o20wWEb&#10;KsEl5FOjoQ6hS6X0RY3W+JnrkHj35XprAse+kmVvRi63rbyLorm0piG+UJsOn2osjtuT1fB2bs6b&#10;8XWI1qvqUyWKnuX+46j19dW0egQRcAp/MPzqszrk7HRwJyq9aDnfLxSjGpKHGAQDC6XmIA48iGOQ&#10;eSb/f5D/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEW9Q2Q2AgAA5QQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFCg2c3hAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="124462E3" id="Graphic 134" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.25pt;width:418.95pt;height:.5pt;z-index:-251619328;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYs54EIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfTmbuw1Oyl0HZiK3yxyzpSRUHfmUPFvu8cP&#10;t5w5L0wtNBhV8bNy/G77/t1msKVaQgu6VsgoiHHlYCveem/LLHOyVb1wC7DKkLMB7IWnLR6yGsVA&#10;0XudLfO8yAbA2iJI5Rx9fZicfBvjN42S/mvTOOWZrjhx83HFuO7Dmm03ojygsG0nLzTEP7DoRWfo&#10;0muoB+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ib/LZvXVlgVcyFxnL3K5P5fWPl8erUvGKg7+wTy&#10;hyNFssG68uoJG3fBjA32AUvE2RhVPF9VVKNnkj6uV8u8KNacSfIVq3UUORNlOiuPzn9WEOOI05Pz&#10;Uw3qZIk2WXI0yUSqZKihjjX0nFENkTOq4X6qoRU+nAvkgsmGGZH2wiM4ezipHUSYDykEtsvbFWcp&#10;EWL6htFmjqUGmqGSL71tjDdhivxjEXhRsORO7wk2v/avwEnNFE5qcGq6KeQdr7xqQdfP1Xagu/qx&#10;0zqk7/Cwv9fITiKMRnwujGew2AlT8UMb7KE+vyAbaF4q7n4eBSrO9BdDDRmGKxmYjH0y0Ot7iCMY&#10;lUfnd+N3gZZZMivuqXeeIbW7KFNbEP8AmLDhpIFPRw9NF3omcpsYXTY0IzH/yzyHIZzvI+rtr7P9&#10;BQAA//8DAFBLAwQUAAYACAAAACEAUKDZzeEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvD&#10;QBCG74L/YRnBm934kW4asylFFA9CobUVvG2TMQnNzobsNon99Y4nPb4zD+88ky0n24oBe9840nA7&#10;i0AgFa5sqNKwe3+5SUD4YKg0rSPU8I0elvnlRWbS0o20wWEbKsEl5FOjoQ6hS6X0RY3W+JnrkHj3&#10;5XprAse+kmVvRi63rbyLorm0piG+UJsOn2osjtuT1fB2bs6b8XWI1qvqUyWKnuX+46j19dW0egQR&#10;cAp/MPzqszrk7HRwJyq9aDnfLxSjGpKHGAQDC6XmIA48iGOQeSb/f5D/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhABizngQhAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAFCg2c3hAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -19641,51 +20070,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="222B5B52" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="22"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -19739,51 +20168,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="745B1EEB" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -19837,130 +20266,147 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="66BE1E2C" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="211"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="2698611E" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="551"/>
         </w:tabs>
         <w:ind w:left="551" w:hanging="408"/>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="8.2_MANAGEMENT"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>MANAGEMENT</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="3ED27B4A" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="24"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="2BD092FC" w14:textId="24EFE25A" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="7BA3A3DC" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="14"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251698176" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251698176" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D64ED3F" wp14:editId="63EE5D21">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>171881</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="135" name="Graphic 135"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -19987,69 +20433,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="31F64AD8" id="Graphic 135" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251618304;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6bxyrMQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06apdiMOMXQosWA&#10;oivQDDsrshwbk0WNUmLn70fJluttpw3zQabEJ5qPj/T2pm81Oyt0DZiCrxZLzpSRUDbmWPCv+/t3&#10;HzhzXphSaDCq4Bfl+M3u7ZttZ3N1BTXoUiGjIMblnS147b3Ns8zJWrXCLcAqQ84KsBWetnjMShQd&#10;RW91drVcXmcdYGkRpHKOTu8GJ9/F+FWlpP9SVU55pgtOufm4YlwPYc12W5EfUdi6kWMa4h+yaEVj&#10;6KNTqDvhBTth80eotpEIDiq/kNBmUFWNVJEDsVktf2PzUgurIhcqjrNTmdz/Cyufzs/ImpK0W284&#10;M6IlkR7GeoQjKlBnXU64F/uMgaKzjyC/O3Jkv3jCxo2YvsI2YIkg62O1L1O1Ve+ZpMPNerVavSdR&#10;JPmu15soRibydFeenH9QEOOI86Pzg1ZlskSdLNmbZCIpHrTWUWvPGWmNnJHWh0FrK3y4F5ILJutm&#10;idRjHsHZwlntIcJ8oDBlm4hQpq8YbeZY4jRDJV962xhvwFwvP8YSU7DkTu8BNv/sX4FTNVM4qcGp&#10;oNnAezJiLehwXm0HuinvG60DfYfHw61GdhZhhOITKklXZrDYCYP4oQ0OUF6orTrqo4K7HyeBijP9&#10;2VDjhiFMBibjkAz0+hbiqMbKo/P7/ptAyyyZBffUO0+QxkLkqS0CqQkbbhr4dPJQNaFnYm5DRuOG&#10;ZikSGOc+DOt8H1Gvf6fdTwAAAP//AwBQSwMEFAAGAAgAAAAhAGa5Xw3gAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FPwzAMhe9I+w+RkbixpBPQ0TWdKjQOQ3BgINBuWWPaao1TNelW/j3mBCfr&#10;2U/P38vXk+vECYfQetKQzBUIpMrblmoN72+P10sQIRqypvOEGr4xwLqYXeQms/5Mr3jaxVpwCIXM&#10;aGhi7DMpQ9WgM2HueyS+ffnBmchyqKUdzJnDXScXSt1JZ1riD43p8aHB6rgbnYbnstzUTy/j9rNU&#10;atrIrd1/+Kj11eVUrkBEnOKfGX7xGR0KZjr4kWwQHeubJGGrhkXKkw33aXoL4sCLZQKyyOX/BsUP&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALpvHKsxAgAA5QQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGa5Xw3gAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAiwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6095r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="4575F8DA" id="Graphic 135" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251618304;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtyGaCHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07aJdiMOMXQosOA&#10;oivQDD0rshwbk0WNUmLn70fJlmtspw7zQabMJ+rxkfT2pm81Oyt0DZiCrxZLzpSRUDbmWPAf+/sP&#10;nzhzXphSaDCq4Bfl+M3u/bttZ3N1BTXoUiGjIMblnS147b3Ns8zJWrXCLcAqQ84KsBWetnjMShQd&#10;RW91drVcbrIOsLQIUjlHX+8GJ9/F+FWlpP9eVU55pgtO3HxcMa6HsGa7rciPKGzdyJGG+AcWrWgM&#10;XTqFuhNesBM2f4VqG4ngoPILCW0GVdVIFXOgbFbLP7J5roVVMRcSx9lJJvf/wsrH87N9wkDd2QeQ&#10;Px0pknXW5ZMnbNyI6StsA5aIsz6qeJlUVL1nkj6ur1er1UcSW5Jvc72OImciT2flyfmvCmIccX5w&#10;fqhBmSxRJ0v2JplIlQw11LGGnjOqIXJGNTwMNbTCh3OBXDBZNyNSjzyCs4Wz2kOE+ZDCxDYlQkxf&#10;MdrMsZTTDJV86W1jvAGzWX5eB14ULLnTe4DNr30TOKmZwkkNTg03hbzjlZMWdP1cbQe6Ke8brUP6&#10;Do+HW43sLMJoxGdkPIPFThiKH9rgAOXlCVlH81Jw9+skUHGmvxlqyDBcycBkHJKBXt9CHMGoPDq/&#10;718EWmbJLLin3nmE1O4iT21B/ANgwIaTBr6cPFRN6JnIbWA0bmhGYv7jPIchnO8j6vWvs/sNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn69lPz9/L15PrxAmH0HrSkMwVCKTK&#10;25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiFzGhoYuwzKUPVoDNh7nskvn35wZnI&#10;cqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/azVGrayK3df/io9dXlVK5ARJzinxl+&#10;8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbFDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAtyGaCHQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5311140,l,,,6095r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251699200" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251699200" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A77B39F" wp14:editId="6D32C588">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>353237</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="136" name="Graphic 136"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -20076,69 +20522,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2271CB15" id="Graphic 136" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.8pt;width:418.2pt;height:.5pt;z-index:-251617280;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDklfRxMgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06aJdiMOMXQosWA&#10;oivQDD0rshwbk0VNVGLn70fJVuqtpw3LQabEJ+qRj8zmum81OymHDZiCL2ZzzpSRUDbmUPDvu7sP&#10;nzhDL0wpNBhV8LNCfr19/27T2VxdQQ26VI5REIN5Zwtee2/zLENZq1bgDKwy5KzAtcLT1h2y0omO&#10;orc6u5rP11kHrrQOpEKk09vBybcxflUp6b9VFSrPdMGJm4+ri+s+rNl2I/KDE7Zu5EhD/AOLVjSG&#10;Hr2EuhVesKNr3oRqG+kAofIzCW0GVdVIFXOgbBbzP7J5roVVMRcqDtpLmfD/hZWPpyfHmpK0W645&#10;M6Ilke7HeoQjKlBnMSfcs31yIUW0DyB/IDmy3zxhgyOmr1wbsJQg62O1z5dqq94zSYer5WKx+Eii&#10;SPKtl6soRibydFce0d8riHHE6QH9oFWZLFEnS/YmmY4UD1rrqLXnjLR2nJHW+0FrK3y4F8gFk3UT&#10;IvXIIzhbOKkdRJgPKVzYpkSI6StGmymWcpqgki99bYw3YNbzz6vAi4Ild/oOsOmzfwVO1UzhpAZU&#10;w0sh7/jkpRb0/LTaCLop7xqtQ/roDvsb7dhJhBGKv5HxBBY7YRA/tMEeyjO1VUd9VHD8eRROcaa/&#10;GmrcMITJcMnYJ8N5fQNxVGPlHfpd/yKcZZbMgnvqnUdIYyHy1BbEPwAGbLhp4MvRQ9WEnoncBkbj&#10;hmYp5j/OfRjW6T6iXv+dtr8AAAD//wMAUEsDBBQABgAIAAAAIQAoCQen3wAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLCmiHStNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD8&#10;7U+/Pxfr2fXiiGPoPGlIFgoEUu1tR42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq5&#10;0dDGOORShrpFZ8LCD0i8+/SjM5Hj2Eg7mhOXu15eK5VJZzriC60Z8L7F+ms3OQ1PVbVpHp+n7Xul&#10;1LyRW/ux91Hry4u5ugMRcY5/MPzqszqU7HTwE9kges43ScKohjTNQDCwWi5TEAceZBnIspD/Pyh/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOSV9HEyAgAA5QQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACgJB6ffAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6095r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="1ED477CD" id="Graphic 136" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.8pt;width:418.2pt;height:.5pt;z-index:-251617280;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtyGaCHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07aJdiMOMXQosOA&#10;oivQDD0rshwbk0WNUmLn70fJlmtspw7zQabMJ+rxkfT2pm81Oyt0DZiCrxZLzpSRUDbmWPAf+/sP&#10;nzhzXphSaDCq4Bfl+M3u/bttZ3N1BTXoUiGjIMblnS147b3Ns8zJWrXCLcAqQ84KsBWetnjMShQd&#10;RW91drVcbrIOsLQIUjlHX+8GJ9/F+FWlpP9eVU55pgtO3HxcMa6HsGa7rciPKGzdyJGG+AcWrWgM&#10;XTqFuhNesBM2f4VqG4ngoPILCW0GVdVIFXOgbFbLP7J5roVVMRcSx9lJJvf/wsrH87N9wkDd2QeQ&#10;Px0pknXW5ZMnbNyI6StsA5aIsz6qeJlUVL1nkj6ur1er1UcSW5Jvc72OImciT2flyfmvCmIccX5w&#10;fqhBmSxRJ0v2JplIlQw11LGGnjOqIXJGNTwMNbTCh3OBXDBZNyNSjzyCs4Wz2kOE+ZDCxDYlQkxf&#10;MdrMsZTTDJV86W1jvAGzWX5eB14ULLnTe4DNr30TOKmZwkkNTg03hbzjlZMWdP1cbQe6Ke8brUP6&#10;Do+HW43sLMJoxGdkPIPFThiKH9rgAOXlCVlH81Jw9+skUHGmvxlqyDBcycBkHJKBXt9CHMGoPDq/&#10;718EWmbJLLin3nmE1O4iT21B/ANgwIaTBr6cPFRN6JnIbWA0bmhGYv7jPIchnO8j6vWvs/sNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAoCQen3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiHStNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK5VJZzriC60Z8L7F+ms3OQ1PVbVpHp+n7Xul1LyRW/ux91Hry4u5ugMRcY5/MPzq&#10;szqU7HTwE9kges43ScKohjTNQDCwWi5TEAceZBnIspD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAC3IZoIdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhACgJB6ffAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6095r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251700224" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251700224" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FD0EC64" wp14:editId="1D098715">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>536117</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="137" name="Graphic 137"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -20165,51 +20611,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="08EAAB4F" id="Graphic 137" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.2pt;width:418.95pt;height:.5pt;z-index:-251616256;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAbR6u+NgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X+wmitdacaqpVatJ&#10;VVepmfZMMI7RMMeAxM6/34FN6m1Pm5YHfHAfx3f33WVzO3SKnIR1EnRFrxY5JUJzqKU+VPTr7uHD&#10;NSXOM10zBVpU9Cwcvd2+f7fpTSmW0IKqhSUYRLuyNxVtvTdlljneio65BRih0dmA7ZjHrT1ktWU9&#10;Ru9UtszzIuvB1sYCF87h6f3opNsYv2kE91+axglPVEWRm4+rjes+rNl2w8qDZaaVfKLB/oFFx6TG&#10;Ry+h7pln5GjlH6E6yS04aPyCQ5dB00guYg6YzVX+WzavLTMi5oLFceZSJvf/wvLn04slskbtVh8p&#10;0axDkR6neoQjLFBvXIm4V/NiQ4rOPAH/7tCR/eIJGzdhhsZ2AYsJkiFW+3ypthg84Xi4Xi3zolhT&#10;wtFXrNZRjIyV6S4/Ov8oIMZhpyfnR63qZLE2WXzQybSoeNBaRa09Jai1pQS13o9aG+bDvUAumKSf&#10;EWknHsHZwUnsIMJ8SCGwXV6vKEmJINM3jNJzLDbaDJV86WtivBFT5DdF4IXBkjt9R9j82b8Cp2qm&#10;cFyBE+NLIe/45KUW+Py82g6UrB+kUiF9Zw/7O2XJiYURir+J8QwWO2EUP7TBHuoztlWPfVRR9+PI&#10;rKBEfdbYuGEIk2GTsU+G9eoO4qjGylvnd8M3Zg0xaFbUY+88QxoLVqa2QP4BMGLDTQ2fjh4aGXom&#10;chsZTRucpZj/NPdhWOf7iHr7d9r+BAAA//8DAFBLAwQUAAYACAAAACEAnfRLj+EAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwUrDQBCG74LvsIzgzW7U2E1jNqWI4kEotLaCt20yJqHZ2ZDdJrFP&#10;73jS4z/z8c832XKyrRiw940jDbezCARS4cqGKg2795ebBIQPhkrTOkIN3+hhmV9eZCYt3UgbHLah&#10;ElxCPjUa6hC6VEpf1GiNn7kOiXdfrrcmcOwrWfZm5HLbyrsomktrGuILtenwqcbiuD1ZDW/n5rwZ&#10;X4dovao+VaLoWe4/jlpfX02rRxABp/AHw68+q0POTgd3otKLlvP9QjGqIYljEAwslJqDOPDgIQaZ&#10;Z/L/B/kPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABtHq742AgAA5QQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJ30S4/hAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="4C411EDF" id="Graphic 137" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.2pt;width:418.95pt;height:.5pt;z-index:-251616256;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYs54EIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfTmbuw1Oyl0HZiK3yxyzpSRUHfmUPFvu8cP&#10;t5w5L0wtNBhV8bNy/G77/t1msKVaQgu6VsgoiHHlYCveem/LLHOyVb1wC7DKkLMB7IWnLR6yGsVA&#10;0XudLfO8yAbA2iJI5Rx9fZicfBvjN42S/mvTOOWZrjhx83HFuO7Dmm03ojygsG0nLzTEP7DoRWfo&#10;0muoB+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ib/LZvXVlgVcyFxnL3K5P5fWPl8erUvGKg7+wTy&#10;hyNFssG68uoJG3fBjA32AUvE2RhVPF9VVKNnkj6uV8u8KNacSfIVq3UUORNlOiuPzn9WEOOI05Pz&#10;Uw3qZIk2WXI0yUSqZKihjjX0nFENkTOq4X6qoRU+nAvkgsmGGZH2wiM4ezipHUSYDykEtsvbFWcp&#10;EWL6htFmjqUGmqGSL71tjDdhivxjEXhRsORO7wk2v/avwEnNFE5qcGq6KeQdr7xqQdfP1Xagu/qx&#10;0zqk7/Cwv9fITiKMRnwujGew2AlT8UMb7KE+vyAbaF4q7n4eBSrO9BdDDRmGKxmYjH0y0Ot7iCMY&#10;lUfnd+N3gZZZMivuqXeeIbW7KFNbEP8AmLDhpIFPRw9NF3omcpsYXTY0IzH/yzyHIZzvI+rtr7P9&#10;BQAA//8DAFBLAwQUAAYACAAAACEAnfRLj+EAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrD&#10;QBCG74LvsIzgzW7U2E1jNqWI4kEotLaCt20yJqHZ2ZDdJrFP73jS4z/z8c832XKyrRiw940jDbez&#10;CARS4cqGKg2795ebBIQPhkrTOkIN3+hhmV9eZCYt3UgbHLahElxCPjUa6hC6VEpf1GiNn7kOiXdf&#10;rrcmcOwrWfZm5HLbyrsomktrGuILtenwqcbiuD1ZDW/n5rwZX4dovao+VaLoWe4/jlpfX02rRxAB&#10;p/AHw68+q0POTgd3otKLlvP9QjGqIYljEAwslJqDOPDgIQaZZ/L/B/kPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhABizngQhAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAJ30S4/hAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -20262,51 +20708,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="4FD238B7" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -20360,51 +20806,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="4ED69FD1" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="22"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -20458,158 +20904,175 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="1ABDFEE1" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="209"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="05E7AB13" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:ind w:left="566" w:hanging="423"/>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="8.3_REINIGUNG_UND_DESINFEKTION"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>REINIGUNG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>UND</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>DESINFEKTION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="239AA742" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="24"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="7F0F6105" w14:textId="75A94B38" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="0C09F90D" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="15"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251701248" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251701248" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="118FE070" wp14:editId="57A1D7D1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172249</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="138" name="Graphic 138"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -20636,69 +21099,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4B5E596D" id="Graphic 138" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251615232;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2mug4MAIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L46bNRiMOMXQosWA&#10;oivQFDsrshwbk0VNVOLk70fJluttpw3zQabEJ5qPj/Tm5txpdlIOWzAlzxdLzpSRULXmUPLX3f2H&#10;T5yhF6YSGowq+UUhv9m+f7fpbaGuoAFdKccoiMGityVvvLdFlqFsVCdwAVYZctbgOuFp6w5Z5URP&#10;0TudXS2X66wHV1kHUiHS6d3g5NsYv66V9F/rGpVnuuSUm4+ri+s+rNl2I4qDE7Zp5ZiG+IcsOtEa&#10;+ugU6k54wY6u/SNU10oHCLVfSOgyqOtWqsiB2OTL39i8NMKqyIWKg3YqE/6/sPLp9OxYW5F2K5LK&#10;iI5EehjrEY6oQL3FgnAv9tkFimgfQX5HcmS/eMIGR8y5dl3AEkF2jtW+TNVWZ88kHV6v8jz/SKJI&#10;8q1X11GMTBTprjyif1AQ44jTI/pBqypZokmWPJtkOlI8aK2j1p4z0tpxRlrvB62t8OFeSC6YrJ8l&#10;0ox5BGcHJ7WDCPOBwpRtIkKZvmG0mWOJ0wyVfOltY7wBs86XscQULLnTe4DNP/tX4FTNFE5qQBU0&#10;G3hPRqwFHc6rjaDb6r7VOtBHd9jfasdOIoxQfEIl6coMFjthED+0wR6qC7VVT31UcvxxFE5xpr8Y&#10;atwwhMlwydgnw3l9C3FUY+Ud+t35m3CWWTJL7ql3niCNhShSWwRSEzbcNPD56KFuQ8/E3IaMxg3N&#10;UiQwzn0Y1vk+ot7+TtufAAAA//8DAFBLAwQUAAYACAAAACEAZrlfDeAAAAAJAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQU/DMAyF70j7D5GRuLGkE9DRNZ0qNA5DcGAg0G5ZY9pqjVM16Vb+PeYEJ+vZ&#10;T8/fy9eT68QJh9B60pDMFQikytuWag3vb4/XSxAhGrKm84QavjHAuphd5Caz/kyveNrFWnAIhcxo&#10;aGLsMylD1aAzYe57JL59+cGZyHKopR3MmcNdJxdK3UlnWuIPjenxocHquBudhuey3NRPL+P2s1Rq&#10;2sit3X/4qPXV5VSuQESc4p8ZfvEZHQpmOviRbBAd65skYauGRcqTDfdpegviwItlArLI5f8GxQ8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANproODACAADlBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAZrlfDeAAAAAJAQAADwAAAAAAAAAAAAAA&#10;AACKBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="3B078D66" id="Graphic 138" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251615232;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRcXSFHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNSiMOMXQosOA&#10;oivQDDsrshwbk0VNVGLn70fJlmtspw3zQabMJ+rxkfT2bug0OyuHLZiS56s1Z8pIqFpzLPm3/eOH&#10;W87QC1MJDUaV/KKQ3+3ev9v2tlBX0ICulGMUxGDR25I33tsiy1A2qhO4AqsMOWtwnfC0dcescqKn&#10;6J3OrtbrTdaDq6wDqRDp68Po5LsYv66V9F/rGpVnuuTEzcfVxfUQ1my3FcXRCdu0cqIh/oFFJ1pD&#10;l86hHoQX7OTaP0J1rXSAUPuVhC6Dum6lijlQNvn6t2xeG2FVzIXEQTvLhP8vrHw+v9oXF6ijfQL5&#10;A0mRrLdYzJ6wwQkz1K4LWCLOhqjiZVZRDZ5J+nhznef5RxJbkm9zfRNFzkSRzsoT+s8KYhxxfkI/&#10;1qBKlmiSJQeTTEeVDDXUsYaeM6qh44xqeBhraIUP5wK5YLJ+QaSZeARnB2e1hwjzIYWZbUqEmL5h&#10;tFliKacFKvnS28Z4I2aTr28DLwqW3Ok9wpbX/hU4qZnCSQ2oxptC3vHKWQu6fqk2gm6rx1brkD66&#10;4+FeO3YWYTTiMzFewGInjMUPbXCA6vLiWE/zUnL8eRJOcaa/GGrIMFzJcMk4JMN5fQ9xBKPyDv1+&#10;+C6cZZbMknvqnWdI7S6K1BbEPwBGbDhp4NPJQ92GnoncRkbThmYk5j/NcxjC5T6i3v46u18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn69lPz9/L15PrxAmH0HrSkMwVCKTK&#10;25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiFzGhoYuwzKUPVoDNh7nskvn35wZnI&#10;cqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/azVGrayK3df/io9dXlVK5ARJzinxl+&#10;8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbFDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCRcXSFHQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251702272" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251702272" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="76E1506D" wp14:editId="3CD76E31">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>353618</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="139" name="Graphic 139"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -20725,69 +21188,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2DF0501D" id="Graphic 139" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251614208;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAOuuTvMgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06aNViNOMXQosWA&#10;oivQFDsrshwbk0WNUmLn70fJVuptpxbLQabEJ+qRj8z6um81Oyp0DZiCL2ZzzpSRUDZmX/CX7d2n&#10;L5w5L0wpNBhV8JNy/Hrz8cO6s7m6gBp0qZBREOPyzha89t7mWeZkrVrhZmCVIWcF2ApPW9xnJYqO&#10;orc6u5jPV1kHWFoEqZyj09vByTcxflUp6b9XlVOe6YITNx9XjOsurNlmLfI9Cls3cqQh3sGiFY2h&#10;R8+hboUX7IDNP6HaRiI4qPxMQptBVTVSxRwom8X8r2yea2FVzIWK4+y5TO7/hZWPxydkTUnaLa84&#10;M6Ilke7HeoQjKlBnXU64Z/uEIUVnH0D+dOTI/vCEjRsxfYVtwFKCrI/VPp2rrXrPJB1eLheLxWcS&#10;RZJvtbyMYmQiT3flwfl7BTGOOD44P2hVJkvUyZK9SSaS4kFrHbX2nJHWyBlpvRu0tsKHe4FcMFk3&#10;IVKPPIKzhaPaQoT5kMKZbUqEmL5itJliKacJKvnS18Z4A2Y1v1oFXhQsudN3gE2ffRM4VTOFkxqc&#10;Gl4Keccnz7Wg56fVdqCb8q7ROqTvcL+70ciOIoxQ/I2MJ7DYCYP4oQ12UJ6orTrqo4K7XweBijP9&#10;zVDjhiFMBiZjlwz0+gbiqMbKo/Pb/odAyyyZBffUO4+QxkLkqS2IfwAM2HDTwNeDh6oJPRO5DYzG&#10;Dc1SzH+c+zCs031Evf47bX4DAAD//wMAUEsDBBQABgAIAAAAIQDlXZXl3wAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLCmiKytNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD8&#10;7U+/Pxfr2fXiiGPoPGlIFgoEUu1tR42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq5&#10;0dDGOORShrpFZ8LCD0i8+/SjM5Hj2Eg7mhOXu15eK7WUznTEF1oz4H2L9dduchqeqmrTPD5P2/dK&#10;qXkjt/Zj76PWlxdzdQci4hz/YPjVZ3Uo2engJ7JB9JxvkoRRDWmagWBglWUpiAMPlhnIspD/Pyh/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA665O8yAgAA5QQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="17E0BCFD" id="Graphic 139" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251614208;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDlXZXl3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiKytNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK7WUznTEF1oz4H2L9dduchqeqmrTPD5P2/dKqXkjt/Zj76PWlxdzdQci4hz/YPjV&#10;Z3Uo2engJ7JB9JxvkoRRDWmagWBglWUpiAMPlhnIspD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGP43xsdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251703296" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251703296" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FAB2CBC" wp14:editId="54E00774">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>536201</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="140" name="Graphic 140"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -20814,51 +21277,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="633B5593" id="Graphic 140" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.2pt;width:418.95pt;height:.5pt;z-index:-251613184;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2jo+4NgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06TJWiNOMXQosWA&#10;oivQDDsrshwbk0WNUmLn70fJVuptpw3LQabEJ+rxkczmtm81Oyl0DZiCX83mnCkjoWzMoeBfdw8f&#10;rjlzXphSaDCq4Gfl+O32/btNZ3O1gBp0qZBREOPyzha89t7mWeZkrVrhZmCVIWcF2ApPWzxkJYqO&#10;orc6W8zn66wDLC2CVM7R6f3g5NsYv6qU9F+qyinPdMGJm48rxnUf1my7EfkBha0bOdIQ/8CiFY2h&#10;Ry+h7oUX7IjNH6HaRiI4qPxMQptBVTVSxRwom6v5b9m81sKqmAuJ4+xFJvf/wsrn0wuypqTafSR9&#10;jGipSI+jHuGIBOqsywn3al8wpOjsE8jvjhzZL56wcSOmr7ANWEqQ9VHt80Vt1Xsm6XC1XMzX6xVn&#10;knzr5Sq+lYk83ZVH5x8VxDji9OT8UKsyWaJOluxNMpEqHmqtY609Z1Rr5IxqvR9qbYUP9wK5YLJu&#10;QqQeeQRnCye1gwjzIYXAdnG95CwlQkzfMNpMsSTkBJV86WtjvAGznt+sAi8KltzpO8Cmz/4VOKmZ&#10;wkkNTg0vhbzjkxct6Pmp2g50Uz40Wof0HR72dxrZSYQRir+R8QQWO2EofmiDPZRnaquO+qjg7sdR&#10;oOJMfzbUuGEIk4HJ2CcDvb6DOKpReXR+138TaJkls+CeeucZ0liIPLUF8Q+AARtuGvh09FA1oWci&#10;t4HRuKFZivmPcx+GdbqPqLd/p+1PAAAA//8DAFBLAwQUAAYACAAAACEAnfRLj+EAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwUrDQBCG74LvsIzgzW7U2E1jNqWI4kEotLaCt20yJqHZ2ZDdJrFP&#10;73jS4z/z8c832XKyrRiw940jDbezCARS4cqGKg2795ebBIQPhkrTOkIN3+hhmV9eZCYt3UgbHLah&#10;ElxCPjUa6hC6VEpf1GiNn7kOiXdfrrcmcOwrWfZm5HLbyrsomktrGuILtenwqcbiuD1ZDW/n5rwZ&#10;X4dovao+VaLoWe4/jlpfX02rRxABp/AHw68+q0POTgd3otKLlvP9QjGqIYljEAwslJqDOPDgIQaZ&#10;Z/L/B/kPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADaOj7g2AgAA5QQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJ30S4/hAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" path="m5320283,l,,,6095r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="34BC9576" id="Graphic 140" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.2pt;width:418.95pt;height:.5pt;z-index:-251613184;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWgyedIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTJOiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJVmpspw3zQabMJ+rxkfT2bug0Oyt0LZiS3yxyzpSRULXmWPJv+8cP&#10;t5w5L0wlNBhV8oty/G73/t22t4VaQgO6UsgoiHFFb0veeG+LLHOyUZ1wC7DKkLMG7ISnLR6zCkVP&#10;0TudLfN8k/WAlUWQyjn6+jA6+S7Gr2sl/de6dsozXXLi5uOKcT2ENdttRXFEYZtWTjTEP7DoRGvo&#10;0muoB+EFO2H7R6iulQgOar+Q0GVQ161UMQfK5ib/LZvXRlgVcyFxnL3K5P5fWPl8frUvGKg7+wTy&#10;hyNFst664uoJGzdhhhq7gCXibIgqXq4qqsEzSR/Xq2W+2aw5k+TbrNZR5EwU6aw8Of9ZQYwjzk/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrZ0SaiUdwdnBWe4gwH1IIbJe3K85S&#10;IsT0DaPNHEsNNEMlX3rbGG/EbPKP68CLgiV3eo+w+bV/BU5qpnBSg1PjTSHveOVVC7p+rrYD3VaP&#10;rdYhfYfHw71GdhZhNOIzMZ7BYieMxQ9tcIDq8oKsp3kpuft5Eqg4018MNWQYrmRgMg7JQK/vIY5g&#10;VB6d3w/fBVpmySy5p955htTuokhtQfwDYMSGkwY+nTzUbeiZyG1kNG1oRmL+0zyHIZzvI+rtr7P7&#10;BQAA//8DAFBLAwQUAAYACAAAACEAnfRLj+EAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrD&#10;QBCG74LvsIzgzW7U2E1jNqWI4kEotLaCt20yJqHZ2ZDdJrFP73jS4z/z8c832XKyrRiw940jDbez&#10;CARS4cqGKg2795ebBIQPhkrTOkIN3+hhmV9eZCYt3UgbHLahElxCPjUa6hC6VEpf1GiNn7kOiXdf&#10;rrcmcOwrWfZm5HLbyrsomktrGuILtenwqcbiuD1ZDW/n5rwZX4dovao+VaLoWe4/jlpfX02rRxAB&#10;p/AHw68+q0POTgd3otKLlvP9QjGqIYljEAwslJqDOPDgIQaZZ/L/B/kPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAFaDJ50hAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAJ30S4/hAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6095r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -20911,51 +21374,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="75A4217D" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -21009,51 +21472,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="34A5BA56" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="22"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -21107,97 +21570,98 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="54EA4DE2" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00F34FE5">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="580" w:right="566" w:bottom="760" w:left="1275" w:header="0" w:footer="565" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
+    <w:p w14:paraId="3BBAAC5F" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="499"/>
         </w:tabs>
         <w:spacing w:before="88"/>
         <w:ind w:left="499" w:hanging="359"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="B8D1CE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E594A">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251609088" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251609088" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="318AE135" wp14:editId="37EE6F98">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>652741</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="816610" cy="150495"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="141" name="Graphic 141"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="816610" cy="150495"/>
                         </a:xfrm>
@@ -21224,67 +21688,67 @@
                               <a:lnTo>
                                 <a:pt x="816292" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="B8D1CE"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="530FD049" id="Graphic 141" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:51.4pt;width:64.3pt;height:11.85pt;z-index:251609088;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="816610,150495" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7ytjAPAIAAOgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyGIRRARVi10V5VW&#10;25WWqmfjOCSq43FtQ8K/79iJIdueWpWDM/Y8j9+bD9b3XSPJWRhbg8ppOplSIhSHolbHnH7bP3xY&#10;UmIdUwWToEROL8LS+837d+tWZ2IGFchCGIJBlM1andPKOZ0lieWVaJidgBYKnSWYhjncmmNSGNZi&#10;9EYms+l0kbRgCm2AC2vxdNc76SbEL0vB3deytMIRmVPk5sJqwnrwa7JZs+xomK5qPtBg/8CiYbXC&#10;R6+hdswxcjL1H6GamhuwULoJhyaBsqy5CBpQTTr9Tc1rxbQIWjA5Vl/TZP9fWP58fjGkLrB285QS&#10;xRos0uOQD3+ECWq1zRD3ql+Ml2j1E/AfFh3JG4/f2AHTlabxWBRIupDtyzXbonOE4+EyXSxSrAlH&#10;V3o3na/u/GMJy+JlfrLuUUAIxM5P1vXFKqLFqmjxTkXTYMl9sWUotqMEi20owWIf+mJr5vw9z86b&#10;pL0xqa5EvLeBs9hDwDkvAvnOVjNKohJkeoNINYaiqhEq+uJXh3A9Jp2v8DcIj4D47YGjd/8OHbob&#10;WcZwXIIVfYq98pDrazYQN863BVkXD7WUXr81x8NWGnJmmNhPy126/TwwHsFCM/T1951wgOKCndVi&#10;K+XU/jwxIyiRXxT2rp/DaJhoHKJhnNxCmNaQemPdvvvOjCYazZw6bJ9niJPBstgYyN8Deqy/qeDj&#10;yUFZ+64J3HpGwwbHKegfRt/P63gfULc/qM0vAAAA//8DAFBLAwQUAAYACAAAACEAtIQHYtwAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhDBGmUxqkKEqDeoHDguIndOMJe&#10;R7Hzw9vjnOhtd2c0+025X6xhkxp850jA/SYBpqhxsqNWwNfny10OzAckicaREvCrPOyr66sSC+lm&#10;+lDTKbQshpAvUIAOoS84941WFv3G9YqidnaDxRDXoeVywDmGW8PTJMm4xY7iB429etaq+TmNVkCO&#10;I74+vZvv43x4Oz4EvZ22Sy3E7c1y2AELagn/ZljxIzpUkal2I0nPjIBYJMRrksYCq5zmGbB6HbJH&#10;4FXJLwtUfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD7ytjAPAIAAOgEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC0hAdi3AAAAAgBAAAPAAAA&#10;AAAAAAAAAAAAAJYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" path="m816292,l,,,149999r816292,l816292,xe" fillcolor="#b8d1ce" stroked="f">
+              <v:shape w14:anchorId="4171BE41" id="Graphic 141" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:51.4pt;width:64.3pt;height:11.85pt;z-index:251609088;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="816610,150495" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdduNOKAIAAMAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+lxC0iyAirFroVpVW&#10;25WWqmfjOCSq43FtQ8Lfd+zEIdqeWpWDM46fJ++9mWHz0DWSXISxNaicprM5JUJxKGp1yun3w+OH&#10;FSXWMVUwCUrk9Cosfdi+f7dpdSYWUIEshCGYRNms1TmtnNNZklheiYbZGWih8LAE0zCHW3NKCsNa&#10;zN7IZDGfL5MWTKENcGEtvt33h3Qb8pel4O5bWVrhiMwpcnNhNWE9+jXZblh2MkxXNR9osH9g0bBa&#10;4UfHVHvmGDmb+o9UTc0NWCjdjEOTQFnWXAQNqCadv1HzWjEtghY0x+rRJvv/0vLny6t+MZ661U/A&#10;f1p0JGm1zcYTv7EDpitN47FInHTBxevoougc4fhylS6XKXrN8Si9n9+t773LCcviZX627ouAkIhd&#10;nqzri1DEiFUx4p2KocFS+iLKUERHCRbRUIJFPPZF1Mz5e56dD0l7Y1KNRPxpAxdxgIBzXgTyXawX&#10;lEQlyPQGkWoKRVUTVDyLTx3S9Zj0bo2/QXgExGcPnHz379Cha5FlTMclWNFb7JUHr0c3EDf124Ks&#10;i8daSq/fmtNxJw25MDT202qf7j4PjCew0Ax9/X0nHKG4vhjS4sjk1P46MyMokV8V9qSfrxiYGBxj&#10;YJzcQZjCYL2x7tD9YEYTjWFOHbbPM8SOZ1lsDOTvAT3W31Tw8eygrH3XBG49o2GDYxL0DyPt53C6&#10;D6jbH8/2NwAAAP//AwBQSwMEFAAGAAgAAAAhALSEB2LcAAAACAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyoQwRplMapChKg3qBw4LiJ3TjCXkex88Pb45zobXdnNPtNuV+sYZMa&#10;fOdIwP0mAaaocbKjVsDX58tdDswHJInGkRLwqzzsq+urEgvpZvpQ0ym0LIaQL1CADqEvOPeNVhb9&#10;xvWKonZ2g8UQ16HlcsA5hlvD0yTJuMWO4geNvXrWqvk5jVZAjiO+Pr2b7+N8eDs+BL2dtkstxO3N&#10;ctgBC2oJ/2ZY8SM6VJGpdiNJz4yAWCTEa5LGAquc5hmweh2yR+BVyS8LVH8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAXXbjTigCAADABAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAtIQHYtwAAAAIAQAADwAAAAAAAAAAAAAAAACCBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" path="m816292,l,,,149999r816292,l816292,xe" fillcolor="#b8d1ce" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="003E594A">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251611136" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251611136" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="513BDCAE" wp14:editId="008DDD7A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>5406656</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="816610" cy="150495"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="142" name="Graphic 142"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="816610" cy="150495"/>
                         </a:xfrm>
@@ -21311,175 +21775,192 @@
                               <a:lnTo>
                                 <a:pt x="816292" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="85A6A0"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="415A1443" id="Graphic 142" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:425.7pt;width:64.3pt;height:11.85pt;z-index:251611136;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="816610,150495" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZ/yzBOgIAAOgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2jAQfp+0/2D5fYQgQBARKtSq1aSq&#10;q1SmPRvHIdEcn2cbEv79zk4M2frUaTw4Z9/n833f3bG56xpJzsLYGlRO08mUEqE4FLU65vT7/vHL&#10;ihLrmCqYBCVyehGW3m0/f9q0OhMzqEAWwhAMomzW6pxWzuksSSyvRMPsBLRQ6CzBNMzh1hyTwrAW&#10;ozcymU2ny6QFU2gDXFiLpw+9k25D/LIU3H0rSysckTnF3FxYTVgPfk22G5YdDdNVzYc02D9k0bBa&#10;4aPXUA/MMXIy9btQTc0NWCjdhEOTQFnWXAQOyCad/sXmrWJaBC4ojtVXmez/C8tfzq+G1AXWbj6j&#10;RLEGi/Q06OGPUKBW2wxxb/rVeIpWPwP/adGR/OHxGztgutI0HosESRfUvlzVFp0jHA9X6XKZYk04&#10;utLFdL5e+McSlsXL/GTdk4AQiJ2freuLVUSLVdHinYqmwZL7YstQbEcJFttQgsU+9MXWzPl7Pjtv&#10;kvaWSXVNxHsbOIs9BJzzJDDf2Ro1ikww0xtEqjEUWY1Q0Re/OoTrMel8jb+BeATEbw8cvfsxdOhu&#10;zDKG4xKs6CX2zIPWVzUQN9bbgqyLx1pKz9+a4+FeGnJmKOxqsVvuYugRLDRDX3/fCQcoLthZLbZS&#10;Tu2vEzOCEvlVYe/6OYyGicYhGsbJewjTGqQ31u27H8xootHMqcP2eYE4GSyLjYH5e0CP9TcV7E4O&#10;ytp3Tcitz2jY4DgF/sPo+3kd7wPq9ge1/Q0AAP//AwBQSwMEFAAGAAgAAAAhAEeScfTfAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyok4qUKMSpUMXPAYrUgHrexksSNV5H&#10;sdOkb497guPsrGa+ydez6cSJBtdaVhAvIhDEldUt1wq+v17uUhDOI2vsLJOCMzlYF9dXOWbaTryj&#10;U+lrEULYZaig8b7PpHRVQwbdwvbEwfuxg0Ef5FBLPeAUwk0nl1G0kgZbDg0N9rRpqDqWo1Hw/PpR&#10;vY3Ylvvu+L6bPvebZKvPSt3ezE+PIDzN/u8ZLvgBHYrAdLAjayc6BWGIV5Am8T2Ii71MVyAO4fKQ&#10;xCCLXP4fUPwCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAWf8swToCAADoBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAR5Jx9N8AAAAIAQAADwAA&#10;AAAAAAAAAAAAAACUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;" path="m816292,l,,,149999r816292,l816292,xe" fillcolor="#85a6a0" stroked="f">
+              <v:shape w14:anchorId="1DC65906" id="Graphic 142" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:425.7pt;width:64.3pt;height:11.85pt;z-index:251611136;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="816610,150495" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDiI7dpJgIAAMAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGK2zAQvRf6D0L3xnHYhKyJs4RdthSW&#10;7cKm9KzIcmwqe9SREjt/35EcOaY9tTQHeWQ9jd97M5PNQ99odlZoa2hzns7mnKlWQlG3x5x/2z9/&#10;WnNmnWgLoaFVOb8oyx+2Hz9sOpOpBVSgC4WMkrQ260zOK+dMliRWVqoRdgZGtXRYAjbC0RaPSYGi&#10;o+yNThbz+SrpAAuDIJW19PZpOOTbkL8slXRfy9Iqx3TOiZsLK4b14NdkuxHZEYWpanmlIf6BRSPq&#10;lj46pnoSTrAT1n+kamqJYKF0MwlNAmVZSxU0kJp0/pua90oYFbSQOdaMNtn/l1a+nt/NG3rq1ryA&#10;/GHJkaQzNhtP/MZeMX2JjccScdYHFy+ji6p3TNLLdbpapeS1pKN0Ob+7X3qXE5HFy/Jk3WcFIZE4&#10;v1g3FKGIkahiJPs2hkil9EXUoYiOMyoickZFPAxFNML5e56dD1l3Y1KNRPxpA2e1h4BzXgTxXdwv&#10;OItKiOkNotsplFRNUPEsPk1IN2DSu3v6XYVHQHwOwMl3/w4dupZYxnRSg1WDxV558Hp0g3BTvy3o&#10;uniutfb6LR4PjxrZWZCx6+VutYupJ7DQDEP9fSccoLi8IetoZHJuf54EKs70l5Z60s9XDDAGhxig&#10;048QpjBYj9bt++8CDTMU5txR+7xC7HiRxcYg/h4wYP3NFnYnB2XtuyZwGxhdNzQmQf91pP0cTvcB&#10;dfvj2f4CAAD//wMAUEsDBBQABgAIAAAAIQBHknH03wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/NTsMwEITvSLyDtUjcqJOKlCjEqVDFzwGK1IB63sZLEjVeR7HTpG+Pe4Lj7KxmvsnXs+nEiQbX&#10;WlYQLyIQxJXVLdcKvr9e7lIQziNr7CyTgjM5WBfXVzlm2k68o1PpaxFC2GWooPG+z6R0VUMG3cL2&#10;xMH7sYNBH+RQSz3gFMJNJ5dRtJIGWw4NDfa0aag6lqNR8Pz6Ub2N2Jb77vi+mz73m2Srz0rd3sxP&#10;jyA8zf7vGS74AR2KwHSwI2snOgVhiFeQJvE9iIu9TFcgDuHykMQgi1z+H1D8AgAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAOIjt2kmAgAAwAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAEeScfTfAAAACAEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m816292,l,,,149999r816292,l816292,xe" fillcolor="#85a6a0" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:bookmarkStart w:id="45" w:name="9._ÜBERWACHUNG_TIERGESUNDHEIT"/>
       <w:bookmarkEnd w:id="45"/>
       <w:r w:rsidRPr="003E594A">
         <w:rPr>
           <w:color w:val="B8D1CE"/>
         </w:rPr>
         <w:t>ÜBERWACHUNG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="B8D1CE"/>
           <w:spacing w:val="44"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="B8D1CE"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>TIERGESUNDHEIT</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="0373871E" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="02132BC5" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="551"/>
         </w:tabs>
         <w:ind w:left="551" w:hanging="408"/>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="9.1_BETRIEBSEIGENE_KONTROLLEN"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>BETRIEBSEIGENE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="62"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>KONTROLLEN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="3482DBF0" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="24"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="1B3C68F3" w14:textId="3CE869AB" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="7792E5D3" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="14"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251704320" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251704320" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D7631C3" wp14:editId="1A5FF8A2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>171863</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="143" name="Graphic 143"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -21506,69 +21987,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4B8E9B90" id="Graphic 143" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251612160;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdD5/kMgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06aNliNOMXQosWA&#10;oivQDDsrshwbk0VNVGLn70fJVuqtpw7LQabEJ+qRj8z6pm81OyqHDZiCL2ZzzpSRUDZmX/Dv2/tP&#10;nzlDL0wpNBhV8JNCfrP5+GHd2VxdQA26VI5REIN5Zwtee2/zLENZq1bgDKwy5KzAtcLT1u2z0omO&#10;orc6u5jPV1kHrrQOpEKk07vByTcxflUp6b9VFSrPdMGJm4+ri+surNlmLfK9E7Zu5EhD/AOLVjSG&#10;Hj2HuhNesINr3oRqG+kAofIzCW0GVdVIFXOgbBbzv7J5qYVVMRcqDtpzmfD/hZVPx2fHmpK0u1xy&#10;ZkRLIj2M9QhHVKDOYk64F/vsQopoH0H+RHJkf3jCBkdMX7k2YClB1sdqn87VVr1nkg6vlovF4pJE&#10;keRbLa+iGJnI0115QP+gIMYRx0f0g1ZlskSdLNmbZDpSPGito9aeM9LacUZa7watrfDhXiAXTNZN&#10;iNQjj+Bs4ai2EGE+pHBmmxIhpq8YbaZYymmCSr70tTHegFnNr1eBFwVL7vQdYNNn3wVO1UzhpAZU&#10;w0sh7/jkuRb0/LTaCLop7xutQ/ro9rtb7dhRhBGKv5HxBBY7YRA/tMEOyhO1VUd9VHD8dRBOcaa/&#10;GmrcMITJcMnYJcN5fQtxVGPlHfpt/0M4yyyZBffUO0+QxkLkqS2IfwAM2HDTwJeDh6oJPRO5DYzG&#10;Dc1SzH+c+zCs031Evf47bX4DAAD//wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT8MwDIXvSPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn&#10;69lPz9/L15PrxAmH0HrSkMwVCKTK25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiF&#10;zGhoYuwzKUPVoDNh7nskvn35wZnIcqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/az&#10;VGrayK3df/io9dXlVK5ARJzinxl+8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbF&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBdD5/kMgIAAOUEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="07142696" id="Graphic 143" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251612160;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn69lPz9/L15PrxAmH0HrSkMwVCKTK&#10;25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiFzGhoYuwzKUPVoDNh7nskvn35wZnI&#10;cqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/azVGrayK3df/io9dXlVK5ARJzinxl+&#10;8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbFDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBj+N8bHQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251705344" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251705344" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6ED22847" wp14:editId="0F602C4C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>353207</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="144" name="Graphic 144"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -21595,69 +22076,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1B8E8308" id="Graphic 144" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.8pt;width:418.2pt;height:.5pt;z-index:-251611136;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCY3TNdMgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47btCiMOMXQosWA&#10;oivQFDsrshwbk0VNVGLn70fJVuptpw3LQabEJ+qRj8z6dug0OyqHLZiS54slZ8pIqFqzL/nb9uHT&#10;DWfohamEBqNKflLIbzcfP6x7W6gLaEBXyjEKYrDobckb722RZSgb1QlcgFWGnDW4Tnjaun1WOdFT&#10;9E5nF8vlddaDq6wDqRDp9H508k2MX9dK+q91jcozXXLi5uPq4roLa7ZZi2LvhG1aOdEQ/8CiE62h&#10;R8+h7oUX7ODaP0J1rXSAUPuFhC6Dum6lijlQNvnyt2xeG2FVzIWKg/ZcJvx/YeXz8cWxtiLtVivO&#10;jOhIpMepHuGICtRbLAj3al9cSBHtE8jvSI7sF0/Y4IQZatcFLCXIhljt07naavBM0uHVZZ7nKxJF&#10;ku/68iqKkYki3ZUH9I8KYhxxfEI/alUlSzTJkoNJpiPFg9Y6au05I60dZ6T1btTaCh/uBXLBZP2M&#10;SDPxCM4OjmoLEeZDCme2KRFi+o7RZo6lnGao5EtfG+ONmOt8eRN4UbDkTt8RNn/2r8Cpmimc1IBq&#10;fCnkHZ8814Ken1cbQbfVQ6t1SB/dfnenHTuKMELxNzGewWInjOKHNthBdaK26qmPSo4/DsIpzvQX&#10;Q40bhjAZLhm7ZDiv7yCOaqy8Q78dvglnmSWz5J565xnSWIgitQXxD4ARG24a+HzwULehZyK3kdG0&#10;oVmK+U9zH4Z1vo+o93+nzU8AAAD//wMAUEsDBBQABgAIAAAAIQAoCQen3wAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLCmiHStNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD8&#10;7U+/Pxfr2fXiiGPoPGlIFgoEUu1tR42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq5&#10;0dDGOORShrpFZ8LCD0i8+/SjM5Hj2Eg7mhOXu15eK5VJZzriC60Z8L7F+ms3OQ1PVbVpHp+n7Xul&#10;1LyRW/ux91Hry4u5ugMRcY5/MPzqszqU7HTwE9kges43ScKohjTNQDCwWi5TEAceZBnIspD/Pyh/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJjdM10yAgAA5QQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACgJB6ffAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="1E40434C" id="Graphic 144" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.8pt;width:418.2pt;height:.5pt;z-index:-251611136;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRcXSFHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNSiMOMXQosOA&#10;oivQDDsrshwbk0VNVGLn70fJlmtspw3zQabMJ+rxkfT2bug0OyuHLZiS56s1Z8pIqFpzLPm3/eOH&#10;W87QC1MJDUaV/KKQ3+3ev9v2tlBX0ICulGMUxGDR25I33tsiy1A2qhO4AqsMOWtwnfC0dcescqKn&#10;6J3OrtbrTdaDq6wDqRDp68Po5LsYv66V9F/rGpVnuuTEzcfVxfUQ1my3FcXRCdu0cqIh/oFFJ1pD&#10;l86hHoQX7OTaP0J1rXSAUPuVhC6Dum6lijlQNvn6t2xeG2FVzIXEQTvLhP8vrHw+v9oXF6ijfQL5&#10;A0mRrLdYzJ6wwQkz1K4LWCLOhqjiZVZRDZ5J+nhznef5RxJbkm9zfRNFzkSRzsoT+s8KYhxxfkI/&#10;1qBKlmiSJQeTTEeVDDXUsYaeM6qh44xqeBhraIUP5wK5YLJ+QaSZeARnB2e1hwjzIYWZbUqEmL5h&#10;tFliKacFKvnS28Z4I2aTr28DLwqW3Ok9wpbX/hU4qZnCSQ2oxptC3vHKWQu6fqk2gm6rx1brkD66&#10;4+FeO3YWYTTiMzFewGInjMUPbXCA6vLiWE/zUnL8eRJOcaa/GGrIMFzJcMk4JMN5fQ9xBKPyDv1+&#10;+C6cZZbMknvqnWdI7S6K1BbEPwBGbDhp4NPJQ92GnoncRkbThmYk5j/NcxjC5T6i3v46u18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAoCQen3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiHStNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK5VJZzriC60Z8L7F+ms3OQ1PVbVpHp+n7Xul1LyRW/ux91Hry4u5ugMRcY5/MPzq&#10;szqU7HTwE9kges43ScKohjTNQDCwWi5TEAceZBnIspD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJFxdIUdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhACgJB6ffAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251706368" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251706368" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="779026DD" wp14:editId="702FE285">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>536087</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="145" name="Graphic 145"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -21684,51 +22165,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6FC3CA1D" id="Graphic 145" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.2pt;width:418.95pt;height:.5pt;z-index:-251610112;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApP9ULNgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aSJSiMOMXQosWA&#10;oivQDDsrshwbk0VNVOLk70fJVuptpw3LQabEJ+qRj8zm9txpdlIOWzAln89yzpSRULXmUPKvu4cP&#10;N5yhF6YSGowq+UUhv92+f7fpbaEW0ICulGMUxGDR25I33tsiy1A2qhM4A6sMOWtwnfC0dYescqKn&#10;6J3OFnm+znpwlXUgFSKd3g9Ovo3x61pJ/6WuUXmmS07cfFxdXPdhzbYbURycsE0rRxriH1h0ojX0&#10;6DXUvfCCHV37R6iulQ4Qaj+T0GVQ161UMQfKZp7/ls1rI6yKuVBx0F7LhP8vrHw+vTjWVqTdxxVn&#10;RnQk0uNYj3BEBeotFoR7tS8upIj2CeR3JEf2iydscMSca9cFLCXIzrHal2u11dkzSYer5SJfr+lR&#10;Sb71chXFyESR7soj+kcFMY44PaEftKqSJZpkybNJpiPFg9Y6au05I60dZ6T1ftDaCh/uBXLBZP2E&#10;SDPyCM4OTmoHEeZDCoHt4mbJWUqEmL5htJliqdEmqORLXxvjDZj1PL8JvChYcqfvAJs++1fgVM0U&#10;TmpANbwU8o5PXmtBz0+rjaDb6qHVOqSP7rC/046dRBih+BsZT2CxEwbxQxvsobpQW/XURyXHH0fh&#10;FGf6s6HGDUOYDJeMfTKc13cQRzVW3qHfnb8JZ5kls+SeeucZ0liIIrUF8Q+AARtuGvh09FC3oWci&#10;t4HRuKFZivmPcx+GdbqPqLd/p+1PAAAA//8DAFBLAwQUAAYACAAAACEAnfRLj+EAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwUrDQBCG74LvsIzgzW7U2E1jNqWI4kEotLaCt20yJqHZ2ZDdJrFP&#10;73jS4z/z8c832XKyrRiw940jDbezCARS4cqGKg2795ebBIQPhkrTOkIN3+hhmV9eZCYt3UgbHLah&#10;ElxCPjUa6hC6VEpf1GiNn7kOiXdfrrcmcOwrWfZm5HLbyrsomktrGuILtenwqcbiuD1ZDW/n5rwZ&#10;X4dovao+VaLoWe4/jlpfX02rRxABp/AHw68+q0POTgd3otKLlvP9QjGqIYljEAwslJqDOPDgIQaZ&#10;Z/L/B/kPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACk/1Qs2AgAA5QQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJ30S4/hAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" path="m5320283,l,,,6108r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="73A92682" id="Graphic 145" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.2pt;width:418.95pt;height:.5pt;z-index:-251610112;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqOjWaIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YSJAiMOMXQosOA&#10;oivQFDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfT2bug0Oyt0LZiSz2c5Z8pIqFpzLPnb/vHT&#10;hjPnhamEBqNKflGO3+0+ftj2tlALaEBXChkFMa7obckb722RZU42qhNuBlYZctaAnfC0xWNWoegp&#10;eqezRZ6vsx6wsghSOUdfH0Yn38X4da2k/1bXTnmmS07cfFwxroewZrutKI4obNPKKw3xDyw60Rq6&#10;9BbqQXjBTtj+EaprJYKD2s8kdBnUdStVzIGymee/ZfPaCKtiLiSOszeZ3P8LK5/Pr/YFA3Vnn0D+&#10;cKRI1ltX3Dxh466YocYuYIk4G6KKl5uKavBM0sfVcpGv1yvOJPnWy1UUORNFOitPzn9REOOI85Pz&#10;Yw2qZIkmWXIwyUSqZKihjjX0nFENkTOq4WGsoRU+nAvkgsn6CZHmyiM4OzirPUSYDykEtovNkrOU&#10;CDF9x2gzxVIDTVDJl942xhsx63m+CbwoWHKn9wibXvtX4KRmCic1ODXeFPKOV960oOunajvQbfXY&#10;ah3Sd3g83GtkZxFGIz5XxhNY7ISx+KENDlBdXpD1NC8ldz9PAhVn+quhhgzDlQxMxiEZ6PU9xBGM&#10;yqPz++G7QMssmSX31DvPkNpdFKktiH8AjNhw0sDnk4e6DT0TuY2MrhuakZj/dZ7DEE73EfX+19n9&#10;AgAA//8DAFBLAwQUAAYACAAAACEAnfRLj+EAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrD&#10;QBCG74LvsIzgzW7U2E1jNqWI4kEotLaCt20yJqHZ2ZDdJrFP73jS4z/z8c832XKyrRiw940jDbez&#10;CARS4cqGKg2795ebBIQPhkrTOkIN3+hhmV9eZCYt3UgbHLahElxCPjUa6hC6VEpf1GiNn7kOiXdf&#10;rrcmcOwrWfZm5HLbyrsomktrGuILtenwqcbiuD1ZDW/n5rwZX4dovao+VaLoWe4/jlpfX02rRxAB&#10;p/AHw68+q0POTgd3otKLlvP9QjGqIYljEAwslJqDOPDgIQaZZ/L/B/kPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAOo6NZohAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAJ30S4/hAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6108r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -21781,51 +22262,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="5987CEA8" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -21879,51 +22360,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="4A0FD860" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="22"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -21977,139 +22458,156 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="5CECB071" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="7F39C985" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="68"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="66F4F7CA" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="547"/>
         </w:tabs>
         <w:ind w:left="547" w:hanging="404"/>
       </w:pPr>
       <w:bookmarkStart w:id="47" w:name="9.2_AUFZEICHNUNGEN"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>AUFZEICHNUNGEN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="5ED2DF9D" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="24"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="5AD98511" w14:textId="6E306E65" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="65D2C0C1" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="17"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251707392" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251707392" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7811FA6E" wp14:editId="64C14060">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>173320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="146" name="Graphic 146"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -22136,69 +22634,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="11213CED" id="Graphic 146" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.65pt;width:418.2pt;height:.5pt;z-index:-251609088;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+B9dQMQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5z0I1iNOMXQosWA&#10;oivQDDsrshwbk0VNVGLn34+SLdfbThvmg0yJTzQfH+nNbd9qdlIOGzAFXy2WnCkjoWzMoeBfdw8f&#10;PnKGXphSaDCq4GeF/Hb7/t2ms7m6gBp0qRyjIAbzzha89t7mWYayVq3ABVhlyFmBa4WnrTtkpRMd&#10;RW91drFcrrMOXGkdSIVIp/eDk29j/KpS0n+pKlSe6YJTbj6uLq77sGbbjcgPTti6kWMa4h+yaEVj&#10;6KNTqHvhBTu65o9QbSMdIFR+IaHNoKoaqSIHYrNa/sbmtRZWRS5UHLRTmfD/hZXPpxfHmpK0u1pz&#10;ZkRLIj2O9QhHVKDOYk64V/viAkW0TyC/IzmyXzxhgyOmr1wbsESQ9bHa56naqvdM0uH15Wq1uiJR&#10;JPnWl9dRjEzk6a48on9UEOOI0xP6QasyWaJOluxNMh0pHrTWUWvPGWntOCOt94PWVvhwLyQXTNbN&#10;EqnHPIKzhZPaQYT5QGHKNhGhTN8w2syxxGmGSr70tjHegFkvb2KJKVhyp/cAm3/2r8Cpmimc1IAq&#10;aDbwnoxYCzqcVxtBN+VDo3Wgj+6wv9OOnUQYofiEStKVGSx2wiB+aIM9lGdqq476qOD44yic4kx/&#10;NtS4YQiT4ZKxT4bz+g7iqMbKO/S7/ptwllkyC+6pd54hjYXIU1sEUhM23DTw6eihakLPxNyGjMYN&#10;zVIkMM59GNb5PqLe/k7bnwAAAP//AwBQSwMEFAAGAAgAAAAhAPwQe4jfAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s6QZ0lKZThcZhCA6MaYhb1pi2onGqJt3K22NOcPzt&#10;T78/56vJdeKIQ2g9aUhmCgRS5W1LtYbd2+PVEkSIhqzpPKGGbwywKs7PcpNZf6JXPG5jLbiEQmY0&#10;NDH2mZShatCZMPM9Eu8+/eBM5DjU0g7mxOWuk3OlbqUzLfGFxvT40GD1tR2dhueyXNdPL+PmvVRq&#10;WsuN/dj7qPXlxVTeg4g4xT8YfvVZHQp2OviRbBAd5+skYVTDPF2AYOAuTW9AHHiwXIAscvn/g+IH&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/gfXUDECAADlBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/BB7iN8AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACLBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="444238E4" id="Graphic 146" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.65pt;width:418.2pt;height:.5pt;z-index:-251609088;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD8EHuI3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLOkGdJSmU4XGYQgOjGmIW9aYtqJxqibdyttjTnD87U+/P+eryXXiiENoPWlIZgoEUuVt&#10;S7WG3dvj1RJEiIas6Tyhhm8MsCrOz3KTWX+iVzxuYy24hEJmNDQx9pmUoWrQmTDzPRLvPv3gTOQ4&#10;1NIO5sTlrpNzpW6lMy3xhcb0+NBg9bUdnYbnslzXTy/j5r1UalrLjf3Y+6j15cVU3oOIOMU/GH71&#10;WR0Kdjr4kWwQHefrJGFUwzxdgGDgLk1vQBx4sFyALHL5/4PiBwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGP43xsdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPwQe4jfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251708416" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251708416" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64CF8ACC" wp14:editId="090CB1D8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>354676</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="147" name="Graphic 147"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -22225,69 +22723,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4C95D887" id="Graphic 147" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.95pt;width:418.2pt;height:.5pt;z-index:-251608064;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0rnAZMgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5z0I9uMOMXQosWA&#10;oivQDDsrshwbk0WNUmzn34+SrdTbThuWg0yJT9QjH5nNzdBq1il0DZiCrxZLzpSRUDbmUPCvu/t3&#10;HzhzXphSaDCq4Cfl+M327ZtNb3N1ATXoUiGjIMblvS147b3Ns8zJWrXCLcAqQ84KsBWetnjIShQ9&#10;RW91drFcrrMesLQIUjlHp3ejk29j/KpS0n+pKqc80wUnbj6uGNd9WLPtRuQHFLZu5ERD/AOLVjSG&#10;Hj2HuhNesCM2f4RqG4ngoPILCW0GVdVIFXOgbFbL37J5qYVVMRcqjrPnMrn/F1Y+dc/ImpK0u3rP&#10;mREtifQw1SMcUYF663LCvdhnDCk6+wjyuyNH9osnbNyEGSpsA5YSZEOs9ulcbTV4Junw+nK1Wl2R&#10;KJJ868vrKEYm8nRXHp1/UBDjiO7R+VGrMlmiTpYcTDKRFA9a66i154y0Rs5I6/2otRU+3Avkgsn6&#10;GZF64hGcLXRqBxHmQwpntikRYvqK0WaOpZxmqORLXxvjjZj18uM68KJgyZ2+I2z+7F+BUzVTOKnB&#10;qfGlkHd88lwLen5ebQe6Ke8brUP6Dg/7W42sE2GE4m9iPIPFThjFD22wh/JEbdVTHxXc/TgKVJzp&#10;z4YaNwxhMjAZ+2Sg17cQRzVWHp3fDd8EWmbJLLin3nmCNBYiT21B/ANgxIabBj4dPVRN6JnIbWQ0&#10;bWiWYv7T3Idhne8j6vXfafsTAAD//wMAUEsDBBQABgAIAAAAIQChDYjI3wAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLCmiGy1NpwqNwxA7MBCIW9aYtqJxqibdyttjTnD8&#10;7U+/Pxfr2fXiiGPoPGlIFgoEUu1tR42G15eHq1sQIRqypveEGr4xwLo8PytMbv2JnvG4j43gEgq5&#10;0dDGOORShrpFZ8LCD0i8+/SjM5Hj2Eg7mhOXu15eK7WUznTEF1oz4H2L9dd+chqeqmrTPO6m7Xul&#10;1LyRW/vx5qPWlxdzdQci4hz/YPjVZ3Uo2engJ7JB9JxvkoRRDWmagWAgW61SEAceLDOQZSH/f1D+&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADSucBkyAgAA5QQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKENiMjfAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="1855A787" id="Graphic 147" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.95pt;width:418.2pt;height:.5pt;z-index:-251608064;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQChDYjI3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiGy1NpwqNwxA7MBCIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42G15eHq1sQIRqypveEGr4xwLo8PytMbv2JnvG4j43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK7WUznTEF1oz4H2L9dd+chqeqmrTPO6m7Xul1LyRW/vx5qPWlxdzdQci4hz/YPjV&#10;Z3Uo2engJ7JB9JxvkoRRDWmagWAgW61SEAceLDOQZSH/f1D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGP43xsdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKENiMjfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251709440" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251709440" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="470F5701" wp14:editId="3289894C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>536019</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="148" name="Graphic 148"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -22314,51 +22812,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="19C3CCF7" id="Graphic 148" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.2pt;width:418.95pt;height:.5pt;z-index:-251607040;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZczOfNQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aSJSiMOMXQosWA&#10;oivQDDsrshwbk0WNUuLk70fJVuptpw3zQabEJ5qPj/Tm9txpdlLoWjAln89yzpSRULXmUPKvu4cP&#10;N5w5L0wlNBhV8oty/Hb7/t2mt4VaQAO6UsgoiHFFb0veeG+LLHOyUZ1wM7DKkLMG7ISnLR6yCkVP&#10;0TudLfJ8nfWAlUWQyjk6vR+cfBvj17WS/ktdO+WZLjnl5uOKcd2HNdtuRHFAYZtWjmmIf8iiE62h&#10;j15D3Qsv2BHbP0J1rURwUPuZhC6Dum6lihyIzTz/jc1rI6yKXKg4zl7L5P5fWPl8ekHWVqTdR5LK&#10;iI5EehzrEY6oQL11BeFe7QsGis4+gfzuyJH94gkbN2LONXYBSwTZOVb7cq22Onsm6XC1XOTr9Yoz&#10;Sb71chXFyESR7sqj848KYhxxenJ+0KpKlmiSJc8mmUiKB6111NpzRlojZ6T1ftDaCh/uheSCyfpJ&#10;Is2YR3B2cFI7iDAfKIRsFzdLzhIRyvQNo80US402QSVfetsYb8Cs53ksMQVL7vQeYNPP/hU4VTOF&#10;kxqcCpoNvK9GrAUdTqvtQLfVQ6t1oO/wsL/TyE4ijFB8QiXpygQWO2EQP7TBHqoLtVVPfVRy9+Mo&#10;UHGmPxtq3DCEycBk7JOBXt9BHNVYeXR+d/4m0DJLZsk99c4zpLEQRWqLQOqKDTcNfDp6qNvQMzG3&#10;IaNxQ7MUCYxzH4Z1uo+ot7/T9icAAAD//wMAUEsDBBQABgAIAAAAIQCd9EuP4QAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BSsNAEIbvgu+wjODNbtTYTWM2pYjiQSi0toK3bTImodnZkN0msU/v&#10;eNLjP/PxzzfZcrKtGLD3jSMNt7MIBFLhyoYqDbv3l5sEhA+GStM6Qg3f6GGZX15kJi3dSBsctqES&#10;XEI+NRrqELpUSl/UaI2fuQ6Jd1+utyZw7CtZ9mbkctvKuyiaS2sa4gu16fCpxuK4PVkNb+fmvBlf&#10;h2i9qj5VouhZ7j+OWl9fTatHEAGn8AfDrz6rQ85OB3ei0ouW8/1CMaohiWMQDCyUmoM48OAhBpln&#10;8v8H+Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGXMznzUCAADlBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnfRLj+EAAAAJAQAADwAAAAAA&#10;AAAAAAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" path="m5320283,l,,,6108r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="35FED60B" id="Graphic 148" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.2pt;width:418.95pt;height:.5pt;z-index:-251607040;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqOjWaIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YSJAiMOMXQosOA&#10;oivQFDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfT2bug0Oyt0LZiSz2c5Z8pIqFpzLPnb/vHT&#10;hjPnhamEBqNKflGO3+0+ftj2tlALaEBXChkFMa7obckb722RZU42qhNuBlYZctaAnfC0xWNWoegp&#10;eqezRZ6vsx6wsghSOUdfH0Yn38X4da2k/1bXTnmmS07cfFwxroewZrutKI4obNPKKw3xDyw60Rq6&#10;9BbqQXjBTtj+EaprJYKD2s8kdBnUdStVzIGymee/ZfPaCKtiLiSOszeZ3P8LK5/Pr/YFA3Vnn0D+&#10;cKRI1ltX3Dxh466YocYuYIk4G6KKl5uKavBM0sfVcpGv1yvOJPnWy1UUORNFOitPzn9REOOI85Pz&#10;Yw2qZIkmWXIwyUSqZKihjjX0nFENkTOq4WGsoRU+nAvkgsn6CZHmyiM4OzirPUSYDykEtovNkrOU&#10;CDF9x2gzxVIDTVDJl942xhsx63m+CbwoWHKn9wibXvtX4KRmCic1ODXeFPKOV960oOunajvQbfXY&#10;ah3Sd3g83GtkZxFGIz5XxhNY7ISx+KENDlBdXpD1NC8ldz9PAhVn+quhhgzDlQxMxiEZ6PU9xBGM&#10;yqPz++G7QMssmSX31DvPkNpdFKktiH8AjNhw0sDnk4e6DT0TuY2MrhuakZj/dZ7DEE73EfX+19n9&#10;AgAA//8DAFBLAwQUAAYACAAAACEAnfRLj+EAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrD&#10;QBCG74LvsIzgzW7U2E1jNqWI4kEotLaCt20yJqHZ2ZDdJrFP73jS4z/z8c832XKyrRiw940jDbez&#10;CARS4cqGKg2795ebBIQPhkrTOkIN3+hhmV9eZCYt3UgbHLahElxCPjUa6hC6VEpf1GiNn7kOiXdf&#10;rrcmcOwrWfZm5HLbyrsomktrGuILtenwqcbiuD1ZDW/n5rwZX4dovao+VaLoWe4/jlpfX02rRxAB&#10;p/AHw68+q0POTgd3otKLlvP9QjGqIYljEAwslJqDOPDgIQaZZ/L/B/kPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAOo6NZohAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAJ30S4/hAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6108r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -22411,51 +22909,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="61399550" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -22509,51 +23007,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="7921F8CC" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -22607,152 +23105,169 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="2752A90A" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="292BB316" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="73"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="0C820D4A" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="544"/>
         </w:tabs>
         <w:ind w:left="544" w:hanging="401"/>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="9.3_TIERÄRZTLICHE_BESTANDSBETREUUNG"/>
       <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>TIERÄRZTLICHE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>BESTANDSBETREUUNG</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="74448F7E" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="24"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="0541DD26" w14:textId="10109C41" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="4ACD9E65" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="15"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251710464" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251710464" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6164EA78" wp14:editId="7783F0D5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172291</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="149" name="Graphic 149"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -22779,69 +23294,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3A1A3121" id="Graphic 149" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251606016;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCokdXJMgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxz3I+iMOMXQosWA&#10;oivQDDsrshwbk0VNVGLn34+SrdTbThuWg0yJT9QjH5n17dBpdlQOWzAlzxdLzpSRULVmX/Kv24cP&#10;N5yhF6YSGowq+Ukhv928f7fubaEuoAFdKccoiMGityVvvLdFlqFsVCdwAVYZctbgOuFp6/ZZ5URP&#10;0TudXSyXq6wHV1kHUiHS6f3o5JsYv66V9F/qGpVnuuTEzcfVxXUX1myzFsXeCdu0cqIh/oFFJ1pD&#10;j55D3Qsv2MG1f4TqWukAofYLCV0Gdd1KFXOgbPLlb9m8NsKqmAsVB+25TPj/wsrn44tjbUXaXX3k&#10;zIiORHqc6hGOqEC9xYJwr/bFhRTRPoH8juTIfvGEDU6YoXZdwFKCbIjVPp2rrQbPJB1eX+Z5fkWi&#10;SPKtLq+jGJko0l15QP+oIMYRxyf0o1ZVskSTLDmYZDpSPGito9aeM9LacUZa70atrfDhXiAXTNbP&#10;iDQTj+Ds4Ki2EGE+pHBmmxIhpm8YbeZYymmGSr70tTHeiFnly5vAi4Ild/qOsPmzfwVO1UzhpAZU&#10;40sh7/jkuRb0/LzaCLqtHlqtQ/ro9rs77dhRhBGKv4nxDBY7YRQ/tMEOqhO1VU99VHL8cRBOcaY/&#10;G2rcMITJcMnYJcN5fQdxVGPlHfrt8E04yyyZJffUO8+QxkIUqS2IfwCM2HDTwKeDh7oNPRO5jYym&#10;Dc1SzH+a+zCs831Evf07bX4CAAD//wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT8MwDIXvSPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn&#10;69lPz9/L15PrxAmH0HrSkMwVCKTK25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiF&#10;zGhoYuwzKUPVoDNh7nskvn35wZnIcqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/az&#10;VGrayK3df/io9dXlVK5ARJzinxl+8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbF&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCokdXJMgIAAOUEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="3EE81713" id="Graphic 149" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-251606016;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRcXSFHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNSiMOMXQosOA&#10;oivQDDsrshwbk0VNVGLn70fJlmtspw3zQabMJ+rxkfT2bug0OyuHLZiS56s1Z8pIqFpzLPm3/eOH&#10;W87QC1MJDUaV/KKQ3+3ev9v2tlBX0ICulGMUxGDR25I33tsiy1A2qhO4AqsMOWtwnfC0dcescqKn&#10;6J3OrtbrTdaDq6wDqRDp68Po5LsYv66V9F/rGpVnuuTEzcfVxfUQ1my3FcXRCdu0cqIh/oFFJ1pD&#10;l86hHoQX7OTaP0J1rXSAUPuVhC6Dum6lijlQNvn6t2xeG2FVzIXEQTvLhP8vrHw+v9oXF6ijfQL5&#10;A0mRrLdYzJ6wwQkz1K4LWCLOhqjiZVZRDZ5J+nhznef5RxJbkm9zfRNFzkSRzsoT+s8KYhxxfkI/&#10;1qBKlmiSJQeTTEeVDDXUsYaeM6qh44xqeBhraIUP5wK5YLJ+QaSZeARnB2e1hwjzIYWZbUqEmL5h&#10;tFliKacFKvnS28Z4I2aTr28DLwqW3Ok9wpbX/hU4qZnCSQ2oxptC3vHKWQu6fqk2gm6rx1brkD66&#10;4+FeO3YWYTTiMzFewGInjMUPbXCA6vLiWE/zUnL8eRJOcaa/GGrIMFzJcMk4JMN5fQ9xBKPyDv1+&#10;+C6cZZbMknvqnWdI7S6K1BbEPwBGbDhp4NPJQ92GnoncRkbThmYk5j/NcxjC5T6i3v46u18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn69lPz9/L15PrxAmH0HrSkMwVCKTK&#10;25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiFzGhoYuwzKUPVoDNh7nskvn35wZnI&#10;cqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/azVGrayK3df/io9dXlVK5ARJzinxl+&#10;8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbFDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCRcXSFHQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251711488" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251711488" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BBB0328" wp14:editId="7074DF09">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>353660</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="150" name="Graphic 150"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -22868,69 +23383,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5FD0855E" id="Graphic 150" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251604992;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAEeY9FMAIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v0zAQfkfif7D8TtNurIKo6YQ2bUKa&#10;xqQV8ew6TmPh+IzPbbL/nrMTdwGeQPTBOfs+n7/vfnRzPXSGnZRHDbbiq8WSM2Ul1NoeKv51d/fu&#10;A2cYhK2FAasq/qKQX2/fvtn0rlQX0IKplWcUxGLZu4q3IbiyKFC2qhO4AKcsORvwnQi09Yei9qKn&#10;6J0pLpbLddGDr50HqRDp9HZ08m2K3zRKhi9NgyowU3HiFtLq07qPa7HdiPLghWu1nGiIf2DRCW3p&#10;0XOoWxEEO3r9R6hOSw8ITVhI6ApoGi1V0kBqVsvf1Dy3wqmkhZKD7pwm/H9h5ePpyTNdU+2uKD9W&#10;dFSk+ykf8YgS1DssCffsnnyUiO4B5HckR/GLJ25wwgyN7yKWBLIhZfvlnG01BCbp8OpytVq9p0cl&#10;+daX41uFKPNdecRwryDFEacHDGOt6myJNltysNn0VPFYa5NqHTijWnvOqNb7sdZOhHgvkosm62dE&#10;2olHdHZwUjtIsBAlnNlmIcT0FWPsHEuaZqjsy1+X4o2Y9fLjOvKiYNmdvyNs/uxfgVPlZmGlAVTj&#10;S1F3evKcC8LNs41gdH2njYny0R/2N8azk4gjlH4T4xksdcJY/NgGe6hfqK166qOK44+j8Ioz89lS&#10;45LukA2fjX02fDA3kEY1Zd5j2A3fhHfMkVnxQL3zCHksRJnbgvhHwIiNNy18OgZodOyZxG1kNG1o&#10;lpL+ae7jsM73CfX677T9CQAA//8DAFBLAwQUAAYACAAAACEA5V2V5d8AAAAJAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwpoisrTacKjcMQHBhoiFvWmLaicaom3crbY05w/O1P&#10;vz8X69n14ohj6DxpSBYKBFLtbUeNhrfXh6tbECEasqb3hBq+McC6PD8rTG79iV7wuIuN4BIKudHQ&#10;xjjkUoa6RWfCwg9IvPv0ozOR49hIO5oTl7teXiu1lM50xBdaM+B9i/XXbnIanqpq0zw+T9v3Sql5&#10;I7f2Y++j1pcXc3UHIuIc/2D41Wd1KNnp4CeyQfScb5KEUQ1pmoFgYJVlKYgDD5YZyLKQ/z8ofwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAEeY9FMAIAAOUEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDlXZXl3wAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;AIoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="75384904" id="Graphic 150" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-251604992;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj+N8bHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNdiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJlmtspw3zQabMJ+rxkfT2dug0Oyt0LZiS56s1Z8pIqFpzLPm3/cO7&#10;D5w5L0wlNBhV8oty/Hb39s22t4W6ggZ0pZBREOOK3pa88d4WWeZkozrhVmCVIWcN2AlPWzxmFYqe&#10;onc6u1qvN1kPWFkEqZyjr/ejk+9i/LpW0n+ta6c80yUnbj6uGNdDWLPdVhRHFLZp5URD/AOLTrSG&#10;Lp1D3Qsv2AnbP0J1rURwUPuVhC6Dum6lijlQNvn6t2xeGmFVzIXEcXaWyf2/sPLp/GKfMVB39hHk&#10;D0eKZL11xewJGzdhhhq7gCXibIgqXmYV1eCZpI8313mevyexJfk21zdR5EwU6aw8Of9ZQYwjzo/O&#10;jzWokiWaZMnBJBOpkqGGOtbQc0Y1RM6ohoexhlb4cC6QCybrF0SaiUdwdnBWe4gwH1KY2aZEiOkr&#10;RpsllnJaoJIvvW2MN2I264+bwIuCJXd6j7DltX8FTmqmcFKDU+NNIe945awFXb9U24Fuq4dW65C+&#10;w+PhTiM7izAa8ZkYL2CxE8bihzY4QHV5RtbTvJTc/TwJVJzpL4YaMgxXMjAZh2Sg13cQRzAqj87v&#10;h+8CLbNkltxT7zxBandRpLYg/gEwYsNJA59OHuo29EzkNjKaNjQjMf9pnsMQLvcR9frX2f0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDlXZXl3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiKytNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK7WUznTEF1oz4H2L9dduchqeqmrTPD5P2/dKqXkjt/Zj76PWlxdzdQci4hz/YPjV&#10;Z3Uo2engJ7JB9JxvkoRRDWmagWBglWUpiAMPlhnIspD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGP43xsdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6096r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251712512" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251712512" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E9D3D60" wp14:editId="0148754E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>536540</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="151" name="Graphic 151"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -22957,51 +23472,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="06DBD13E" id="Graphic 151" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.25pt;width:418.95pt;height:.5pt;z-index:-251603968;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1m2kTNgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X+wkitVZcaqpVatJ&#10;VVepmfZMMI7RMMeAxM6/34FN6m1Pm5YHfHAfx3f33WV7O3SKnIV1EnRFl4ucEqE51FIfK/p1//Dh&#10;hhLnma6ZAi0qehGO3u7ev9v2phQraEHVwhIMol3Zm4q23psyyxxvRcfcAozQ6GzAdszj1h6z2rIe&#10;o3cqW+V5kfVga2OBC+fw9H500l2M3zSC+y9N44QnqqLIzcfVxvUQ1my3ZeXRMtNKPtFg/8CiY1Lj&#10;o9dQ98wzcrLyj1Cd5BYcNH7BocugaSQXMQfMZpn/ls1ry4yIuWBxnLmWyf2/sPz5/GKJrFG7zZIS&#10;zToU6XGqRzjCAvXGlYh7NS82pOjME/DvDh3ZL56wcRNmaGwXsJggGWK1L9dqi8ETjoeb9Sovig0l&#10;HH3FehPFyFiZ7vKT848CYhx2fnJ+1KpOFmuTxQedTIuKB61V1NpTglpbSlDrw6i1YT7cC+SCSfoZ&#10;kXbiEZwdnMUeIsyHFALb1c2akpQIMn3DKD3HYqPNUMmXvibGGzFF/rEIvDBYcqfvCJs/+1fgVM0U&#10;jitwYnwp5B2fvNYCn59X24GS9YNUKqTv7PFwpyw5szBC8TcxnsFiJ4zihzY4QH3BtuqxjyrqfpyY&#10;FZSozxobNwxhMmwyDsmwXt1BHNVYeev8fvjGrCEGzYp67J1nSGPBytQWyD8ARmy4qeHTyUMjQ89E&#10;biOjaYOzFPOf5j4M63wfUW//TrufAAAA//8DAFBLAwQUAAYACAAAACEAUKDZzeEAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBm934kW4asylFFA9CobUVvG2TMQnNzobsNon9&#10;9Y4nPb4zD+88ky0n24oBe9840nA7i0AgFa5sqNKwe3+5SUD4YKg0rSPU8I0elvnlRWbS0o20wWEb&#10;KsEl5FOjoQ6hS6X0RY3W+JnrkHj35XprAse+kmVvRi63rbyLorm0piG+UJsOn2osjtuT1fB2bs6b&#10;8XWI1qvqUyWKnuX+46j19dW0egQRcAp/MPzqszrk7HRwJyq9aDnfLxSjGpKHGAQDC6XmIA48iGOQ&#10;eSb/f5D/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALWbaRM2AgAA5QQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFCg2c3hAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="3ECC11FD" id="Graphic 151" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.25pt;width:418.95pt;height:.5pt;z-index:-251603968;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYs54EIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfTmbuw1Oyl0HZiK3yxyzpSRUHfmUPFvu8cP&#10;t5w5L0wtNBhV8bNy/G77/t1msKVaQgu6VsgoiHHlYCveem/LLHOyVb1wC7DKkLMB7IWnLR6yGsVA&#10;0XudLfO8yAbA2iJI5Rx9fZicfBvjN42S/mvTOOWZrjhx83HFuO7Dmm03ojygsG0nLzTEP7DoRWfo&#10;0muoB+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ib/LZvXVlgVcyFxnL3K5P5fWPl8erUvGKg7+wTy&#10;hyNFssG68uoJG3fBjA32AUvE2RhVPF9VVKNnkj6uV8u8KNacSfIVq3UUORNlOiuPzn9WEOOI05Pz&#10;Uw3qZIk2WXI0yUSqZKihjjX0nFENkTOq4X6qoRU+nAvkgsmGGZH2wiM4ezipHUSYDykEtsvbFWcp&#10;EWL6htFmjqUGmqGSL71tjDdhivxjEXhRsORO7wk2v/avwEnNFE5qcGq6KeQdr7xqQdfP1Xagu/qx&#10;0zqk7/Cwv9fITiKMRnwujGew2AlT8UMb7KE+vyAbaF4q7n4eBSrO9BdDDRmGKxmYjH0y0Ot7iCMY&#10;lUfnd+N3gZZZMivuqXeeIbW7KFNbEP8AmLDhpIFPRw9NF3omcpsYXTY0IzH/yzyHIZzvI+rtr7P9&#10;BQAA//8DAFBLAwQUAAYACAAAACEAUKDZzeEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvD&#10;QBCG74L/YRnBm934kW4asylFFA9CobUVvG2TMQnNzobsNon99Y4nPb4zD+88ky0n24oBe9840nA7&#10;i0AgFa5sqNKwe3+5SUD4YKg0rSPU8I0elvnlRWbS0o20wWEbKsEl5FOjoQ6hS6X0RY3W+JnrkHj3&#10;5XprAse+kmVvRi63rbyLorm0piG+UJsOn2osjtuT1fB2bs6b8XWI1qvqUyWKnuX+46j19dW0egQR&#10;cAp/MPzqszrk7HRwJyq9aDnfLxSjGpKHGAQDC6XmIA48iGOQeSb/f5D/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhABizngQhAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAFCg2c3hAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -23054,51 +23569,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="4D426D3F" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -23152,51 +23667,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="0865DA97" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="22"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -23250,107 +23765,107 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="467F7805" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="232C3541" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="195"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
+    <w:p w14:paraId="7203C57E" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="701"/>
         </w:tabs>
         <w:ind w:left="701" w:hanging="561"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="85A6A0"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="10._SCHÄDLINGSBEKÄMPFUNG"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr>
           <w:color w:val="85A6A0"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="90"/>
         </w:rPr>
         <w:t>SCHÄDLINGSBEKÄMPFUNG</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="15BC6C89" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
+    <w:p w14:paraId="789C7DB0" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B" w:rsidP="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="707"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="707" w:hanging="564"/>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="10.1_TIERHALTER_/_UNTERNEHMER"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>TIERHALTER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="4"/>
@@ -23358,88 +23873,105 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="161746"/>
           <w:spacing w:val="-2"/>
           <w:w w:val="85"/>
         </w:rPr>
         <w:t>UNTERNEHMER</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="268EB270" w14:textId="28017F80" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="236"/>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Umsetzung:</w:t>
       </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB627B">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pflichtfeld – Bitte ausfüllen!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="4B6042EF" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="14"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487636480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487636480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53C8D440" wp14:editId="5A838DD1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172015</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="152" name="Graphic 152"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -23466,69 +23998,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="491055E9" id="Graphic 152" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-15680000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBio2tIMgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47TpSiMOMXQosWA&#10;oivQDDsrshwbk0VNVGLn70fJVuptpw3LQabEJ+qRj8zmdug0OymHLZiS54slZ8pIqFpzKPnX3cOH&#10;G87QC1MJDUaV/KyQ327fv9v0tlAraEBXyjEKYrDobckb722RZSgb1QlcgFWGnDW4TnjaukNWOdFT&#10;9E5nq+XyOuvBVdaBVIh0ej86+TbGr2sl/Ze6RuWZLjlx83F1cd2HNdtuRHFwwjatnGiIf2DRidbQ&#10;o5dQ98ILdnTtH6G6VjpAqP1CQpdBXbdSxRwom3z5WzavjbAq5kLFQXspE/6/sPL59OJYW5F26xVn&#10;RnQk0uNUj3BEBeotFoR7tS8upIj2CeR3JEf2iydscMIMtesClhJkQ6z2+VJtNXgm6XB9lef5RxJF&#10;ku/6ah3FyESR7soj+kcFMY44PaEftaqSJZpkycEk05HiQWsdtfackdaOM9J6P2pthQ/3Arlgsn5G&#10;pJl4BGcHJ7WDCPMhhQvblAgxfcNoM8dSTjNU8qWvjfFGzHW+vAm8KFhyp+8Imz/7V+BUzRROakA1&#10;vhTyjk9eakHPz6uNoNvqodU6pI/usL/Tjp1EGKH4mxjPYLETRvFDG+yhOlNb9dRHJccfR+EUZ/qz&#10;ocYNQ5gMl4x9MpzXdxBHNVbeod8N34SzzJJZck+98wxpLESR2oL4B8CIDTcNfDp6qNvQM5HbyGja&#10;0CzF/Ke5D8M630fU27/T9icAAAD//wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT8MwDIXvSPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn&#10;69lPz9/L15PrxAmH0HrSkMwVCKTK25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiF&#10;zGhoYuwzKUPVoDNh7nskvn35wZnIcqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/az&#10;VGrayK3df/io9dXlVK5ARJzinxl+8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbF&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBio2tIMgIAAOUEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAIwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="50A2EB7C" id="Graphic 152" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:13.55pt;width:418.2pt;height:.5pt;z-index:-15680000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRcXSFHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L47bNSiMOMXQosOA&#10;oivQDDsrshwbk0VNVGLn70fJlmtspw3zQabMJ+rxkfT2bug0OyuHLZiS56s1Z8pIqFpzLPm3/eOH&#10;W87QC1MJDUaV/KKQ3+3ev9v2tlBX0ICulGMUxGDR25I33tsiy1A2qhO4AqsMOWtwnfC0dcescqKn&#10;6J3OrtbrTdaDq6wDqRDp68Po5LsYv66V9F/rGpVnuuTEzcfVxfUQ1my3FcXRCdu0cqIh/oFFJ1pD&#10;l86hHoQX7OTaP0J1rXSAUPuVhC6Dum6lijlQNvn6t2xeG2FVzIXEQTvLhP8vrHw+v9oXF6ijfQL5&#10;A0mRrLdYzJ6wwQkz1K4LWCLOhqjiZVZRDZ5J+nhznef5RxJbkm9zfRNFzkSRzsoT+s8KYhxxfkI/&#10;1qBKlmiSJQeTTEeVDDXUsYaeM6qh44xqeBhraIUP5wK5YLJ+QaSZeARnB2e1hwjzIYWZbUqEmL5h&#10;tFliKacFKvnS28Z4I2aTr28DLwqW3Ok9wpbX/hU4qZnCSQ2oxptC3vHKWQu6fqk2gm6rx1brkD66&#10;4+FeO3YWYTTiMzFewGInjMUPbXCA6vLiWE/zUnL8eRJOcaa/GGrIMFzJcMk4JMN5fQ9xBKPyDv1+&#10;+C6cZZbMknvqnWdI7S6K1BbEPwBGbDhp4NPJQ92GnoncRkbThmYk5j/NcxjC5T6i3v46u18AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPsPkZG4saQT0NE1nSo0DkNwYCDQbllj2mqNUzXpVv495gQn69lPz9/L15PrxAmH0HrSkMwVCKTK&#10;25ZqDe9vj9dLECEasqbzhBq+McC6mF3kJrP+TK942sVacAiFzGhoYuwzKUPVoDNh7nskvn35wZnI&#10;cqilHcyZw10nF0rdSWda4g+N6fGhweq4G52G57Lc1E8v4/azVGrayK3df/io9dXlVK5ARJzinxl+&#10;8RkdCmY6+JFsEB3rmyRhq4ZFypMN92l6C+LAi2UCssjl/wbFDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCRcXSFHQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBmuV8N4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m5311140,l,,,6108r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487636992" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487636992" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03E465D1" wp14:editId="6C22C310">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>896111</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>353384</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5311140" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="153" name="Graphic 153"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5311140" cy="6350"/>
                         </a:xfrm>
@@ -23555,69 +24087,69 @@
                               <a:lnTo>
                                 <a:pt x="5311140" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="04B145E3" id="Graphic 153" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-15679488;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUs94GMgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06aJdiMOMXQosWA&#10;oivQDD0rshwbk0VNVGLn70fJVuqtpw3LQabEJ+qRj8zmum81OymHDZiCL2ZzzpSRUDbmUPDvu7sP&#10;nzhDL0wpNBhV8LNCfr19/27T2VxdQQ26VI5REIN5Zwtee2/zLENZq1bgDKwy5KzAtcLT1h2y0omO&#10;orc6u5rP11kHrrQOpEKk09vBybcxflUp6b9VFSrPdMGJm4+ri+s+rNl2I/KDE7Zu5EhD/AOLVjSG&#10;Hr2EuhVesKNr3oRqG+kAofIzCW0GVdVIFXOgbBbzP7J5roVVMRcqDtpLmfD/hZWPpyfHmpK0Wy05&#10;M6Ilke7HeoQjKlBnMSfcs31yIUW0DyB/IDmy3zxhgyOmr1wbsJQg62O1z5dqq94zSYer5WKx+Eii&#10;SPKtl6soRibydFce0d8riHHE6QH9oFWZLFEnS/YmmY4UD1rrqLXnjLR2nJHW+0FrK3y4F8gFk3UT&#10;IvXIIzhbOKkdRJgPKVzYpkSI6StGmymWcpqgki99bYw3YNbzz6vAi4Ild/oOsOmzfwVO1UzhpAZU&#10;w0sh7/jkpRb0/LTaCLop7xqtQ/roDvsb7dhJhBGKv5HxBBY7YRA/tMEeyjO1VUd9VHD8eRROcaa/&#10;GmrcMITJcMnYJ8N5fQNxVGPlHfpd/yKcZZbMgnvqnUdIYyHy1BbEPwAGbLhp4MvRQ9WEnoncBkbj&#10;hmYp5j/OfRjW6T6iXv+dtr8AAAD//wMAUEsDBBQABgAIAAAAIQDlXZXl3wAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLCmiKytNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD8&#10;7U+/Pxfr2fXiiGPoPGlIFgoEUu1tR42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq5&#10;0dDGOORShrpFZ8LCD0i8+/SjM5Hj2Eg7mhOXu15eK7WUznTEF1oz4H2L9dduchqeqmrTPD5P2/dK&#10;qXkjt/Zj76PWlxdzdQci4hz/YPjVZ3Uo2engJ7JB9JxvkoRRDWmagWBglWUpiAMPlhnIspD/Pyh/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABSz3gYyAgAA5QQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" path="m5311140,l,,,6095r5311140,l5311140,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="54B6E93B" id="Graphic 153" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.55pt;margin-top:27.85pt;width:418.2pt;height:.5pt;z-index:-15679488;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5311140,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtyGaCHQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07aJdiMOMXQosOA&#10;oivQDD0rshwbk0WNUmLn70fJlmtspw7zQabMJ+rxkfT2pm81Oyt0DZiCrxZLzpSRUDbmWPAf+/sP&#10;nzhzXphSaDCq4Bfl+M3u/bttZ3N1BTXoUiGjIMblnS147b3Ns8zJWrXCLcAqQ84KsBWetnjMShQd&#10;RW91drVcbrIOsLQIUjlHX+8GJ9/F+FWlpP9eVU55pgtO3HxcMa6HsGa7rciPKGzdyJGG+AcWrWgM&#10;XTqFuhNesBM2f4VqG4ngoPILCW0GVdVIFXOgbFbLP7J5roVVMRcSx9lJJvf/wsrH87N9wkDd2QeQ&#10;Px0pknXW5ZMnbNyI6StsA5aIsz6qeJlUVL1nkj6ur1er1UcSW5Jvc72OImciT2flyfmvCmIccX5w&#10;fqhBmSxRJ0v2JplIlQw11LGGnjOqIXJGNTwMNbTCh3OBXDBZNyNSjzyCs4Wz2kOE+ZDCxDYlQkxf&#10;MdrMsZTTDJV86W1jvAGzWX5eB14ULLnTe4DNr30TOKmZwkkNTg03hbzjlZMWdP1cbQe6Ke8brUP6&#10;Do+HW43sLMJoxGdkPIPFThiKH9rgAOXlCVlH81Jw9+skUHGmvxlqyDBcycBkHJKBXt9CHMGoPDq/&#10;718EWmbJLLin3nmE1O4iT21B/ANgwIaTBr6cPFRN6JnIbWA0bmhGYv7jPIchnO8j6vWvs/sNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDlXZXl3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLCmiKytNpwqNwxAcGGiIW9aYtqJxqibdyttjTnD87U+/Pxfr2fXiiGPoPGlIFgoEUu1t&#10;R42Gt9eHq1sQIRqypveEGr4xwLo8PytMbv2JXvC4i43gEgq50dDGOORShrpFZ8LCD0i8+/SjM5Hj&#10;2Eg7mhOXu15eK7WUznTEF1oz4H2L9dduchqeqmrTPD5P2/dKqXkjt/Zj76PWlxdzdQci4hz/YPjV&#10;Z3Uo2engJ7JB9JxvkoRRDWmagWBglWUpiAMPlhnIspD/Pyh/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAC3IZoIdAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOVdleXfAAAACQEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m5311140,l,,,6095r5311140,l5311140,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487637504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487637504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CA2293D" wp14:editId="4414B658">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>886967</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>536264</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5320665" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="154" name="Graphic 154"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5320665" cy="6350"/>
                         </a:xfrm>
@@ -23644,51 +24176,51 @@
                               <a:lnTo>
                                 <a:pt x="5320283" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0B19871F" id="Graphic 154" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.25pt;width:418.95pt;height:.5pt;z-index:-15678976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWkyGnNgIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X+wmi9VacaqpVatJ&#10;VVepmfZMMI7RMMeAxM6/34FN6m1Pm5YHfHAfx3f33WVzO3SKnIR1EnRFrxY5JUJzqKU+VPTr7uHD&#10;NSXOM10zBVpU9Cwcvd2+f7fpTSmW0IKqhSUYRLuyNxVtvTdlljneio65BRih0dmA7ZjHrT1ktWU9&#10;Ru9UtszzIuvB1sYCF87h6f3opNsYv2kE91+axglPVEWRm4+rjes+rNl2w8qDZaaVfKLB/oFFx6TG&#10;Ry+h7pln5GjlH6E6yS04aPyCQ5dB00guYg6YzVX+WzavLTMi5oLFceZSJvf/wvLn04slskbt1h8p&#10;0axDkR6neoQjLFBvXIm4V/NiQ4rOPAH/7tCR/eIJGzdhhsZ2AYsJkiFW+3ypthg84Xi4Xi3zolhT&#10;wtFXrNZRjIyV6S4/Ov8oIMZhpyfnR63qZLE2WXzQybSoeNBaRa09Jai1pQS13o9aG+bDvUAumKSf&#10;EWknHsHZwUnsIMJ8SCGwXV6vKEmJINM3jNJzLDbaDJV86WtivBFT5DdF4IXBkjt9R9j82b8Cp2qm&#10;cFyBE+NLIe/45KUW+Py82g6UrB+kUiF9Zw/7O2XJiYURir+J8QwWO2EUP7TBHuoztlWPfVRR9+PI&#10;rKBEfdbYuGEIk2GTsU+G9eoO4qjGylvnd8M3Zg0xaFbUY+88QxoLVqa2QP4BMGLDTQ2fjh4aGXom&#10;chsZTRucpZj/NPdhWOf7iHr7d9r+BAAA//8DAFBLAwQUAAYACAAAACEAUKDZzeEAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBm934kW4asylFFA9CobUVvG2TMQnNzobsNon9&#10;9Y4nPb4zD+88ky0n24oBe9840nA7i0AgFa5sqNKwe3+5SUD4YKg0rSPU8I0elvnlRWbS0o20wWEb&#10;KsEl5FOjoQ6hS6X0RY3W+JnrkHj35XprAse+kmVvRi63rbyLorm0piG+UJsOn2osjtuT1fB2bs6b&#10;8XWI1qvqUyWKnuX+46j19dW0egQRcAp/MPzqszrk7HRwJyq9aDnfLxSjGpKHGAQDC6XmIA48iGOQ&#10;eSb/f5D/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABaTIac2AgAA5QQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFCg2c3hAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="72FD72D9" id="Graphic 154" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.85pt;margin-top:42.25pt;width:418.95pt;height:.5pt;z-index:-15678976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5320665,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYs54EIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YTxOiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJUWpspw3zQabMJ+rxkfTmbuw1Oyl0HZiK3yxyzpSRUHfmUPFvu8cP&#10;t5w5L0wtNBhV8bNy/G77/t1msKVaQgu6VsgoiHHlYCveem/LLHOyVb1wC7DKkLMB7IWnLR6yGsVA&#10;0XudLfO8yAbA2iJI5Rx9fZicfBvjN42S/mvTOOWZrjhx83HFuO7Dmm03ojygsG0nLzTEP7DoRWfo&#10;0muoB+EFO2L3R6i+kwgOGr+Q0GfQNJ1UMQfK5ib/LZvXVlgVcyFxnL3K5P5fWPl8erUvGKg7+wTy&#10;hyNFssG68uoJG3fBjA32AUvE2RhVPF9VVKNnkj6uV8u8KNacSfIVq3UUORNlOiuPzn9WEOOI05Pz&#10;Uw3qZIk2WXI0yUSqZKihjjX0nFENkTOq4X6qoRU+nAvkgsmGGZH2wiM4ezipHUSYDykEtsvbFWcp&#10;EWL6htFmjqUGmqGSL71tjDdhivxjEXhRsORO7wk2v/avwEnNFE5qcGq6KeQdr7xqQdfP1Xagu/qx&#10;0zqk7/Cwv9fITiKMRnwujGew2AlT8UMb7KE+vyAbaF4q7n4eBSrO9BdDDRmGKxmYjH0y0Ot7iCMY&#10;lUfnd+N3gZZZMivuqXeeIbW7KFNbEP8AmLDhpIFPRw9NF3omcpsYXTY0IzH/yzyHIZzvI+rtr7P9&#10;BQAA//8DAFBLAwQUAAYACAAAACEAUKDZzeEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvD&#10;QBCG74L/YRnBm934kW4asylFFA9CobUVvG2TMQnNzobsNon99Y4nPb4zD+88ky0n24oBe9840nA7&#10;i0AgFa5sqNKwe3+5SUD4YKg0rSPU8I0elvnlRWbS0o20wWEbKsEl5FOjoQ6hS6X0RY3W+JnrkHj3&#10;5XprAse+kmVvRi63rbyLorm0piG+UJsOn2osjtuT1fB2bs6b8XWI1qvqUyWKnuX+46j19dW0egQR&#10;cAp/MPzqszrk7HRwJyq9aDnfLxSjGpKHGAQDC6XmIA48iGOQeSb/f5D/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhABizngQhAgAAvQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAFCg2c3hAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" path="m5320283,l,,,6096r5320283,l5320283,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -23741,51 +24273,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="46F4B945" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -23839,51 +24371,51 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="35745BDE" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="22"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -23937,79 +24469,79 @@
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="4BF51848" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="14B16AAF" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="75567DF5" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="74"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="122B1DA9" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143" w:right="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Hiermit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>beantrage</w:t>
@@ -24350,71 +24882,93 @@
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>diesem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>über das Portal der</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Nds.</w:t>
+        <w:t>Nds</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Tier- seuchenkasse beantragt wird.</w:t>
+        <w:t xml:space="preserve">Tier- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>seuchenkasse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> beantragt wird.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="1B1DA766" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:ind w:left="143"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Über die besonderen Regelungen der Datenschutzgrundverordnung (DSGVO) hinsichtlich der Verarbeitung meiner personenbezogenen Daten und hinsichtlich</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>meiner</w:t>
       </w:r>
@@ -24574,51 +25128,51 @@
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Meldekarte informiert (Datenschutzhinweise unter </w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
         <w:r>
           <w:rPr>
             <w:sz w:val="16"/>
           </w:rPr>
           <w:t>www.ndstsk.de).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="5BABC713" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="143" w:right="51"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Ich erkläre,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>dass</w:t>
@@ -24771,92 +25325,92 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>EU-Kommission zur Feststellung der Unzulässigkeit einer Beihilfe und ihrer Unvereinbarkeit mit dem Binnenmarkt besteht. Ich erkläre, dass der Betrieb kein Unter- nehmen in Schwierigkeiten ist.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="680107A1" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="0A8EA2A1" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="1D01A6A0" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="6361FB13" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="190"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487638016" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487638016" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69A415BF" wp14:editId="56E3410A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>900683</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>283639</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6210300" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="155" name="Graphic 155"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6210300" cy="6350"/>
                         </a:xfrm>
@@ -24883,51 +25437,51 @@
                               <a:lnTo>
                                 <a:pt x="6210299" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="072E6E07" id="Graphic 155" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:22.35pt;width:489pt;height:.5pt;z-index:-15678464;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6210300,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBg2XMwNAIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZSJFiMOMXQosWA&#10;oivQDDsrshwbk0WNUuLk70fJVuptpw3zQabEJ5qPj/Tm9txpdlLoWjAln89yzpSRULXmUPKvu4cP&#10;HzlzXphKaDCq5Bfl+O32/btNbwu1gAZ0pZBREOOK3pa88d4WWeZkozrhZmCVIWcN2AlPWzxkFYqe&#10;onc6W+T5KusBK4sglXN0ej84+TbGr2sl/Ze6dsozXXLKzccV47oPa7bdiOKAwjatHNMQ/5BFJ1pD&#10;H72GuhdesCO2f4TqWongoPYzCV0Gdd1KFTkQm3n+G5vXRlgVuVBxnL2Wyf2/sPL59IKsrUi75ZIz&#10;IzoS6XGsRziiAvXWFYR7tS8YKDr7BPK7I0f2iyds3Ig519gFLBFk51jty7Xa6uyZpMPVYp7f5CSK&#10;JN/qZhnFyESR7sqj848KYhxxenJ+0KpKlmiSJc8mmUiKB6111NpzRlojZ6T1ftDaCh/uheSCyfpJ&#10;Is2YR3B2cFI7iDAfKIRsF+s1Z4kIZfqG0WaKJU4TVPKlt43xBswqX8cSU7DkTu8BNv3sX4FTNVM4&#10;qcGpoNnA+2rEWtDhtNoOdFs9tFoH+g4P+zuN7CTCCMUnVJKuTGCxEwbxQxvsobpQW/XURyV3P44C&#10;FWf6s6HGDUOYDEzGPhno9R3EUY2VR+d3528CLbNkltxT7zxDGgtRpLYIpK7YcNPAp6OHug09E3Mb&#10;Mho3NEuRwDj3YVin+4h6+zttfwIAAP//AwBQSwMEFAAGAAgAAAAhAGE7ZhLcAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdYICoSFOhZD4AApI5baNlyRqvA6xk6Z/z/YE&#10;x5kdzb4pN4vr1Uxj6DwbSFcJKOLa244bAx/vr7ePoEJEtth7JgMnCrCpLi9KLKw/8hvN29goKeFQ&#10;oIE2xqHQOtQtOQwrPxDL7duPDqPIsdF2xKOUu17fJcmDdtixfGhxoJeW6sN2cga+PoPbhfxmpuVw&#10;8vwzrXc4RWOur5bnJ1CRlvgXhjO+oEMlTHs/sQ2qF52lgh4NZFkO6hxI07U4e3Huc9BVqf9PqH4B&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYNlzMDQCAADlBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAYTtmEtwAAAAKAQAADwAAAAAAAAAAAAAA&#10;AACOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" path="m6210299,l,,,6095r6210299,l6210299,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="3AA94CE7" id="Graphic 155" o:spid="_x0000_s1026" style="position:absolute;margin-left:70.9pt;margin-top:22.35pt;width:489pt;height:.5pt;z-index:-15678464;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6210300,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkUGvaIQIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZSNFiMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJVmpspw3zQabMJ+rxkfT2bug0Oyt0LZiSLxc5Z8pIqFpzLPm3/eOH&#10;j5w5L0wlNBhV8oty/G73/t22t4VaQQO6UsgoiHFFb0veeG+LLHOyUZ1wC7DKkLMG7ISnLR6zCkVP&#10;0TudrfJ8nfWAlUWQyjn6+jA6+S7Gr2sl/de6dsozXXLi5uOKcT2ENdttRXFEYZtWTjTEP7DoRGvo&#10;0muoB+EFO2H7R6iulQgOar+Q0GVQ161UMQfKZpn/ls1rI6yKuZA4zl5lcv8vrHw+v9oXDNSdfQL5&#10;w5EiWW9dcfWEjZswQ41dwBJxNkQVL1cV1eCZpI/r1TK/yUlsSb71zW0UORNFOitPzn9WEOOI85Pz&#10;Yw2qZIkmWXIwyUSqZKihjjX0nFENkTOq4WGsoRU+nAvkgsn6GZFm4hGcHZzVHiLMhxQC29Vmw1lK&#10;hJi+YbSZYymnGSr50tvGeCNmnW9uAy8KltzpPcLm1/4VOKmZwkkNTo03hbzjlVct6Pq52g50Wz22&#10;Wof0HR4P9xrZWYTRiM/EeAaLnTAWP7TBAarLC7Ke5qXk7udJoOJMfzHUkGG4koHJOCQDvb6HOIJR&#10;eXR+P3wXaJkls+SeeucZUruLIrUF8Q+AERtOGvh08lC3oWcit5HRtKEZiflP8xyGcL6PqLe/zu4X&#10;AAAA//8DAFBLAwQUAAYACAAAACEAYTtmEtwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VIXBB1ggKhIU6FkPgACkjlto2XJGq8DrGTpn/P9gTHmR3Nvik3i+vVTGPoPBtIVwko&#10;4trbjhsDH++vt4+gQkS22HsmAycKsKkuL0osrD/yG83b2Cgp4VCggTbGodA61C05DCs/EMvt248O&#10;o8ix0XbEo5S7Xt8lyYN22LF8aHGgl5bqw3ZyBr4+g9uF/Gam5XDy/DOtdzhFY66vlucnUJGW+BeG&#10;M76gQyVMez+xDaoXnaWCHg1kWQ7qHEjTtTh7ce5z0FWp/0+ofgEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCkUGvaIQIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBhO2YS3AAAAAoBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m6210299,l,,,6095r6210299,l6210299,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003E594A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="003E594A" w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -24978,54 +25532,52 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003E594A" w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003E594A" w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003E594A" w:rsidRPr="00054A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="51"/>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="40E9F586" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2140"/>
           <w:tab w:val="left" w:pos="6755"/>
         </w:tabs>
         <w:ind w:left="282"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Datum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:tab/>
@@ -25110,83 +25662,84 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Berater*in</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="6A7CE58D" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:sectPr w:rsidR="00F34FE5">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="800" w:right="566" w:bottom="760" w:left="1275" w:header="0" w:footer="565" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="547F4430" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="69"/>
         <w:ind w:left="6691"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487313408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487313408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6742F1C0" wp14:editId="0E4139C8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2003647</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>443902</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4386580" cy="9620885"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="156" name="Group 156"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4386580" cy="9620885"/>
                           <a:chOff x="0" y="0"/>
@@ -25296,151 +25849,270 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:srgbClr val="171846"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="6AEF1106" id="Group 156" o:spid="_x0000_s1026" style="position:absolute;margin-left:157.75pt;margin-top:34.95pt;width:345.4pt;height:757.55pt;z-index:-16003072;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="43865,96208" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDcoKncGAMAAIcLAAAOAAAAZHJzL2Uyb0RvYy54bWzsVt9r2zAQfh/sfxB+X20nceKYJmW0axmU&#10;rdCOPSuy/IPZliYpcfrf73SKnDQdG23H2KAv5qw7SXff9+mk07Nt25ANV7oW3SKIT6KA8I6JvO7K&#10;RfDl7vJdGhBtaJfTRnR8EdxzHZwt37457WXGR6ISTc4VgUU6nfVyEVTGyCwMNat4S/WJkLwDZyFU&#10;Sw38qjLMFe1h9bYJR1E0DXuhcqkE41rD6IVzBktcvyg4M5+LQnNDmkUAuRn8Kvyu7DdcntKsVFRW&#10;NdulQZ+RRUvrDjYdlrqghpK1qh8t1dZMCS0Kc8JEG4qiqBnHGqCaODqq5kqJtcRayqwv5QATQHuE&#10;07OXZZ82N4rUOXCXTAPS0RZIwn2JHQB4ellmEHWl5K28Ua5GMK8F+6bBHR777X+5D94WqrWToFSy&#10;RdzvB9z51hAGg5NxOk1SoIeBbz4dRWmaOGZYBfQ9mseqD7+ZGdLMbYzpDen0ElSm90DqlwF5W1HJ&#10;kR9tIRqAnO2BdMKKk5mDEuMsjgiszvQO0iOUxuNkEhAEI54k0U6mB3CNJ1Hi4IpHM3QPFdOMrbW5&#10;4gJhp5trbZzIc2/Rylts23lTwVGxh6TBQ2ICAodEBQQOycpRIamx8yyX1iQ98oaJ2LFWbPidQK+x&#10;hAGno/kcTr+nGxLcxzTdYSwwfxDlfBButwGBOQO3BvuwuKazWVgEIjx8WjR1flk3jU1Dq3J13iiy&#10;oVBVPIvTCcoZlngQJpU2F1RXLg5dtl4IazpUtyfJamcl8ntguYd+sQj09zVVPCDNxw50ZJuLN5Q3&#10;Vt5QpjkX2IIQIdjzbvuVKkns9ovAALWfhJcTzTxrtvYh1s7sxPu1EUVtKQVp+4x2PyBte17/isaB&#10;Wd8svMbTJ2nckT4dJ0fqHo1n0ST5B9TtE7G475UrUd3WN07GD3S7j3lV9/+u7vljdc+fpG7QdYzq&#10;sN0pdh3U929s2bu7Lkpjd9fBUfeXwGGL850AXhZ/uH9X9qp12/9M4Q978q+1jesM7fW1f7+of+OL&#10;BV57eAftXqb2OXn4j/1+/35e/gAAAP//AwBQSwMEFAAGAAgAAAAhABAwhXrhAAAADAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FqwkAQhu+FvsMyQm91k4YVjdmISNuTFKqF0tuYjEkwuxuyaxLfvuOp&#10;vc0wH///TbaZTCsG6n3jrIZ4HoEgW7iysZWGr+Pb8xKED2hLbJ0lDTfysMkfHzJMSzfaTxoOoRIc&#10;Yn2KGuoQulRKX9Rk0M9dR5ZvZ9cbDLz2lSx7HDnctPIlihbSYGO5ocaOdjUVl8PVaHgfcdwm8euw&#10;v5x3t5+j+vjex6T102zarkEEmsIfDHd9VoecnU7uaksvWg1JrBSjGharFYg7wHUJiBNPaqkikHkm&#10;/z+R/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDcoKncGAMAAIcLAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAQMIV64QAAAAwBAAAPAAAAAAAA&#10;AAAAAAAAAHIFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAgAYAAAAA&#10;">
+              <v:group w14:anchorId="165C5E6D" id="Group 156" o:spid="_x0000_s1026" style="position:absolute;margin-left:157.75pt;margin-top:34.95pt;width:345.4pt;height:757.55pt;z-index:-16003072;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="43865,96208" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHlD9QDQMAAGELAAAOAAAAZHJzL2Uyb0RvYy54bWzsVm1r2zAQ/j7YfxD6vtqO48QxTcpo1zAo&#10;baEd+6zI8guzLU1S4vTf7062kzQde2nH2KBfzEl3ku6e5/FJp2fbuiIboU0pmzkNTnxKRMNlWjb5&#10;nH66v3wXU2Isa1JWyUbM6YMw9Gzx9s1pqxIxkoWsUqEJbNKYpFVzWlirEs8zvBA1MydSiQacmdQ1&#10;szDUuZdq1sLudeWNfH/itVKnSksujIHZi85JF27/LBPc3mSZEZZUcwq5WffV7rvCr7c4ZUmumSpK&#10;3qfBnpFFzcoGDt1tdcEsI2tdPtmqLrmWRmb2hMvak1lWcuFqgGoC/6iapZZr5WrJkzZXO5gA2iOc&#10;nr0tv94stbpTt7rLHswryb8YwMVrVZ4c+nGc74O3ma5xERRBtg7Rhx2iYmsJh8lxGE+iGIDn4JtN&#10;Rn4cRx3mvABinqzjxYefrPRY0h3s0tul0yrQj9lDZF4G0V3BlHDIG4TgVpMyBXlHU0oaVoOOl71k&#10;cAqwwuMhDnHsR6aH9AilMIzGlDgwgnHk9wI8gCsc+1EHVzCaOveuYpbwtbFLIR3sbHNlbCffdLBY&#10;MVh82wymhp8A5V85+VtKQP6aEpD/qqNCMYvrkEs0Set4c4ngXC034l46r0XCgNPRbAb/9UA3JLiP&#10;qZrDWGD+IKrzQTgeAwLrDHc02IfFVQ1mgQj47rcysirTy7KqMA2j89V5pcmGQVXBNIjHEywEtngU&#10;prSxF8wUXZxz9WFV49Rtko4kJG8l0wdguQVa59R8XTMtKKk+NqAjbBuDoQdjNRjaVufSNReHEJx5&#10;v/3MtCJ4/JxaoPZaDnJiycAa1r6LxZWNfL+2MiuRUpD2kFE/AGl3IvsLGgdmjzUeI3C/rPGO9EkY&#10;Hal7FE79cfQPqHtIBHHfK1c5daMvjMJHut3HvKr7f1f37Km6Z7+lbtB14NSB3SnApSwZ+rdr2f1d&#10;58dBd9fBrz5cAoctbugE8Gb4w/27wKu2O/57Cn/ck3+sbbfPrr2+9u8X9W/3YoF3nLuq+jcnPhQP&#10;x67f71/Gi28AAAD//wMAUEsDBBQABgAIAAAAIQAQMIV64QAAAAwBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BasJAEIbvhb7DMkJvdZOGFY3ZiEjbkxSqhdLbmIxJMLsbsmsS377jqb3NMB///022mUwr&#10;Bup946yGeB6BIFu4srGVhq/j2/MShA9oS2ydJQ038rDJHx8yTEs32k8aDqESHGJ9ihrqELpUSl/U&#10;ZNDPXUeWb2fXGwy89pUsexw53LTyJYoW0mBjuaHGjnY1FZfD1Wh4H3HcJvHrsL+cd7efo/r43sek&#10;9dNs2q5BBJrCHwx3fVaHnJ1O7mpLL1oNSawUoxoWqxWIO8B1CYgTT2qpIpB5Jv8/kf8CAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAB5Q/UA0DAABhCwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAEDCFeuEAAAAMAQAADwAAAAAAAAAAAAAAAABnBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;">
                 <v:shape id="Graphic 157" o:spid="_x0000_s1027" style="position:absolute;left:33;top:96145;width:43834;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="4383405,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCaJqWAvwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LqsIw&#10;EN0L/kMYwZ2mCr6qUVQU7l2JVfdDM7bFZlKaaOvf31wQ3M3hPGe1aU0pXlS7wrKC0TACQZxaXXCm&#10;4Ho5DuYgnEfWWFomBW9ysFl3OyuMtW34TK/EZyKEsItRQe59FUvp0pwMuqGtiAN3t7VBH2CdSV1j&#10;E8JNKcdRNJUGCw4NOVa0zyl9JE+jgBu7uLjdbfsunyeT4vSw+NUPpfq9drsE4an1X/HH/aPD/MkM&#10;/p8JF8j1HwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCaJqWAvwAAANwAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m4382998,l,e" filled="f" strokecolor="#171846" strokeweight="1pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 158" o:spid="_x0000_s1028" style="position:absolute;top:63;width:23704;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2370455,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBIOaABxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvQv/DMgUvUjcKSkhdpSgtevCglkJvQ3aaBLOzaXbV6K93DoK3Gd6b976ZLTpXqzO1ofJsYDRM&#10;QBHn3lZcGPg+fL6loEJEtlh7JgNXCrCYv/RmmFl/4R2d97FQEsIhQwNljE2mdchLchiGviEW7c+3&#10;DqOsbaFtixcJd7UeJ8lUO6xYGkpsaFlSftyfnIHfbXSrw+bW3JLjV/o/+LmePC6N6b92H++gInXx&#10;aX5cr63gT4RWnpEJ9PwOAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEASDmgAcYAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m2370353,l,e" filled="f" strokecolor="#171846" strokeweight="1pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 159" o:spid="_x0000_s1029" style="position:absolute;left:63;top:127;width:13;height:96081;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1270,9608185" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDJ3foBxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WEbzVjcWWGF2l9AH2UMSoiLchO2ZDs7Npdmviv3cLBW/z8T1nvuxtLc7U+sqxgvEoAUFc&#10;OF1xqWC3/XhIQfiArLF2TAou5GG5uL+bY6Zdxxs656EUMYR9hgpMCE0mpS8MWfQj1xBH7uRaiyHC&#10;tpS6xS6G21o+JsmztFhxbDDY0Kuh4jv/tQq+fvbr9/Vnl75NVtU+P5iUjptUqeGgf5mBCNSHm/jf&#10;vdJx/tMU/p6JF8jFFQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMnd+gHEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l,9608146e" filled="f" strokecolor="#171846" strokeweight="1pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:bookmarkStart w:id="52" w:name="Biosicherheitkonzept_Geflügel_Einseitig_"/>
-      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkStart w:id="51" w:name="Biosicherheitkonzept_Geflügel_Einseitig_"/>
+      <w:bookmarkEnd w:id="51"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:color w:val="171846"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>HANDLUNGSEMPFEHLUNG</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="3167C9D8" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRPr="00BB627B" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="111"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
-          <w:sz w:val="22"/>
+          <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="75B7263A" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:left="2714" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:color w:val="171846"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>ZU</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:color w:val="171846"/>
           <w:spacing w:val="-21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:color w:val="171846"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>DEN</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:color w:val="171846"/>
           <w:spacing w:val="-19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:color w:val="171846"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>IDENTIFIZIERTEN SCHWACHSTELLEN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="0E427935" w14:textId="3E8B35CB" w:rsidR="00F34FE5" w:rsidRDefault="00BB627B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="20"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487647744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D9B8B87" wp14:editId="0D64CB3D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2890520</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>1404620</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2128837" cy="252412"/>
+                <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="181" name="Textfeld 181"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2128837" cy="252412"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1AAAB9EA" w14:textId="5851BD24" w:rsidR="00BB627B" w:rsidRPr="00BB627B" w:rsidRDefault="00BB627B">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BB627B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>Pflichtfelder – bitte ausfüllen!</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7D9B8B87" id="Textfeld 181" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:227.6pt;margin-top:110.6pt;width:167.6pt;height:19.85pt;z-index:487647744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHCaxOMQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2jAQfp+0/2D5fYSk0LKIUDEqpkmo&#10;rUSnPhvHBkuOz7MNCfv1OztQWLenaS/One/8+e67z5ned40mB+G8AlPRfDCkRBgOtTLbin5/WX6a&#10;UOIDMzXTYERFj8LT+9nHD9PWlqKAHehaOIIgxpetreguBFtmmec70TA/ACsMBiW4hgV03TarHWsR&#10;vdFZMRzeZi242jrgwnvcfeiDdJbwpRQ8PEnpRSC6olhbSKtL6yau2WzKyq1jdqf4qQz2D1U0TBm8&#10;9A3qgQVG9k79AdUo7sCDDAMOTQZSKi5SD9hNPnzXzXrHrEi9IDnevtHk/x8sfzys7bMjofsCHQ4w&#10;EtJaX3rcjP100jXxi5USjCOFxzfaRBcIx80iLyaTmztKOMaKcTHKiwiTXU5b58NXAQ2JRkUdjiWx&#10;xQ4rH/rUc0q8zINW9VJpnZwoBbHQjhwYDlGHVCOC/5alDWkrenszHiZgA/F4j6wN1nLpKVqh23RE&#10;1Vjtud8N1EekwUGvEG/5UmGtK+bDM3MoCewcZR6ecJEa8C44WZTswP38237Mx0lhlJIWJVZR/2PP&#10;nKBEfzM4w8/5aBQ1mZzR+K5Ax11HNtcRs28WgATk+KAsT2bMD/psSgfNK76GebwVQ8xwvLui4Wwu&#10;Qi98fE1czOcpCVVoWViZteUROhIeJ/HSvTJnT+MKOOhHOIuRle+m1ufGkwbm+wBSpZFGnntWT/Sj&#10;gpMoTq8tPpFrP2Vd/gmzXwAAAP//AwBQSwMEFAAGAAgAAAAhAHvbx7DiAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj01Pg0AQhu8m/ofNmHgxdiktrUWWxhg/Em+WVuNty45AZGcJuwX8944nvc3H&#10;k3eeybaTbcWAvW8cKZjPIhBIpTMNVQr2xeP1DQgfNBndOkIF3+hhm5+fZTo1bqRXHHahEhxCPtUK&#10;6hC6VEpf1mi1n7kOiXefrrc6cNtX0vR65HDbyjiKVtLqhvhCrTu8r7H82p2sgo+r6v3FT0+HcZEs&#10;uofnoVi/mUKpy4vp7hZEwCn8wfCrz+qQs9PRnch40SpYJknMqII4nnPBxHoTLUEcebKKNiDzTP7/&#10;If8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxwmsTjECAABbBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAe9vHsOIAAAALAQAADwAAAAAAAAAA&#10;AAAAAACLBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJoFAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1AAAB9EA" w14:textId="5851BD24" w:rsidR="00BB627B" w:rsidRPr="00BB627B" w:rsidRDefault="00BB627B">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BB627B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>Pflichtfelder – bitte ausfüllen!</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchory="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="27309CBB" w14:textId="44DD9A25" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3699"/>
           <w:tab w:val="left" w:pos="4419"/>
         </w:tabs>
         <w:ind w:left="3095"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>zu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
@@ -25454,142 +26126,141 @@
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Nr.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="0EF96770" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="98" w:line="153" w:lineRule="exact"/>
         <w:ind w:left="2342"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15788544" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15788544" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="775257C3" wp14:editId="2CFDD731">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>762195</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>122830</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="775970" cy="8131175"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="160" name="Textbox 160"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="775970" cy="8131175"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
+                          <w:p w14:paraId="44DA1E8D" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
                             <w:pPr>
                               <w:spacing w:line="1180" w:lineRule="exact"/>
                               <w:ind w:left="20"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Helvetica"/>
                                 <w:b/>
                                 <w:sz w:val="100"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Helvetica"/>
                                 <w:b/>
                                 <w:color w:val="171846"/>
                                 <w:spacing w:val="-34"/>
                                 <w:sz w:val="100"/>
                               </w:rPr>
                               <w:t>HANDLUNGSEMPFEHLUNG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr vert="vert270" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Textbox 160" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:60pt;margin-top:9.65pt;width:61.1pt;height:640.25pt;z-index:15788544;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCC8a7tAEAAFkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/oPwi6N45TNOmMOMXWYsOA&#10;YhvQ7gNkWYqFWaImKrHz96PkOC2227ALLZFP5Hskvb0fbc+OKqABV/NyseRMOQmtcfua/3j5dH3H&#10;GUbhWtGDUzU/KeT3u6t328FXagUd9K0KjJI4rAZf8y5GXxUFyk5ZgQvwylFQQ7Ai0jXsizaIgbLb&#10;vlgtl+tigND6AFIhkvdxCvJdzq+1kvGb1qgi62tO3GK2Idsm2WK3FdU+CN8ZeaYh/oGFFcZR0Uuq&#10;RxEFOwTzVyprZAAEHRcSbAFaG6myBlJTLv9Q89wJr7IWag76S5vw/6WVX4/fAzMtzW5N/XHC0pBe&#10;1BgbGFlyUYMGjxXhnj0h4/gRRgJnseifQP5EghRvMNMDJHRqyKiDTV+Syugh1Thd+k5lmCTnZnP7&#10;fkMRSaG78qYsN7epbvH62geMnxVYlg41DzTXzEAcnzBO0BlyJjPVT7Ti2IxZ4XoW00B7Ii20tpQr&#10;2VWqPtAW1Bx/HURQnPVfHLWZ3HE+hPnQzIcQ+wfIi5UUOvhwiKBN5pMKT2XOfGh+WdF519KCvL1n&#10;1OsfsfsNAAD//wMAUEsDBBQABgAIAAAAIQBn0rnE3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BbsIwEETvlfgHa5F6K04DqpI0DkKgVtyiUg49mnhJQuN1FDuQ/n2XU3vb0TzNzuTryXbiioNv&#10;HSl4XkQgkCpnWqoVHD/fnhIQPmgyunOECn7Qw7qYPeQ6M+5GH3g9hFpwCPlMK2hC6DMpfdWg1X7h&#10;eiT2zm6wOrAcamkGfeNw28k4il6k1S3xh0b3uG2w+j6MVsF4fN+k9rJb7ZNySdLU+3Isv5R6nE+b&#10;VxABp/AHw70+V4eCO53cSMaLjjXHM8pHugTBQLyKYxCnu5OmCcgil/83FL8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAwgvGu7QBAABZAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAZ9K5xN4AAAALAQAADwAAAAAAAAAAAAAAAAAOBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABkFAAAAAA==&#10;" filled="f" stroked="f">
-                <v:path arrowok="t"/>
+              <v:shape w14:anchorId="775257C3" id="Textbox 160" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:60pt;margin-top:9.65pt;width:61.1pt;height:640.25pt;z-index:15788544;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNYc30oAEAADEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/YPwi6N4pTdGmNOMW2YsOA&#10;YivQ9gMUWYqFWaImKrHz96MUJxm2W7ELRYkU+d4jV/ej69leR7TgG17N5pxpr6C1ftvw15cvV7ec&#10;YZK+lT143fCDRn6/fv9uNYRaL6CDvtWRURGP9RAa3qUUaiFQddpJnEHQnoIGopOJrnEr2igHqu56&#10;sZjPP4gBYhsiKI1Irw/HIF+X+sZolX4YgzqxvuGELRUbi91kK9YrWW+jDJ1VEwz5BhROWk9Nz6Ue&#10;ZJJsF+0/pZxVERBMmilwAoyxShcOxKaa/8XmuZNBFy4kDoazTPj/yqrv++fwFFkaP8FIAywkMDyC&#10;+omkjRgC1lNO1hRrpOxMdDTR5ZMoMPpI2h7OeuoxMUWPy+XN3ZIiikK31XVVLW+y4OLyO0RMXzU4&#10;lp2GR5pXQSD3j5iOqaeUCcyxf0aSxs3IbJtBU2Z+2UB7IC60jlQr20XuPtB0G46/djJqzvpvnuTL&#10;q3By4snZnJyY+s9QFiYz9PBxl8DYgufSZsJDcymMph3Kg//zXrIum77+DQAA//8DAFBLAwQUAAYA&#10;CAAAACEA3s+NzN0AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDAlET&#10;4lQoUsWtEqUf4MZLHDVeh9ht0r9ne4LbjuZpdqbaLG4QF5xC70nB8yoBgdR601On4PC1fVqDCFGT&#10;0YMnVHDFAJv6/q7SpfEzfeJlHzvBIRRKrcDGOJZShtai02HlRyT2vv3kdGQ5ddJMeuZwN8g0SXLp&#10;dE/8weoRG4vtaX92CnZXaefMvR7apsl3efaz1aePQanHh+X9DUTEJf7BcKvP1aHmTkd/JhPEwJrj&#10;GeWjyEAwkL6kKYjjzSmKNci6kv831L8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzWHN&#10;9KABAAAxAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;3s+NzN0AAAALAQAADwAAAAAAAAAAAAAAAAD6AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAAQFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
+                    <w:p w14:paraId="44DA1E8D" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
                       <w:pPr>
                         <w:spacing w:line="1180" w:lineRule="exact"/>
                         <w:ind w:left="20"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Helvetica"/>
                           <w:b/>
                           <w:sz w:val="100"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Helvetica"/>
                           <w:b/>
                           <w:color w:val="171846"/>
                           <w:spacing w:val="-34"/>
                           <w:sz w:val="100"/>
                         </w:rPr>
                         <w:t>HANDLUNGSEMPFEHLUNG</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="page"/>
               </v:shape>
             </w:pict>
@@ -25602,113 +26273,113 @@
           <w:b/>
           <w:w w:val="90"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Beschreibung</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="18"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="1101DB54" w14:textId="5824EEDC" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3699"/>
           <w:tab w:val="left" w:pos="9496"/>
         </w:tabs>
         <w:spacing w:line="153" w:lineRule="exact"/>
         <w:ind w:left="2548"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Schwachstelle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="0F47DC5E" w14:textId="64C12A72" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="189"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487639552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251636736" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21353650" wp14:editId="750531CF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3159033</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>286478</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3681095" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="161" name="Graphic 161"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3681095" cy="1270"/>
                         </a:xfrm>
@@ -25728,91 +26399,91 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5511">
                           <a:solidFill>
                             <a:srgbClr val="646363"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2B5D3496" id="Graphic 161" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:22.55pt;width:289.85pt;height:.1pt;z-index:-15676928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhxTdJLAIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X2wni9tacaqpUatJ&#10;VVepqfZMMI7RMMeAxO6/34HtJO3epr2gD+7z3X33gVe3favIUVgnQZc0m6WUCM2hknpf0tft/Zdr&#10;SpxnumIKtCjpm3D0dv3506ozhZhDA6oSlmAS7YrOlLTx3hRJ4ngjWuZmYITGYA22ZR63dp9UlnWY&#10;vVXJPE3zpANbGQtcOIenmyFI1zF/XQvuf9S1E56okmJvPq42rruwJusVK/aWmUbysQ32D120TGos&#10;ekq1YZ6Rg5V/pWolt+Cg9jMObQJ1LbmIGlBNln5Q89IwI6IWHI4zpzG5/5eWPx2fLZEVepdnlGjW&#10;okkP4zzCEQ6oM65A3ot5tkGiM4/AfzkMJO8iYeNGTl/bNnBRIOnjtN9O0xa9JxwPF/l1lt4sKeEY&#10;y+ZX0YyEFdO3/OD8g4CYhx0fnR+8qibEmgnxXk/QouPBaxW99pSg15YS9Ho3eG2YD9+F5gIk3bmR&#10;cNbCUWwhRv2HzrG1c1TpSxZKSW/yK0omlcgdGAhCGZzVAGJpxJfilA5dLJdZFq+QAyWre6lU6MLZ&#10;/e5OWXJkKCr/mi/yRdCBGd7RjHV+w1wz8GJopCk9+jRYE0zaQfWGpnfocknd7wOzghL1XeO1Ck9k&#10;AnYCuwlYr+4gPqQ4IKy57X8ya0goX1KPzj7BdGlZMZkWpJ+44UsN3w4eahkcjXdo6Gjc4E2PAsdX&#10;GZ7S5T6yzv+O9R8AAAD//wMAUEsDBBQABgAIAAAAIQAsCCgA2wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9NT8MwDIbvSPyHyEjcWLqNrVCaTmhidxhw9xqTdDRO1WRr9+9JT+zmj0evH5eb0bXi&#10;TH1oPCuYzzIQxLXXDRsFX5+7hycQISJrbD2TggsF2FS3NyUW2g/8Qed9NCKFcChQgY2xK6QMtSWH&#10;YeY74rT78b3DmNreSN3jkMJdKxdZtpYOG04XLHa0tVT/7k9OgXy7fDf1endcenTWb8370ZpBqfu7&#10;8fUFRKQx/sMw6Sd1qJLTwZ9YB9EqeHzOVwlNxWoOYgKyPF+AOEyTJciqlNcvVH8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAYcU3SSwCAACDBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEALAgoANsAAAAKAQAADwAAAAAAAAAAAAAAAACGBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
+              <v:shape w14:anchorId="73621C59" id="Graphic 161" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:22.55pt;width:289.85pt;height:.1pt;z-index:-251679744;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7aTJW2NOMXQoMOA&#10;oivQDDsrshwbkyWNVOLk70fJdpJ2t2EX4Umkqff4KC/vj61mBwXYWFPwbJJypoy0ZWN2Bf+xefx0&#10;yxl6YUqhrVEFPynk96uPH5ady9XU1laXChgVMZh3ruC19y5PEpS1agVOrFOGgpWFVnjawi4pQXRU&#10;vdXJNE0XSWehdGClQqTTdR/kq1i/qpT036sKlWe64MTNxxXiug1rslqKfAfC1Y0caIh/YNGKxtCl&#10;51Jr4QXbQ/NXqbaRYNFWfiJtm9iqaqSKGkhNlr5T81oLp6IWag66c5vw/5WVz4dX9wKBOronK38h&#10;dSTpHObnSNjgkHOsoA25RJwdYxdP5y6qo2eSDmeL2yy9m3MmKZZNb2KTE5GP38o9+q/Kxjri8IS+&#10;96AckahHJI9mhEBOBg919NBzRh4CZ+ThtvfQCR++C+QCZN2FSDhr7UFtbIz6d8yJ2iWqzXUWSUnv&#10;FjecjSopt88gEK6hXvUgXk34Wpw2gcV8nmVxNNDqpnxstA4sEHbbBw3sIEjU4vNitpgFHVThTZoD&#10;9GuBdZ8XQ0OaNoNPvTXBpK0tTy/AOprmguPvvQDFmf5maFzC6I8ARrAdAXj9YOMDiQ2iOzfHnwIc&#10;C9cX3JOzz3YcRpGPpgXp59zwpbFf9t5WTXA0zlDPaNjQBEeBw2sLT+R6H7Mu/4TVHwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACwIKADbAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfI&#10;SNxYuo2tUJpOaGJ3GHD3GpN0NE7VZGv370lP7OaPR68fl5vRteJMfWg8K5jPMhDEtdcNGwVfn7uH&#10;JxAhImtsPZOCCwXYVLc3JRbaD/xB5300IoVwKFCBjbErpAy1JYdh5jvitPvxvcOY2t5I3eOQwl0r&#10;F1m2lg4bThcsdrS1VP/uT06BfLt8N/V6d1x6dNZvzfvRmkGp+7vx9QVEpDH+wzDpJ3WoktPBn1gH&#10;0Sp4fM5XCU3Fag5iArI8X4A4TJMlyKqU1y9UfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAsCCgA2wAAAAoBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="52DDB420" w14:textId="14E11483" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="133"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="1E540F63" w14:textId="0FCF0DDF" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:line="201" w:lineRule="auto"/>
         <w:ind w:left="2684" w:right="6589" w:firstLine="47"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487640064" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251639808" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46A78A39" wp14:editId="4BB85101">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3159033</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>203903</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3681095" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="162" name="Graphic 162"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3681095" cy="1270"/>
                         </a:xfrm>
@@ -25832,70 +26503,70 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5511">
                           <a:solidFill>
                             <a:srgbClr val="646363"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5879737C" id="Graphic 162" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:16.05pt;width:289.85pt;height:.1pt;z-index:-15676416;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAExiZNLAIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X2wni9tacaqpUatJ&#10;VVepqfZMMI7RMLCDxO6/34HtJO3epr2gD+7z3X33gVe3favIUYCTRpc0m6WUCM1NJfW+pK/b+y/X&#10;lDjPdMWU0aKkb8LR2/XnT6vOFmJuGqMqAQSTaFd0tqSN97ZIEscb0TI3M1ZoDNYGWuZxC/ukAtZh&#10;9lYl8zTNk85AZcFw4RyeboYgXcf8dS24/1HXTniiSoq9+bhCXHdhTdYrVuyB2UbysQ32D120TGos&#10;ekq1YZ6RA8i/UrWSg3Gm9jNu2sTUteQiakA1WfpBzUvDrIhacDjOnsbk/l9a/nR8BiIr9C6fU6JZ&#10;iyY9jPMIRzigzroCeS/2GYJEZx8N/+UwkLyLhI0bOX0NbeCiQNLHab+dpi16TzgeLvLrLL1ZUsIx&#10;ls2vohkJK6Zv+cH5B2FiHnZ8dH7wqpoQaybEez1BQMeD1yp67SlBr4ES9Ho3eG2ZD9+F5gIk3bmR&#10;cNaao9iaGPUfOsfWzlGlL1koJb3JryiZVCJ3YCAIZXBWA4ilEV+KUzp0sVxmWbxCzihZ3UulQhcO&#10;9rs7BeTIUFT+NV/ki6ADM7yjWXB+w1wz8GJopCk9+jRYE0zameoNTe/Q5ZK63wcGghL1XeO1Ck9k&#10;AjCB3QTAqzsTH1IcENbc9j8ZWBLKl9Sjs09murSsmEwL0k/c8KU23w7e1DI4Gu/Q0NG4wZseBY6v&#10;Mjyly31knf8d6z8AAAD//wMAUEsDBBQABgAIAAAAIQDV4R2s2wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCRuLF0L61aaTmhidxhw9xrTdDRO1WRr9/akJzja/vT7+8vtZDtx&#10;ocG3jhUsFwkI4trplhsFnx/7hzUIH5A1do5JwZU8bKvbmxIL7UZ+p8shNCKGsC9QgQmhL6T0tSGL&#10;fuF64nj7doPFEMehkXrAMYbbTqZJspIWW44fDPa0M1T/HM5WgXy9frX1an/KHFrjds3byTSjUvd3&#10;08sziEBT+INh1o/qUEWnozuz9qJT8LjJnyKqIEuXIGYgyfMUxHHeZCCrUv6vUP0CAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEABMYmTSwCAACDBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA1eEdrNsAAAAKAQAADwAAAAAAAAAAAAAAAACGBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
+              <v:shape w14:anchorId="19748437" id="Graphic 162" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:16.05pt;width:289.85pt;height:.1pt;z-index:-251676672;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7aTJW2NOMXQoMOA&#10;oivQDDsrshwbkyWNVOLk70fJdpJ2t2EX4Umkqff4KC/vj61mBwXYWFPwbJJypoy0ZWN2Bf+xefx0&#10;yxl6YUqhrVEFPynk96uPH5ady9XU1laXChgVMZh3ruC19y5PEpS1agVOrFOGgpWFVnjawi4pQXRU&#10;vdXJNE0XSWehdGClQqTTdR/kq1i/qpT036sKlWe64MTNxxXiug1rslqKfAfC1Y0caIh/YNGKxtCl&#10;51Jr4QXbQ/NXqbaRYNFWfiJtm9iqaqSKGkhNlr5T81oLp6IWag66c5vw/5WVz4dX9wKBOronK38h&#10;dSTpHObnSNjgkHOsoA25RJwdYxdP5y6qo2eSDmeL2yy9m3MmKZZNb2KTE5GP38o9+q/Kxjri8IS+&#10;96AckahHJI9mhEBOBg919NBzRh4CZ+ThtvfQCR++C+QCZN2FSDhr7UFtbIz6d8yJ2iWqzXUWSUnv&#10;FjecjSopt88gEK6hXvUgXk34Wpw2gcV8nmVxNNDqpnxstA4sEHbbBw3sIEjU4vNitpgFHVThTZoD&#10;9GuBdZ8XQ0OaNoNPvTXBpK0tTy/AOprmguPvvQDFmf5maFzC6I8ARrAdAXj9YOMDiQ2iOzfHnwIc&#10;C9cX3JOzz3YcRpGPpgXp59zwpbFf9t5WTXA0zlDPaNjQBEeBw2sLT+R6H7Mu/4TVHwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhANXhHazbAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG4sXQvrVppOaGJ3GHD3GtN0NE7VZGv39qQnONr+9Pv7y+1kO3GhwbeOFSwXCQji2umWGwWfH/uH&#10;NQgfkDV2jknBlTxsq9ubEgvtRn6nyyE0IoawL1CBCaEvpPS1IYt+4XriePt2g8UQx6GResAxhttO&#10;pkmykhZbjh8M9rQzVP8czlaBfL1+tfVqf8ocWuN2zdvJNKNS93fTyzOIQFP4g2HWj+pQRaejO7P2&#10;olPwuMmfIqogS5cgZiDJ8xTEcd5kIKtS/q9Q/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDV4R2s2wAAAAoBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487640576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251642880" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3DF328A1" wp14:editId="346A76B7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3159033</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>489703</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3681095" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="163" name="Graphic 163"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3681095" cy="1270"/>
                         </a:xfrm>
@@ -25915,98 +26586,100 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5511">
                           <a:solidFill>
                             <a:srgbClr val="646363"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6282F496" id="Graphic 163" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:38.55pt;width:289.85pt;height:.1pt;z-index:-15675904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYxQb4LAIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X2wni9tacaqpUatJ&#10;VVepqfZMMI7RMLCDxO6/34HtJO3epr2gg/t89333gVe3favIUYCTRpc0m6WUCM1NJfW+pK/b+y/X&#10;lDjPdMWU0aKkb8LR2/XnT6vOFmJuGqMqAQSLaFd0tqSN97ZIEscb0TI3M1ZoTNYGWuZxC/ukAtZh&#10;9VYl8zTNk85AZcFw4RyeboYkXcf6dS24/1HXTniiSorcfFwhrruwJusVK/bAbCP5SIP9A4uWSY1N&#10;T6U2zDNyAPlXqVZyMM7UfsZNm5i6llxEDagmSz+oeWmYFVELDsfZ05jc/yvLn47PQGSF3uULSjRr&#10;0aSHcR7hCAfUWVcg7sU+Q5Do7KPhvxwmkneZsHEjpq+hDVgUSPo47bfTtEXvCcfDRX6dpTdLSjjm&#10;svlVNCNhxfQtPzj/IEysw46Pzg9eVVPEminivZ5CQMeD1yp67SlBr4ES9Ho3eG2ZD98FciEk3ZlI&#10;OGvNUWxNzPoPzJHaOav0JQqlpDf5FSWTSsQOCAxCG5zVEMTWGF+KUzqwWC6zLF4hZ5Ss7qVSgYWD&#10;/e5OATkyFJV/zReDJVjhHcyC8xvmmgEXU0EuwpQefRqsCSbtTPWGpnfocknd7wMDQYn6rvFahScy&#10;BTAFuykAr+5MfEhxQNhz2/9kYEloX1KPzj6Z6dKyYjItSD9hw5fafDt4U8vgaLxDA6Nxgzc9Mh9f&#10;ZXhKl/uIOv871n8AAAD//wMAUEsDBBQABgAIAAAAIQA9HQOi2wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCRuLN0Gy1aaTmhidxhw9xrTdDRO1WRr9/akJzja/vT7+4vt6Fpx&#10;oT40njXMZxkI4sqbhmsNnx/7hzWIEJENtp5Jw5UCbMvbmwJz4wd+p8sh1iKFcMhRg42xy6UMlSWH&#10;YeY74nT79r3DmMa+lqbHIYW7Vi6ybCUdNpw+WOxoZ6n6OZydBvl6/Wqq1f609Ois39VvJ1sPWt/f&#10;jS/PICKN8Q+GST+pQ5mcjv7MJohWw+NGPSVUg1JzEBOQKbUAcZw2S5BlIf9XKH8BAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAGMUG+CwCAACDBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAPR0DotsAAAAKAQAADwAAAAAAAAAAAAAAAACGBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
+              <v:shape w14:anchorId="537FA00E" id="Graphic 163" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:38.55pt;width:289.85pt;height:.1pt;z-index:-251673600;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7aTJW2NOMXQoMOA&#10;oivQDDsrshwbkyWNVOLk70fJdpJ2t2EX4Umkqff4KC/vj61mBwXYWFPwbJJypoy0ZWN2Bf+xefx0&#10;yxl6YUqhrVEFPynk96uPH5ady9XU1laXChgVMZh3ruC19y5PEpS1agVOrFOGgpWFVnjawi4pQXRU&#10;vdXJNE0XSWehdGClQqTTdR/kq1i/qpT036sKlWe64MTNxxXiug1rslqKfAfC1Y0caIh/YNGKxtCl&#10;51Jr4QXbQ/NXqbaRYNFWfiJtm9iqaqSKGkhNlr5T81oLp6IWag66c5vw/5WVz4dX9wKBOronK38h&#10;dSTpHObnSNjgkHOsoA25RJwdYxdP5y6qo2eSDmeL2yy9m3MmKZZNb2KTE5GP38o9+q/Kxjri8IS+&#10;96AckahHJI9mhEBOBg919NBzRh4CZ+ThtvfQCR++C+QCZN2FSDhr7UFtbIz6d8yJ2iWqzXUWSUnv&#10;FjecjSopt88gEK6hXvUgXk34Wpw2gcV8nmVxNNDqpnxstA4sEHbbBw3sIEjU4vNitpgFHVThTZoD&#10;9GuBdZ8XQ0OaNoNPvTXBpK0tTy/AOprmguPvvQDFmf5maFzC6I8ARrAdAXj9YOMDiQ2iOzfHnwIc&#10;C9cX3JOzz3YcRpGPpgXp59zwpbFf9t5WTXA0zlDPaNjQBEeBw2sLT+R6H7Mu/4TVHwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAD0dA6LbAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG4s3QbLVppOaGJ3GHD3GtN0NE7VZGv39qQnONr+9Pv7i+3oWnGhPjSeNcxnGQjiypuGaw2fH/uH&#10;NYgQkQ22nknDlQJsy9ubAnPjB36nyyHWIoVwyFGDjbHLpQyVJYdh5jvidPv2vcOYxr6WpschhbtW&#10;LrJsJR02nD5Y7Ghnqfo5nJ0G+Xr9aqrV/rT06Kzf1W8nWw9a39+NL88gIo3xD4ZJP6lDmZyO/swm&#10;iFbD40Y9JVSDUnMQE5AptQBxnDZLkGUh/1cofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQA9HQOi2wAAAAoBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Handlungs-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="40"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>empfehlung</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="19DF01B0" w14:textId="31B842B0" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="183"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="1B5083AC" w14:textId="5ECCC25D" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="40" w:after="24" w:line="201" w:lineRule="auto"/>
         <w:ind w:left="2706" w:right="6608" w:firstLine="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:w w:val="105"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Erledigt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-11"/>
           <w:w w:val="105"/>
@@ -26029,71 +26702,71 @@
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Ergänzende</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:spacing w:val="40"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Unterlagen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="7AD822F1" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="3699"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7359163B" wp14:editId="3BB6C7C6">
                 <wp:extent cx="3681095" cy="5715"/>
                 <wp:effectExtent l="9525" t="0" r="0" b="3810"/>
                 <wp:docPr id="164" name="Group 164"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3681095" cy="5715"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="3681095" cy="5715"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="165" name="Graphic 165"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
@@ -26117,99 +26790,218 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="5511">
                             <a:solidFill>
                               <a:srgbClr val="646363"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="3AD73914" id="Group 164" o:spid="_x0000_s1026" style="width:289.85pt;height:.45pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="36810,57" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxmTk7ggIAALoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4XxwnjdNacaqpWaNJ&#10;VVepmfZMMP7QMLALidN/vwuOnTSt9tC9oAP3cj/OubC4PTSS7AXYWquMxqMxJUJxndeqzOjPzf2X&#10;a0qsYypnUiuR0Rdh6e3y86dFa1Ix0ZWWuQCCQZRNW5PRyjmTRpHllWiYHWkjFBoLDQ1zuIUyyoG1&#10;GL2R0WQ8TqJWQ25Ac2Etnq46I12G+EUhuPtRFFY4IjOKtbmwQli3fo2WC5aWwExV82MZ7ANVNKxW&#10;mHQItWKOkR3Ub0I1NQdtdeFGXDeRLoqai9ADdhOPL7pZg96Z0EuZtqUZaEJqL3j6cFj+uH8CUueo&#10;XXJFiWINihTyEn+A9LSmTNFrDebZPEHXI8IHzX9bNEeXdr8vT86HAhp/CVslh8D7y8C7ODjC8XCa&#10;XMfjmxklHG2zeTzrZOEVavfmEq++/etaxNIuZShsKKQ1OF/2RKH9PwqfK2ZEUMZ6cgYKsYeewm6k&#10;4iQ049Ojn2cwUGpTeyTzXX4m89mRg3cpiifzMLlDryzlO+vWQgeq2f7Bum6w8x6xqkf8oHoI+Dz8&#10;w5DhYThK8GEAJfgwtp0Chjl/z+vnIWlPWvmzRu/FRgeru9AJSztZpTr3QrXHN8mckn4Q0LfzQODT&#10;4FB1IKRGfN6cVL6K2SyOw3uzWtb5fS2lr8JCub2TQPYMm0qukmky9X1ghFduBqxbMVt1fsF0dJMq&#10;DHSvjldtq/MXlLfFLyKj9s+OgaBEflc4QP4/6QH0YNsDcPJOh18nEIQ5N4dfDAzx6TPqUNlH3c8R&#10;S3vRfOuDr7+p9Ned00XtFcWZ7is6bnCmAwofBKJXP9D5PnidvtzlXwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhABQ4RljbAAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91E4u1xmxE&#10;xPYkBbVQvI3ZMQlmZ0N2TeK/77aX9jLweI/3vklXg6lFR62rLCuIJxEI4tzqigsFn8e3p1cQziNr&#10;rC2Tgjs5WGWjhxQTbXveU3fwhQgl7BJUUHrfJFK6vCSDbmIb4uBdbGvQB9kWUrfYh3JTy2kUvUiD&#10;FYeFEhvalJRfDzej4L3Hfv0cb7vd9bK5n46zj69dTEo9jof1EoSnwf+F4Qc/oEMWmM72xtqJWkF4&#10;xP/e4M3mizmIs4IFyCyV/9GzbwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAxmTk7ggIA&#10;ALoFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAUOEZY&#10;2wAAAAIBAAAPAAAAAAAAAAAAAAAAANwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;">
+              <v:group w14:anchorId="48796E9A" id="Group 164" o:spid="_x0000_s1026" style="width:289.85pt;height:.45pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="36810,57" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5X0VpdAIAAJQFAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2jAUfZ+0/2D5fYTACG1EqKayoklV&#10;W6lMezaO86E5tndtCP33u3YSoLTaQ/cSHdvX9+OcEy9uDo0kewG21iqj8WhMiVBc57UqM/pzc/fl&#10;ihLrmMqZ1Epk9EVYerP8/GnRmlRMdKVlLoBgEmXT1mS0cs6kUWR5JRpmR9oIhYeFhoY5XEIZ5cBa&#10;zN7IaDIeJ1GrITegubAWd1fdIV2G/EUhuHssCisckRnF3lz4Qvhu/TdaLlhaAjNVzfs22Ae6aFit&#10;sOgx1Yo5RnZQv0nV1By01YUbcd1EuihqLsIMOE08vphmDXpnwixl2pbmSBNSe8HTh9Pyh/0azLN5&#10;gq57hPea/7bIS9SaMj0/9+vyFHwooPGXcAhyCIy+HBkVB0c4bk6Tq3h8PaOE49lsHs86wnmFqry5&#10;xKvv/7oWsbQrGRo7NtIadI49kWP/j5znihkROLd++CcgdY7GTnAGxRp08Lo3i99Clnx5jPMM9ivb&#10;k/kuP5P5rOfgXYriyTx48jgrS/nOurXQgWq2v7eus2w+IFYNiB/UAAGN7y0vg+UdJWh5oAQtv+0U&#10;MMz5e14/D0l70srvNXovNjqcugudsLXTqVTnUaj2+DqZUzIYAWO7CAS+DJqqA6E04vPhpPJdzGZx&#10;HP4kq2Wd39VS+i4slNtbCWTPcKjkazJNpn4OzPAqzIB1K2arLi4c9WFSBUPbtFPHq7bV+QvK26Ke&#10;GbV/dgwEJfKHQgP5l2IAMIDtAMDJWx3ek0AQ1twcfjEwxJfPqENlH/TgI5YOovnRj7H+ptLfdk4X&#10;tVcUPT101C/Q0wGFXx/Rq7flfB2iTo/p8i8AAAD//wMAUEsDBBQABgAIAAAAIQAUOEZY2wAAAAIB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvBf/DMkJvdROLtcZsRMT2JAW1ULyN2TEJZmdD&#10;dk3iv++2l/Yy8HiP975JV4OpRUetqywriCcRCOLc6ooLBZ/Ht6dXEM4ja6wtk4I7OVhlo4cUE217&#10;3lN38IUIJewSVFB63yRSurwkg25iG+LgXWxr0AfZFlK32IdyU8tpFL1IgxWHhRIb2pSUXw83o+C9&#10;x379HG+73fWyuZ+Os4+vXUxKPY6H9RKEp8H/heEHP6BDFpjO9sbaiVpBeMT/3uDN5os5iLOCBcgs&#10;lf/Rs28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuV9FaXQCAACUBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAFDhGWNsAAAACAQAADwAAAAAA&#10;AAAAAAAAAADOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANYFAAAAAA==&#10;">
                 <v:shape id="Graphic 165" o:spid="_x0000_s1027" style="position:absolute;top:27;width:36810;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC2JCo5vgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgjdNVbZINYqIwh5d3b0PzZhUm0lpsrb+e7Ow4G0e73PW297V4kFtqDwrmE0zEMSl1xUb&#10;Bd+X42QJIkRkjbVnUvCkANvNcLDGQvuOv+hxjkakEA4FKrAxNoWUobTkMEx9Q5y4q28dxgRbI3WL&#10;XQp3tZxnWS4dVpwaLDa0t1Tez79OgTw8f6oyP94WHp31e3O6WdMpNR71uxWISH18i//dnzrNzz/g&#10;75l0gdy8AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALYkKjm+AAAA3AAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="50C16000" w14:textId="619E73C1" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="258CC1EF" w14:textId="1ADC5D41" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="23F8B0D0" w14:textId="10F38B23" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="16A3DDE0" w14:textId="01809578" w:rsidR="00F34FE5" w:rsidRDefault="00BB627B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="114"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A924C8D" wp14:editId="4930BF34">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2909888</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>3538538</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2128837" cy="252412"/>
+                <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="188" name="Textfeld 188"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2128837" cy="252412"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5F2725F4" w14:textId="77777777" w:rsidR="00BB627B" w:rsidRPr="00BB627B" w:rsidRDefault="00BB627B" w:rsidP="00BB627B">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BB627B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>Pflichtfelder – bitte ausfüllen!</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1A924C8D" id="Textfeld 188" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:229.15pt;margin-top:278.65pt;width:167.6pt;height:19.85pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDF54ojMQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2jAQfp+0/2D5fYSk0LKIUDEqpkmo&#10;rUSnPhvHBkuOz7MNCfv1OztQWLenaS/One/8+e67z5ned40mB+G8AlPRfDCkRBgOtTLbin5/WX6a&#10;UOIDMzXTYERFj8LT+9nHD9PWlqKAHehaOIIgxpetreguBFtmmec70TA/ACsMBiW4hgV03TarHWsR&#10;vdFZMRzeZi242jrgwnvcfeiDdJbwpRQ8PEnpRSC6olhbSKtL6yau2WzKyq1jdqf4qQz2D1U0TBm8&#10;9A3qgQVG9k79AdUo7sCDDAMOTQZSKi5SD9hNPnzXzXrHrEi9IDnevtHk/x8sfzys7bMjofsCHQ4w&#10;EtJaX3rcjP100jXxi5USjCOFxzfaRBcIx80iLyaTmztKOMaKcTHKiwiTXU5b58NXAQ2JRkUdjiWx&#10;xQ4rH/rUc0q8zINW9VJpnZwoBbHQjhwYDlGHVCOC/5alDWkrenszHiZgA/F4j6wN1nLpKVqh23RE&#10;1RWdnPvdQH1EGhz0CvGWLxXWumI+PDOHksDOUebhCRepAe+Ck0XJDtzPv+3HfJwURilpUWIV9T/2&#10;zAlK9DeDM/ycj0ZRk8kZje8KdNx1ZHMdMftmAUhAjg/K8mTG/KDPpnTQvOJrmMdbMcQMx7srGs7m&#10;IvTCx9fExXyeklCFloWVWVseoSPhcRIv3Stz9jSugIN+hLMYWfluan1uPGlgvg8gVRpp5Lln9UQ/&#10;KjiJ4vTa4hO59lPW5Z8w+wUAAP//AwBQSwMEFAAGAAgAAAAhADv7bUThAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj01Pg0AQhu8m/ofNmHgx7aKItMjSGKM28WapGm9bdgQiO0vYLeC/dzzpbT6e&#10;vPNMvpltJ0YcfOtIweUyAoFUOdNSrWBfPi5WIHzQZHTnCBV8o4dNcXqS68y4iV5w3IVacAj5TCto&#10;QugzKX3VoNV+6Xok3n26werA7VBLM+iJw20nr6LoRlrdEl9odI/3DVZfu6NV8HFRvz/7+el1ipO4&#10;f9iOZfpmSqXOz+a7WxAB5/AHw68+q0PBTgd3JONFp+A6WcWMKkiSlAsm0nWcgDjwZJ1GIItc/v+h&#10;+AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDF54ojMQIAAFsEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA7+21E4QAAAAsBAAAPAAAAAAAAAAAA&#10;AAAAAIsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAmQUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="5F2725F4" w14:textId="77777777" w:rsidR="00BB627B" w:rsidRPr="00BB627B" w:rsidRDefault="00BB627B" w:rsidP="00BB627B">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BB627B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>Pflichtfelder – bitte ausfüllen!</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchory="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="2783AAB3" w14:textId="7231C433" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3699"/>
           <w:tab w:val="left" w:pos="4419"/>
         </w:tabs>
         <w:ind w:left="3095"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>zu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
@@ -26223,51 +27015,51 @@
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Nr.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="01386415" w14:textId="1AB2335A" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="120" w:after="6" w:line="201" w:lineRule="auto"/>
         <w:ind w:left="2548" w:right="6606" w:hanging="206"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Beschreibung</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="14"/>
@@ -26280,71 +27072,71 @@
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="40"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Schwachstelle</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="6B641EF1" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="3699"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E1AD7F6" wp14:editId="16DBDAD3">
                 <wp:extent cx="3681095" cy="5715"/>
                 <wp:effectExtent l="9525" t="0" r="0" b="3810"/>
                 <wp:docPr id="166" name="Group 166"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3681095" cy="5715"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="3681095" cy="5715"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="167" name="Graphic 167"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
@@ -26368,83 +27160,83 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="5511">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="1F4655B7" id="Group 166" o:spid="_x0000_s1026" style="width:289.85pt;height:.45pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="36810,57" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCfdDGYfQIAALoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVEtv2zAMvg/YfxB0Xx1nSNIacYqhWYsB&#10;RVegLXZWZPmByZJGKXH670fRsdOmxQ6dDwYlUnx8H8nl5b7VbKfAN9bkPD2bcKaMtEVjqpw/PV5/&#10;OefMB2EKoa1ROX9Wnl+uPn9adi5TU1tbXShg6MT4rHM5r0NwWZJ4WatW+DPrlEFlaaEVAY9QJQWI&#10;Dr23OplOJvOks1A4sFJ5j7frXslX5L8slQw/y9KrwHTOMbdAf6D/Jv6T1VJkFQhXN/KQhvhAFq1o&#10;DAYdXa1FEGwLzRtXbSPBeluGM2nbxJZlIxXVgNWkk5NqbsBuHdVSZV3lRpgQ2hOcPuxW3u3ugTUF&#10;cjefc2ZEiyRRXBYvEJ7OVRla3YB7cPfQ14jirZW/PaqTU308V0fjfQltfISlsj3h/jzirvaBSbz8&#10;Oj9PJxczziTqZot01tMia+TuzSNZf//Xs0RkfUhKbEykc9hf/gih/z8IH2rhFDHjIzgjhIsjhH1L&#10;pfNFDyLZRQQJUp/5A5jv4jNdzA4YvAtROl1Q5461ikxufbhRlqAWu1sf+sYuBknUgyT3ZhABxyMO&#10;hqbBCJzhYABnOBibngEnQnwX+Ysi645cxbvW7tSjJW044QlTO2q1eWmFbE8uEBY2NALa9hYoxDDY&#10;VL1AoVF+WZw2MYvZLE1p3rzVTXHdaB2z8FBtrjSwnYjTTl+sAz28MnPgw1r4urcj1cFMG2rogZ3Y&#10;NBtbPCO9Ha6InPs/WwGKM/3DYAPFfTIIMAibQYCgryxtHQIIYz7ufwlwLIbPeUBm7+zQRyIbSIul&#10;j7bxpbHftsGWTWQUe3rI6HDAniaJFgRKrzbQyzNZHVfu6i8AAAD//wMAUEsDBBQABgAIAAAAIQAU&#10;OEZY2wAAAAIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvBf/DMkJvdROLtcZsRMT2JAW1&#10;ULyN2TEJZmdDdk3iv++2l/Yy8HiP975JV4OpRUetqywriCcRCOLc6ooLBZ/Ht6dXEM4ja6wtk4I7&#10;OVhlo4cUE2173lN38IUIJewSVFB63yRSurwkg25iG+LgXWxr0AfZFlK32IdyU8tpFL1IgxWHhRIb&#10;2pSUXw83o+C9x379HG+73fWyuZ+Os4+vXUxKPY6H9RKEp8H/heEHP6BDFpjO9sbaiVpBeMT/3uDN&#10;5os5iLOCBcgslf/Rs28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAn3QxmH0CAAC6BQAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAFDhGWNsAAAAC&#10;AQAADwAAAAAAAAAAAAAAAADXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAN8FAAAA&#10;AA==&#10;">
+              <v:group w14:anchorId="0B50C5EA" id="Group 166" o:spid="_x0000_s1026" style="width:289.85pt;height:.45pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="36810,57" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeZK4vcAIAAJQFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMtu2zAQvBfoPxC817JcyE4Ey0ERN0aB&#10;IA0QBz3TFPVAKZJd0pby911Sku04QQ+pDsKQu9zH7JDLm66R5CDA1lplNJ5MKRGK67xWZUaft3df&#10;riixjqmcSa1ERl+EpTerz5+WrUnFTFda5gIIBlE2bU1GK+dMGkWWV6JhdqKNUGgsNDTM4RLKKAfW&#10;YvRGRrPpdB61GnIDmgtrcXfdG+kqxC8Kwd3PorDCEZlRrM2FP4T/zv+j1ZKlJTBT1Xwog32giobV&#10;CpMeQ62ZY2QP9ZtQTc1BW124CddNpIui5iL0gN3E04tuNqD3JvRSpm1pjjQhtRc8fTgsfzhswDyZ&#10;R+irR3iv+W+LvEStKdNzu1+XJ+eugMYfwiZIFxh9OTIqOkc4bn6dX8XT64QSjrZkESc94bzCqbw5&#10;xKvv/zoWsbRPGQo7FtIaVI49kWP/j5ynihkROLe++UcgdY7Cni8oUaxBBW8GsfgtZMmnRz/P4LCy&#10;A5nv8jNbJAMH71IUzxZBk8deWcr31m2EDlSzw711vWTzEbFqRLxTIwQUvpe8DJJ3lKDkgRKU/K6f&#10;gGHOn/Pz85C0p1n5vUYfxFYHq7uYE5Z2skp17oXTnl57pkYhoG/vgcCnQVH1IKRGfN6cVL6KJInj&#10;cJOslnV+V0vpq7BQ7m4lkAPz9zh8vg+M8MrNgHVrZqveL5gGN6mCoG3aT8dPbafzFxxvi/PMqP2z&#10;ZyAokT8UCsi/FCOAEexGAE7e6vCeBIIw57b7xcAQnz6jDif7oEcdsXQcmm/96OtPKv1t73RR+4mi&#10;pseKhgVqOqBw9RG9elvO18Hr9Jiu/gIAAP//AwBQSwMEFAAGAAgAAAAhABQ4RljbAAAAAgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8MyQm91E4u1xmxExPYkBbVQvI3ZMQlmZ0N2TeK/&#10;77aX9jLweI/3vklXg6lFR62rLCuIJxEI4tzqigsFn8e3p1cQziNrrC2Tgjs5WGWjhxQTbXveU3fw&#10;hQgl7BJUUHrfJFK6vCSDbmIb4uBdbGvQB9kWUrfYh3JTy2kUvUiDFYeFEhvalJRfDzej4L3Hfv0c&#10;b7vd9bK5n46zj69dTEo9jof1EoSnwf+F4Qc/oEMWmM72xtqJWkF4xP/e4M3mizmIs4IFyCyV/9Gz&#10;bwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBeZK4vcAIAAJQFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAUOEZY2wAAAAIBAAAPAAAAAAAAAAAA&#10;AAAAAMoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;">
                 <v:shape id="Graphic 167" o:spid="_x0000_s1027" style="position:absolute;top:27;width:36810;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDbjk7hxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCL3VjU0xIbpKEZq2UBEfF2/T7DQJzc6G7GrSf+8KBW/z8T1nsRpMIy7UudqygukkAkFc&#10;WF1zqeB4eHtKQTiPrLGxTAr+yMFqOXpYYKZtzzu67H0pQgi7DBVU3reZlK6oyKCb2JY4cD+2M+gD&#10;7EqpO+xDuGnkcxTNpMGaQ0OFLa0rKn73Z6Pg+xi3Pj1vXobTOp/GX+8yTz63Sj2Oh9c5CE+Dv4v/&#10;3R86zJ8lcHsmXCCXVwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDbjk7hxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l3680967,e" filled="f" strokeweight=".15308mm">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="7B03EEEC" w14:textId="077BBD59" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="168"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487642112" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251643904" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B669E35" wp14:editId="0EC2CFA5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3159033</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>273099</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3681095" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="168" name="Graphic 168"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3681095" cy="1270"/>
                         </a:xfrm>
@@ -26464,92 +27256,92 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5511">
                           <a:solidFill>
                             <a:srgbClr val="646363"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="177EE557" id="Graphic 168" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:21.5pt;width:289.85pt;height:.1pt;z-index:-15674368;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBazUBVKwIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X2wni9tacaqpUatJ&#10;VVepqfZMMI7RMDCOxO6/34HtJO3epr2gD+7z3X33gVe3favIUTiQRpc0m6WUCM1NJfW+pK/b+y/X&#10;lIBnumLKaFHSNwH0dv3506qzhZibxqhKOIJJNBSdLWnjvS2SBHgjWgYzY4XGYG1cyzxu3T6pHOsw&#10;e6uSeZrmSWdcZZ3hAgBPN0OQrmP+uhbc/6hrEJ6okmJvPq4urruwJusVK/aO2UbysQ32D120TGos&#10;ekq1YZ6Rg5N/pWoldwZM7WfctImpa8lF1IBqsvSDmpeGWRG14HDAnsYE/y8tfzo+OyIr9C5HqzRr&#10;0aSHcR7hCAfUWSiQ92KfXZAI9tHwX4CB5F0kbGDk9LVrAxcFkj5O++00bdF7wvFwkV9n6c2SEo6x&#10;bH4VzUhYMX3LD+AfhIl52PER/OBVNSHWTIj3eoIOHQ9eq+i1pwS9dpSg17vBa8t8+C40FyDpzo2E&#10;s9YcxdbEqP/QObZ2jip9yUIp6U1+RcmkErkDA0Eog7MaQCyN+FKc0qGL5TLL4hUCo2R1L5UKXYDb&#10;7+6UI0eGovKv+SJfBB2Y4R3NOvAbBs3Ai6GRpvTo02BNMGlnqjc0vUOXSwq/D8wJStR3jdcqPJEJ&#10;uAnsJuC8ujPxIcUBYc1t/5M5S0L5knp09slMl5YVk2lB+okbvtTm28GbWgZH4x0aOho3eNOjwPFV&#10;hqd0uY+s879j/QcAAP//AwBQSwMEFAAGAAgAAAAhAHACyUjbAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwzAMhe9I/IfISNxYSgcrlKYTmtgdBtyzxiQdjVM12dr9e9wTu9l+T8/fq9aT78QJ&#10;h9gGUnC/yEAgNcG0ZBV8fW7vnkDEpMnoLhAqOGOEdX19VenShJE+8LRLVnAIxVIrcCn1pZSxceh1&#10;XIQeibWfMHideB2sNIMeOdx3Ms+ylfS6Jf7gdI8bh83v7ugVyLfzd9ustodl0N6FjX0/ODsqdXsz&#10;vb6ASDilfzPM+IwONTPtw5FMFJ2Ch+fika08LLnTbMiKIgexny85yLqSlxXqPwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBazUBVKwIAAIMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBwAslI2wAAAAoBAAAPAAAAAAAAAAAAAAAAAIUEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
+              <v:shape w14:anchorId="08CA4847" id="Graphic 168" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:21.5pt;width:289.85pt;height:.1pt;z-index:-251672576;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7aTJW2NOMXQoMOA&#10;oivQDDsrshwbkyWNVOLk70fJdpJ2t2EX4Umkqff4KC/vj61mBwXYWFPwbJJypoy0ZWN2Bf+xefx0&#10;yxl6YUqhrVEFPynk96uPH5ady9XU1laXChgVMZh3ruC19y5PEpS1agVOrFOGgpWFVnjawi4pQXRU&#10;vdXJNE0XSWehdGClQqTTdR/kq1i/qpT036sKlWe64MTNxxXiug1rslqKfAfC1Y0caIh/YNGKxtCl&#10;51Jr4QXbQ/NXqbaRYNFWfiJtm9iqaqSKGkhNlr5T81oLp6IWag66c5vw/5WVz4dX9wKBOronK38h&#10;dSTpHObnSNjgkHOsoA25RJwdYxdP5y6qo2eSDmeL2yy9m3MmKZZNb2KTE5GP38o9+q/Kxjri8IS+&#10;96AckahHJI9mhEBOBg919NBzRh4CZ+ThtvfQCR++C+QCZN2FSDhr7UFtbIz6d8yJ2iWqzXUWSUnv&#10;FjecjSopt88gEK6hXvUgXk34Wpw2gcV8nmVxNNDqpnxstA4sEHbbBw3sIEjU4vNitpgFHVThTZoD&#10;9GuBdZ8XQ0OaNoNPvTXBpK0tTy/AOprmguPvvQDFmf5maFzC6I8ARrAdAXj9YOMDiQ2iOzfHnwIc&#10;C9cX3JOzz3YcRpGPpgXp59zwpbFf9t5WTXA0zlDPaNjQBEeBw2sLT+R6H7Mu/4TVHwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHACyUjbAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfI&#10;SNxYSgcrlKYTmtgdBtyzxiQdjVM12dr9e9wTu9l+T8/fq9aT78QJh9gGUnC/yEAgNcG0ZBV8fW7v&#10;nkDEpMnoLhAqOGOEdX19VenShJE+8LRLVnAIxVIrcCn1pZSxceh1XIQeibWfMHideB2sNIMeOdx3&#10;Ms+ylfS6Jf7gdI8bh83v7ugVyLfzd9ustodl0N6FjX0/ODsqdXszvb6ASDilfzPM+IwONTPtw5FM&#10;FJ2Ch+fika08LLnTbMiKIgexny85yLqSlxXqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBwAslI2wAAAAoBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="60F1C45A" w14:textId="2C7C9AFC" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="133"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="36068AD6" w14:textId="041E7F9D" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:line="201" w:lineRule="auto"/>
         <w:ind w:left="2684" w:right="6599" w:firstLine="47"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487642624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251644928" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A3599BD" wp14:editId="56C89136">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3159033</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>203903</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3681095" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="169" name="Graphic 169"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3681095" cy="1270"/>
                         </a:xfrm>
@@ -26569,70 +27361,70 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5511">
                           <a:solidFill>
                             <a:srgbClr val="646363"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4B4A88E6" id="Graphic 169" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:16.05pt;width:289.85pt;height:.1pt;z-index:-15673856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBGzmDgLAIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFvmzAQfp+0/2D5fQGShTYopJoatZpU&#10;dZWaas/GmIBmbM/nBPLvdzaQpN3btBfrs+/j7r77bNZ3fSvJUVhotMppMospEYrrslH7nL7tHr7c&#10;UgKOqZJJrUROTwLo3ebzp3VnMjHXtZalsASTKMg6k9PaOZNFEfBatAxm2giFwUrbljnc2n1UWtZh&#10;9lZG8zhOo07b0ljNBQCebocg3YT8VSW4+1FVIByROcXeXFhtWAu/Rps1y/aWmbrhYxvsH7poWaOw&#10;6DnVljlGDrb5K1XbcKtBV27GdRvpqmq4CBpQTRJ/UPNaMyOCFhwOmPOY4P+l5c/HF0uaEr1LV5Qo&#10;1qJJj+M8/BEOqDOQIe/VvFgvEcyT5r8AA9G7iN/AyOkr23ouCiR9mPbpPG3RO8LxcJHeJvFqSQnH&#10;WDK/CWZELJu+5Qdwj0KHPOz4BG7wqpwQqyfEezVBi457r2Xw2lGCXltK0Oti8Now57/zzXlIuksj&#10;/qzVR7HTIeo+dI6tXaJSXbNQSrxKbyiZVCJ3YCDwZXBWAwilEV+Lk8p3sVwmSbhCoGVTPjRS+i7A&#10;7ot7acmRoaj0a7pIF14HZnhHMxbclkE98EJopEk1+jRY400qdHlC0zt0Oafw+8CsoER+V3it/BOZ&#10;gJ1AMQHr5L0ODykMCGvu+p/MGuLL59Shs896urQsm0zz0s9c/6XS3w5OV413NNyhoaNxgzc9CBxf&#10;pX9K1/vAuvw7Nn8AAAD//wMAUEsDBBQABgAIAAAAIQDV4R2s2wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCRuLF0L61aaTmhidxhw9xrTdDRO1WRr9/akJzja/vT7+8vtZDtx&#10;ocG3jhUsFwkI4trplhsFnx/7hzUIH5A1do5JwZU8bKvbmxIL7UZ+p8shNCKGsC9QgQmhL6T0tSGL&#10;fuF64nj7doPFEMehkXrAMYbbTqZJspIWW44fDPa0M1T/HM5WgXy9frX1an/KHFrjds3byTSjUvd3&#10;08sziEBT+INh1o/qUEWnozuz9qJT8LjJnyKqIEuXIGYgyfMUxHHeZCCrUv6vUP0CAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEARs5g4CwCAACDBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA1eEdrNsAAAAKAQAADwAAAAAAAAAAAAAAAACGBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
+              <v:shape w14:anchorId="1A13D023" id="Graphic 169" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:16.05pt;width:289.85pt;height:.1pt;z-index:-251671552;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7aTJW2NOMXQoMOA&#10;oivQDDsrshwbkyWNVOLk70fJdpJ2t2EX4Umkqff4KC/vj61mBwXYWFPwbJJypoy0ZWN2Bf+xefx0&#10;yxl6YUqhrVEFPynk96uPH5ady9XU1laXChgVMZh3ruC19y5PEpS1agVOrFOGgpWFVnjawi4pQXRU&#10;vdXJNE0XSWehdGClQqTTdR/kq1i/qpT036sKlWe64MTNxxXiug1rslqKfAfC1Y0caIh/YNGKxtCl&#10;51Jr4QXbQ/NXqbaRYNFWfiJtm9iqaqSKGkhNlr5T81oLp6IWag66c5vw/5WVz4dX9wKBOronK38h&#10;dSTpHObnSNjgkHOsoA25RJwdYxdP5y6qo2eSDmeL2yy9m3MmKZZNb2KTE5GP38o9+q/Kxjri8IS+&#10;96AckahHJI9mhEBOBg919NBzRh4CZ+ThtvfQCR++C+QCZN2FSDhr7UFtbIz6d8yJ2iWqzXUWSUnv&#10;FjecjSopt88gEK6hXvUgXk34Wpw2gcV8nmVxNNDqpnxstA4sEHbbBw3sIEjU4vNitpgFHVThTZoD&#10;9GuBdZ8XQ0OaNoNPvTXBpK0tTy/AOprmguPvvQDFmf5maFzC6I8ARrAdAXj9YOMDiQ2iOzfHnwIc&#10;C9cX3JOzz3YcRpGPpgXp59zwpbFf9t5WTXA0zlDPaNjQBEeBw2sLT+R6H7Mu/4TVHwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhANXhHazbAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG4sXQvrVppOaGJ3GHD3GtN0NE7VZGv39qQnONr+9Pv7y+1kO3GhwbeOFSwXCQji2umWGwWfH/uH&#10;NQgfkDV2jknBlTxsq9ubEgvtRn6nyyE0IoawL1CBCaEvpPS1IYt+4XriePt2g8UQx6GResAxhttO&#10;pkmykhZbjh8M9rQzVP8czlaBfL1+tfVqf8ocWuN2zdvJNKNS93fTyzOIQFP4g2HWj+pQRaejO7P2&#10;olPwuMmfIqogS5cgZiDJ8xTEcd5kIKtS/q9Q/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDV4R2s2wAAAAoBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487643136" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251645952" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D7718EB" wp14:editId="3D03E0E3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3159033</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>489703</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3681095" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="170" name="Graphic 170"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3681095" cy="1270"/>
                         </a:xfrm>
@@ -26652,98 +27444,100 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5511">
                           <a:solidFill>
                             <a:srgbClr val="646363"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6B7824BD" id="Graphic 170" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:38.55pt;width:289.85pt;height:.1pt;z-index:-15673344;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxuqPoKwIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X2wni9tacaqpUatJ&#10;VVepqfZMMI7RMDCOxO6/34HtJO3epr2gD+7z3X33gVe3favIUTiQRpc0m6WUCM1NJfW+pK/b+y/X&#10;lIBnumLKaFHSNwH0dv3506qzhZibxqhKOIJJNBSdLWnjvS2SBHgjWgYzY4XGYG1cyzxu3T6pHOsw&#10;e6uSeZrmSWdcZZ3hAgBPN0OQrmP+uhbc/6hrEJ6okmJvPq4urruwJusVK/aO2UbysQ32D120TGos&#10;ekq1YZ6Rg5N/pWoldwZM7WfctImpa8lF1IBqsvSDmpeGWRG14HDAnsYE/y8tfzo+OyIr9O4K56NZ&#10;iyY9jPMIRzigzkKBvBf77IJEsI+G/wIMJO8iYQMjp69dG7gokPRx2m+naYveE46Hi/w6S2+WlHCM&#10;ZfOhVsKK6Vt+AP8gTMzDjo/gB6+qCbFmQrzXE3ToePBaRa89Jei1owS93g1eW+bDd6G5AEl3biSc&#10;teYotiZG/YfOsbVzVOlLFkpJb/IrSiaVyB0YCEIZnNUAYmnEl+KUDl0sl1kWrxAYJat7qVToAtx+&#10;d6ccOTIUlX/NF/ki6MAM72jWgd8waAZeDI00pUefBmuCSTtTvaHpHbpcUvh9YE5Qor5rvFbhiUzA&#10;TWA3AefVnYkPKQ4Ia277n8xZEsqX1KOzT2a6tKyYTAvST9zwpTbfDt7UMjga79DQ0bjBmx4Fjq8y&#10;PKXLfWSd/x3rPwAAAP//AwBQSwMEFAAGAAgAAAAhAD0dA6LbAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAMhu9IvENkJG4s3QbLVppOaGJ3GHD3GtN0NE7VZGv39qQnONr+9Pv7i+3oWnGh&#10;PjSeNcxnGQjiypuGaw2fH/uHNYgQkQ22nknDlQJsy9ubAnPjB36nyyHWIoVwyFGDjbHLpQyVJYdh&#10;5jvidPv2vcOYxr6WpschhbtWLrJsJR02nD5Y7Ghnqfo5nJ0G+Xr9aqrV/rT06Kzf1W8nWw9a39+N&#10;L88gIo3xD4ZJP6lDmZyO/swmiFbD40Y9JVSDUnMQE5AptQBxnDZLkGUh/1cofwEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAxuqPoKwIAAIMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQA9HQOi2wAAAAoBAAAPAAAAAAAAAAAAAAAAAIUEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
+              <v:shape w14:anchorId="12E7F9DB" id="Graphic 170" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:38.55pt;width:289.85pt;height:.1pt;z-index:-251670528;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7aTJW2NOMXQoMOA&#10;oivQDDsrshwbkyWNVOLk70fJdpJ2t2EX4Umkqff4KC/vj61mBwXYWFPwbJJypoy0ZWN2Bf+xefx0&#10;yxl6YUqhrVEFPynk96uPH5ady9XU1laXChgVMZh3ruC19y5PEpS1agVOrFOGgpWFVnjawi4pQXRU&#10;vdXJNE0XSWehdGClQqTTdR/kq1i/qpT036sKlWe64MTNxxXiug1rslqKfAfC1Y0caIh/YNGKxtCl&#10;51Jr4QXbQ/NXqbaRYNFWfiJtm9iqaqSKGkhNlr5T81oLp6IWag66c5vw/5WVz4dX9wKBOronK38h&#10;dSTpHObnSNjgkHOsoA25RJwdYxdP5y6qo2eSDmeL2yy9m3MmKZZNb2KTE5GP38o9+q/Kxjri8IS+&#10;96AckahHJI9mhEBOBg919NBzRh4CZ+ThtvfQCR++C+QCZN2FSDhr7UFtbIz6d8yJ2iWqzXUWSUnv&#10;FjecjSopt88gEK6hXvUgXk34Wpw2gcV8nmVxNNDqpnxstA4sEHbbBw3sIEjU4vNitpgFHVThTZoD&#10;9GuBdZ8XQ0OaNoNPvTXBpK0tTy/AOprmguPvvQDFmf5maFzC6I8ARrAdAXj9YOMDiQ2iOzfHnwIc&#10;C9cX3JOzz3YcRpGPpgXp59zwpbFf9t5WTXA0zlDPaNjQBEeBw2sLT+R6H7Mu/4TVHwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAD0dA6LbAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG4s3QbLVppOaGJ3GHD3GtN0NE7VZGv39qQnONr+9Pv7i+3oWnGhPjSeNcxnGQjiypuGaw2fH/uH&#10;NYgQkQ22nknDlQJsy9ubAnPjB36nyyHWIoVwyFGDjbHLpQyVJYdh5jvidPv2vcOYxr6WpschhbtW&#10;LrJsJR02nD5Y7Ghnqfo5nJ0G+Xr9aqrV/rT06Kzf1W8nWw9a39+NL88gIo3xD4ZJP6lDmZyO/swm&#10;iFbD40Y9JVSDUnMQE5AptQBxnDZLkGUh/1cofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQA9HQOi2wAAAAoBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Handlungs-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="40"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>empfehlung</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="3408FAED" w14:textId="6888E0E3" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="183"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="578F1F00" w14:textId="7BC18DF9" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="40" w:after="24" w:line="201" w:lineRule="auto"/>
         <w:ind w:left="2706" w:right="6608" w:firstLine="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:w w:val="105"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Erledigt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-11"/>
           <w:w w:val="105"/>
@@ -26766,71 +27560,71 @@
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Ergänzende</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:spacing w:val="40"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Unterlagen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="28A53917" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="3699"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58D7456C" wp14:editId="558F1BB9">
                 <wp:extent cx="3681095" cy="5715"/>
                 <wp:effectExtent l="9525" t="0" r="0" b="3810"/>
                 <wp:docPr id="171" name="Group 171"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3681095" cy="5715"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="3681095" cy="5715"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="172" name="Graphic 172"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
@@ -26854,99 +27648,218 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="5511">
                             <a:solidFill>
                               <a:srgbClr val="646363"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="3DE72862" id="Group 171" o:spid="_x0000_s1026" style="width:289.85pt;height:.45pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="36810,57" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9POm0gQIAALoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X2wnS9JacaqpWaNJ&#10;VVupmfZMMP7QMLALiZN/vwuOnTat9tC9oAP3cj/OubC4OTSS7AXYWquMJqOYEqG4zmtVZvTn5u7L&#10;FSXWMZUzqZXI6FFYerP8/GnRmlSMdaVlLoBgEGXT1mS0cs6kUWR5JRpmR9oIhcZCQ8McbqGMcmAt&#10;Rm9kNI7jWdRqyA1oLqzF01VnpMsQvygEd49FYYUjMqNYmwsrhHXr12i5YGkJzFQ1P5XBPlBFw2qF&#10;SYdQK+YY2UH9JlRTc9BWF27EdRPpoqi5CD1gN0l80c0a9M6EXsq0Lc1AE1J7wdOHw/KH/ROQOkft&#10;5gklijUoUshL/AHS05oyRa81mGfzBF2PCO81/23RHF3a/b48Ox8KaPwlbJUcAu/HgXdxcITj4WR2&#10;lcTXU0o42qbzZNrJwivU7s0lXn3/17WIpV3KUNhQSGtwvuyZQvt/FD5XzIigjPXkDBSOzxR2I5XM&#10;xx2Jwc8zGCi1qT2R+S4/4/n0xMG7FCXjeZjcoVeW8p11a6ED1Wx/b1032HmPWNUjflA9BHwe/mHI&#10;8DAcJfgwgBJ8GNtOAcOcv+f185C0Z638WaP3YqOD1V3ohKWdrVK99EK14+vZnJJ+ENC380Dg0+BQ&#10;dSCkRvyyOal8FdNpkoT3ZrWs87taSl+FhXJ7K4HsGTY1+zqbzCa+D4zwys2AdStmq84vmE5uUoWB&#10;7tXxQ7PV+RHlbfGLyKj9s2MgKJE/FA6Q/096AD3Y9gCcvNXh1wkEYc7N4RcDQ3z6jDpU9kH3c8TS&#10;XjTf+uDrbyr9bed0UXtFcab7ik4bnOmAwgeB6NUP9HIfvM5f7vIvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAFDhGWNsAAAACAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF7wX/wzJCb3UTi7XGbETE&#10;9iQFtVC8jdkxCWZnQ3ZN4r/vtpf2MvB4j/e+SVeDqUVHrassK4gnEQji3OqKCwWfx7enVxDOI2us&#10;LZOCOzlYZaOHFBNte95Td/CFCCXsElRQet8kUrq8JINuYhvi4F1sa9AH2RZSt9iHclPLaRS9SIMV&#10;h4USG9qUlF8PN6Pgvcd+/Rxvu931srmfjrOPr11MSj2Oh/UShKfB/4XhBz+gQxaYzvbG2olaQXjE&#10;/97gzeaLOYizggXILJX/0bNvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH086bSBAgAA&#10;ugUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABQ4Rljb&#10;AAAAAgEAAA8AAAAAAAAAAAAAAAAA2wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;">
+              <v:group w14:anchorId="27D4B7E3" id="Group 171" o:spid="_x0000_s1026" style="width:289.85pt;height:.45pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="36810,57" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTtZhudAIAAJQFAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2jAUfZ+0/2D5fSSBAW1EqKayoklV&#10;W6lMezaO86E5tndtCP33u3YSoLTaQ/cSHdvX9+OcEy9uDo0kewG21iqjySimRCiu81qVGf25ufty&#10;RYl1TOVMaiUy+iIsvVl+/rRoTSrGutIyF0AwibJpazJaOWfSKLK8Eg2zI22EwsNCQ8McLqGMcmAt&#10;Zm9kNI7jWdRqyA1oLqzF3VV3SJchf1EI7h6LwgpHZEaxNxe+EL5b/42WC5aWwExV874N9oEuGlYr&#10;LHpMtWKOkR3Ub1I1NQdtdeFGXDeRLoqaizADTpPEF9OsQe9MmKVM29IcaUJqL3j6cFr+sF+DeTZP&#10;0HWP8F7z3xZ5iVpTpufnfl2egg8FNP4SDkEOgdGXI6Pi4AjHzcnsKomvp5RwPJvOk2lHOK9QlTeX&#10;ePX9X9cilnYlQ2PHRlqDzrEncuz/kfNcMSMC59YP/wSkztHY8zElijXo4HVvFr+FLPnyGOcZ7Fe2&#10;J/Ndfsbzac/BuxQl43nw5HFWlvKddWuhA9Vsf29dZ9l8QKwaED+oAQIa31teBss7StDyQAlaftsp&#10;YJjz97x+HpL2pJXfa/RebHQ4dRc6YWunU6nOo1Dt+Ho2p2QwAsZ2EQh8GTRVB0JpxOfDSeW7mE6T&#10;JPxJVss6v6ul9F1YKLe3Esie4VCzr7PJbOLnwAyvwgxYt2K26uLCUR8mVTC0TTt1vGpbnb+gvC3q&#10;mVH7Z8dAUCJ/KDSQfykGAAPYDgCcvNXhPQkEYc3N4RcDQ3z5jDpU9kEPPmLpIJof/Rjrbyr9bed0&#10;UXtF0dNDR/0CPR1Q+PURvXpbztch6vSYLv8CAAD//wMAUEsDBBQABgAIAAAAIQAUOEZY2wAAAAIB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvBf/DMkJvdROLtcZsRMT2JAW1ULyN2TEJZmdD&#10;dk3iv++2l/Yy8HiP975JV4OpRUetqywriCcRCOLc6ooLBZ/Ht6dXEM4ja6wtk4I7OVhlo4cUE217&#10;3lN38IUIJewSVFB63yRSurwkg25iG+LgXWxr0AfZFlK32IdyU8tpFL1IgxWHhRIb2pSUXw83o+C9&#10;x379HG+73fWyuZ+Os4+vXUxKPY6H9RKEp8H/heEHP6BDFpjO9sbaiVpBeMT/3uDN5os5iLOCBcgs&#10;lf/Rs28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAU7WYbnQCAACUBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAFDhGWNsAAAACAQAADwAAAAAA&#10;AAAAAAAAAADOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANYFAAAAAA==&#10;">
                 <v:shape id="Graphic 172" o:spid="_x0000_s1027" style="position:absolute;top:27;width:36810;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC8FCSQvgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L+x/CLOzNpuuCLtUoIit49LX3oRmTajMpTbT13xtB8DYf33Nmi97V4kZtqDwr+M5yEMSl1xUb&#10;BcfDevgLIkRkjbVnUnCnAIv5x2CGhfYd7+i2j0akEA4FKrAxNoWUobTkMGS+IU7cybcOY4KtkbrF&#10;LoW7Wo7yfCwdVpwaLDa0slRe9lenQP7d/6tyvD7/eHTWr8z2bE2n1Ndnv5yCiNTHt/jl3ug0fzKC&#10;5zPpAjl/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALwUJJC+AAAA3AAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="658BE505" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="42DDDD76" w14:textId="06DF9F5B" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="5485E03E" w14:textId="0E00A052" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="2EF88557" w14:textId="6044361E" w:rsidR="00F34FE5" w:rsidRDefault="00BB627B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="114"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5205AE9C" wp14:editId="49AC843D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2990850</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>5716905</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2128837" cy="252412"/>
+                <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="183" name="Textfeld 183"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2128837" cy="252412"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="78ACBCA3" w14:textId="77777777" w:rsidR="00BB627B" w:rsidRPr="00BB627B" w:rsidRDefault="00BB627B" w:rsidP="00BB627B">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BB627B">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>Pflichtfelder – bitte ausfüllen!</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5205AE9C" id="Textfeld 183" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:235.5pt;margin-top:450.15pt;width:167.6pt;height:19.85pt;z-index:251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4u+ObMgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxw7SZsZcYosRYYB&#10;QVsgHXpWZCk2IIuapMTOfv0oOV/rdhp2kUmReiIfnzx76BpFDsK6GnRB08GQEqE5lLXeFfT76+rT&#10;lBLnmS6ZAi0KehSOPsw/fpi1JhcZVKBKYQmCaJe3pqCV9yZPEscr0TA3ACM0BiXYhnl07S4pLWsR&#10;vVFJNhzeJS3Y0ljgwjncfeyDdB7xpRTcP0vphCeqoFibj6uN6zasyXzG8p1lpqr5qQz2D1U0rNZ4&#10;6QXqkXlG9rb+A6qpuQUH0g84NAlIWXMRe8Bu0uG7bjYVMyL2guQ4c6HJ/T9Y/nTYmBdLfPcFOhxg&#10;IKQ1Lne4GfrppG3CFyslGEcKjxfaROcJx80szabT0T0lHGPZJBunWYBJrqeNdf6rgIYEo6AWxxLZ&#10;Yoe1833qOSVc5kDV5apWKjpBCmKpLDkwHKLysUYE/y1LadIW9G40GUZgDeF4j6w01nLtKVi+23ak&#10;Lgs6Ove7hfKINFjoFeIMX9VY65o5/8IsSgI7R5n7Z1ykArwLThYlFdiff9sP+TgpjFLSosQK6n7s&#10;mRWUqG8aZ/g5HY+DJqMzntxn6NjbyPY2ovfNEpCAFB+U4dEM+V6dTWmhecPXsAi3YohpjncX1J/N&#10;pe+Fj6+Ji8UiJqEKDfNrvTE8QAfCwyReuzdmzWlcHgf9BGcxsvzd1PrccFLDYu9B1nGkgeee1RP9&#10;qOAoitNrC0/k1o9Z13/C/BcAAAD//wMAUEsDBBQABgAIAAAAIQBpOvj/4gAAAAsBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcELXblLaEOBVCQCVuNPyImxsvSUS8jmI3CW/PcoLj&#10;7Ixmv8m2k2vFgH1oPGmYzxQIpNLbhioNL8XD5QZEiIasaT2hhm8MsM1PTzKTWj/SMw77WAkuoZAa&#10;DXWMXSplKGt0Jsx8h8Tep++diSz7StrejFzuWrlQaiWdaYg/1KbDuxrLr/3Rafi4qN6fwvT4OiZX&#10;SXe/G4r1my20Pj+bbm9ARJziXxh+8RkdcmY6+CPZIFoNy/Wct0QN10olIDixUasFiANflkqBzDP5&#10;f0P+AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALi745syAgAAWwQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGk6+P/iAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="78ACBCA3" w14:textId="77777777" w:rsidR="00BB627B" w:rsidRPr="00BB627B" w:rsidRDefault="00BB627B" w:rsidP="00BB627B">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BB627B">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>Pflichtfelder – bitte ausfüllen!</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchory="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="0F2013C7" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3699"/>
           <w:tab w:val="left" w:pos="4419"/>
         </w:tabs>
         <w:ind w:left="3095"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>zu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
@@ -26960,51 +27873,51 @@
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Nr.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="5CA38378" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="120" w:after="6" w:line="201" w:lineRule="auto"/>
         <w:ind w:left="2548" w:right="6606" w:hanging="206"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Beschreibung</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="14"/>
@@ -27017,71 +27930,71 @@
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="40"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Schwachstelle</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="07F78C0E" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="3699"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E2759BA" wp14:editId="76AA2662">
                 <wp:extent cx="3681095" cy="5715"/>
                 <wp:effectExtent l="9525" t="0" r="0" b="3810"/>
                 <wp:docPr id="173" name="Group 173"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3681095" cy="5715"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="3681095" cy="5715"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="174" name="Graphic 174"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
@@ -27105,83 +28018,83 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="5511">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="1C3E2C93" id="Group 173" o:spid="_x0000_s1026" style="width:289.85pt;height:.45pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="36810,57" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDfF9DfgIAALoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVEtv2zAMvg/YfxB0Xx2nTdMadYqhWYsB&#10;RVegHXZWZPmByZJGKXH670fRsZOmxQ6dDwYlUnx8H8mr622r2UaBb6zJeXoy4UwZaYvGVDn/+Xz7&#10;5YIzH4QphLZG5fxFeX69+PzpqnOZmtra6kIBQyfGZ53LeR2Cy5LEy1q1wp9YpwwqSwutCHiEKilA&#10;dOi91cl0MjlPOguFAyuV93i77JV8Qf7LUsnwoyy9CkznHHML9Af6r+I/WVyJrALh6kbu0hAfyKIV&#10;jcGgo6ulCIKtoXnjqm0kWG/LcCJtm9iybKSiGrCadHJUzR3YtaNaqqyr3AgTQnuE04fdyofNI7Cm&#10;QO7mp5wZ0SJJFJfFC4Snc1WGVnfgntwj9DWieG/lb4/q5Fgfz9XeeFtCGx9hqWxLuL+MuKttYBIv&#10;T88v0snljDOJutk8nfW0yBq5e/NI1t/+9SwRWR+SEhsT6Rz2l99D6P8PwqdaOEXM+AjOCOHZHsK+&#10;pdL5WQ8i2UUECVKf+R2Y7+Iznc92GLwLUTqdU+eOtYpMrn24U5agFpt7H/rGLgZJ1IMkt2YQAccj&#10;DoamwQic4WAAZzgYq54BJ0J8F/mLIuv2XMW71m7UsyVtOOIJU9trtTm0QrYnl+dzzoZGQNveAoUY&#10;BpuqFyg0yofFaROzmM3SlObNW90Ut43WMQsP1epGA9uIOO30xTrQwyszBz4sha97O1LtzLShhh7Y&#10;iU2zssUL0tvhisi5/7MWoDjT3w02UNwngwCDsBoECPrG0tYhgDDm8/aXAMdi+JwHZPbBDn0ksoG0&#10;WPpoG18a+3UdbNlERrGnh4x2B+xpkmhBoPRqAx2eyWq/chd/AQAA//8DAFBLAwQUAAYACAAAACEA&#10;FDhGWNsAAAACAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF7wX/wzJCb3UTi7XGbETE9iQF&#10;tVC8jdkxCWZnQ3ZN4r/vtpf2MvB4j/e+SVeDqUVHrassK4gnEQji3OqKCwWfx7enVxDOI2usLZOC&#10;OzlYZaOHFBNte95Td/CFCCXsElRQet8kUrq8JINuYhvi4F1sa9AH2RZSt9iHclPLaRS9SIMVh4US&#10;G9qUlF8PN6Pgvcd+/Rxvu931srmfjrOPr11MSj2Oh/UShKfB/4XhBz+gQxaYzvbG2olaQXjE/97g&#10;zeaLOYizggXILJX/0bNvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIN8X0N+AgAAugUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABQ4RljbAAAA&#10;AgEAAA8AAAAAAAAAAAAAAAAA2AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;">
+              <v:group w14:anchorId="5F5791CA" id="Group 173" o:spid="_x0000_s1026" style="width:289.85pt;height:.45pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="36810,57" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkI818cgIAAJQFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMtu2zAQvBfoPxC815Lcyk4Ey0ERN0aB&#10;IA0QFz3TFPVAKZJd0pbz911Sku04QQ+pDsKQu9zH7JCLm0MryV6AbbTKaTKJKRGK66JRVU5/bu4+&#10;XVFiHVMFk1qJnD4LS2+WHz8sOpOJqa61LAQQDKJs1pmc1s6ZLIosr0XL7EQbodBYamiZwyVUUQGs&#10;w+itjKZxPIs6DYUBzYW1uLvqjXQZ4pel4O5HWVrhiMwp1ubCH8J/6//RcsGyCpipGz6Uwd5RRcsa&#10;hUmPoVbMMbKD5lWotuGgrS7dhOs20mXZcBF6wG6S+KKbNeidCb1UWVeZI01I7QVP7w7LH/ZrME/m&#10;EfrqEd5r/tsiL1Fnquzc7tfVyflQQusPYRPkEBh9PjIqDo5w3Pw8u0ri65QSjrZ0nqQ94bzGqbw6&#10;xOtv/zoWsaxPGQo7FtIZVI49kWP/j5ynmhkROLe++UcgTYHCnn+hRLEWFbwexOK3kCWfHv08g8PK&#10;DmS+yc90ng4cvElRMp0HTR57ZRnfWbcWOlDN9vfW9ZItRsTqEfGDGiGg8L3kZZC8owQlD5Sg5Lf9&#10;BAxz/pyfn4ekO83K77V6LzY6WN3FnLC0k1Wqcy+cdnw9m1MyCgF9ew8EPg2KqgchNeLz5qTyVaRp&#10;koSbZLVsirtGSl+FhWp7K4Hsmb/H4fN9YIQXbgasWzFb937BNLhJFQRts346fmpbXTzjeDucZ07t&#10;nx0DQYn8rlBA/qUYAYxgOwJw8laH9yQQhDk3h18MDPHpc+pwsg961BHLxqH51o++/qTSX3dOl42f&#10;KGp6rGhYoKYDClcf0Yu35XwdvE6P6fIvAAAA//8DAFBLAwQUAAYACAAAACEAFDhGWNsAAAACAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF7wX/wzJCb3UTi7XGbETE9iQFtVC8jdkxCWZnQ3ZN&#10;4r/vtpf2MvB4j/e+SVeDqUVHrassK4gnEQji3OqKCwWfx7enVxDOI2usLZOCOzlYZaOHFBNte95T&#10;d/CFCCXsElRQet8kUrq8JINuYhvi4F1sa9AH2RZSt9iHclPLaRS9SIMVh4USG9qUlF8PN6Pgvcd+&#10;/Rxvu931srmfjrOPr11MSj2Oh/UShKfB/4XhBz+gQxaYzvbG2olaQXjE/97gzeaLOYizggXILJX/&#10;0bNvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOQjzXxyAgAAlAUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABQ4RljbAAAAAgEAAA8AAAAAAAAA&#10;AAAAAAAAzAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
                 <v:shape id="Graphic 174" o:spid="_x0000_s1027" style="position:absolute;top:27;width:36810;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCuhUZLwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L/ocwwt40dRWVahQR1lVYER8Xb2MztsVmUpqo9d+bBcHbfHzPmcxqU4g7VS63rKDbiUAQJ1bn&#10;nCo4Hn7aIxDOI2ssLJOCJzmYTZuNCcbaPnhH971PRQhhF6OCzPsyltIlGRl0HVsSB+5iK4M+wCqV&#10;usJHCDeF/I6igTSYc2jIsKRFRsl1fzMKzsde6Ue3Tb8+LZbd3t+vXA7XW6W+WvV8DMJT7T/it3ul&#10;w/xhH/6fCRfI6QsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCuhUZLwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l3680967,e" filled="f" strokeweight=".15308mm">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="3EC4B96C" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="168"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487644672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487644672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="788F7A81" wp14:editId="335B9F46">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3159033</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>273099</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3681095" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="175" name="Graphic 175"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3681095" cy="1270"/>
                         </a:xfrm>
@@ -27201,92 +28114,92 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5511">
                           <a:solidFill>
                             <a:srgbClr val="646363"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0B86B4CA" id="Graphic 175" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:21.5pt;width:289.85pt;height:.1pt;z-index:-15671808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCev5DkLAIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFvmzAQfp+0/2D5fQGShbQopJoatZpU&#10;dZWaas/GmIBmbM/nBPLvdzaQpN3btBfrs+/j7r77bNZ3fSvJUVhotMppMospEYrrslH7nL7tHr7c&#10;UAKOqZJJrUROTwLo3ebzp3VnMjHXtZalsASTKMg6k9PaOZNFEfBatAxm2giFwUrbljnc2n1UWtZh&#10;9lZG8zhOo07b0ljNBQCebocg3YT8VSW4+1FVIByROcXeXFhtWAu/Rps1y/aWmbrhYxvsH7poWaOw&#10;6DnVljlGDrb5K1XbcKtBV27GdRvpqmq4CBpQTRJ/UPNaMyOCFhwOmPOY4P+l5c/HF0uaEr1bLSlR&#10;rEWTHsd5+CMcUGcgQ96rebFeIpgnzX8BBqJ3Eb+BkdNXtvVcFEj6MO3Tedqid4Tj4SK9SeJbLMox&#10;lsxXwYyIZdO3/ADuUeiQhx2fwA1elRNi9YR4ryZo0XHvtQxeO0rQa0sJel0MXhvm/He+OQ9Jd2nE&#10;n7X6KHY6RN2HzrG1S1SqaxZKiW/TFSWTSuQODAS+DM5qAKE04mtxUvkulsskCVcItGzKh0ZK3wXY&#10;fXEvLTkyFJV+TRfpwuvADO9oxoLbMqgHXgiNNKlGnwZrvEmFLk9oeocu5xR+H5gVlMjvCq+VfyIT&#10;sBMoJmCdvNfhIYUBYc1d/5NZQ3z5nDp09llPl5Zlk2le+pnrv1T628HpqvGOhjs0dDRu8KYHgeOr&#10;9E/peh9Yl3/H5g8AAAD//wMAUEsDBBQABgAIAAAAIQBwAslI2wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BT8MwDIXvSPyHyEjcWEoHK5SmE5rYHQbcs8YkHY1TNdna/XvcE7vZfk/P36vWk+/E&#10;CYfYBlJwv8hAIDXBtGQVfH1u755AxKTJ6C4QKjhjhHV9fVXp0oSRPvC0S1ZwCMVSK3Ap9aWUsXHo&#10;dVyEHom1nzB4nXgdrDSDHjncdzLPspX0uiX+4HSPG4fN7+7oFci383fbrLaHZdDehY19Pzg7KnV7&#10;M72+gEg4pX8zzPiMDjUz7cORTBSdgofn4pGtPCy502zIiiIHsZ8vOci6kpcV6j8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAnr+Q5CwCAACDBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAcALJSNsAAAAKAQAADwAAAAAAAAAAAAAAAACGBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
+              <v:shape w14:anchorId="191DA533" id="Graphic 175" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:21.5pt;width:289.85pt;height:.1pt;z-index:-15671808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7aTJW2NOMXQoMOA&#10;oivQDDsrshwbkyWNVOLk70fJdpJ2t2EX4Umkqff4KC/vj61mBwXYWFPwbJJypoy0ZWN2Bf+xefx0&#10;yxl6YUqhrVEFPynk96uPH5ady9XU1laXChgVMZh3ruC19y5PEpS1agVOrFOGgpWFVnjawi4pQXRU&#10;vdXJNE0XSWehdGClQqTTdR/kq1i/qpT036sKlWe64MTNxxXiug1rslqKfAfC1Y0caIh/YNGKxtCl&#10;51Jr4QXbQ/NXqbaRYNFWfiJtm9iqaqSKGkhNlr5T81oLp6IWag66c5vw/5WVz4dX9wKBOronK38h&#10;dSTpHObnSNjgkHOsoA25RJwdYxdP5y6qo2eSDmeL2yy9m3MmKZZNb2KTE5GP38o9+q/Kxjri8IS+&#10;96AckahHJI9mhEBOBg919NBzRh4CZ+ThtvfQCR++C+QCZN2FSDhr7UFtbIz6d8yJ2iWqzXUWSUnv&#10;FjecjSopt88gEK6hXvUgXk34Wpw2gcV8nmVxNNDqpnxstA4sEHbbBw3sIEjU4vNitpgFHVThTZoD&#10;9GuBdZ8XQ0OaNoNPvTXBpK0tTy/AOprmguPvvQDFmf5maFzC6I8ARrAdAXj9YOMDiQ2iOzfHnwIc&#10;C9cX3JOzz3YcRpGPpgXp59zwpbFf9t5WTXA0zlDPaNjQBEeBw2sLT+R6H7Mu/4TVHwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHACyUjbAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfI&#10;SNxYSgcrlKYTmtgdBtyzxiQdjVM12dr9e9wTu9l+T8/fq9aT78QJh9gGUnC/yEAgNcG0ZBV8fW7v&#10;nkDEpMnoLhAqOGOEdX19VenShJE+8LRLVnAIxVIrcCn1pZSxceh1XIQeibWfMHideB2sNIMeOdx3&#10;Ms+ylfS6Jf7gdI8bh83v7ugVyLfzd9ustodl0N6FjX0/ODsqdXszvb6ASDilfzPM+IwONTPtw5FM&#10;FJ2Ch+fika08LLnTbMiKIgexny85yLqSlxXqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBwAslI2wAAAAoBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="1C0A30E3" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="133"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="4E024756" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:line="201" w:lineRule="auto"/>
         <w:ind w:left="2684" w:right="6599" w:firstLine="47"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487645184" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487645184" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CFA165F" wp14:editId="01392178">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3159033</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>203903</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3681095" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="176" name="Graphic 176"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3681095" cy="1270"/>
                         </a:xfrm>
@@ -27306,70 +28219,70 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5511">
                           <a:solidFill>
                             <a:srgbClr val="646363"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0CD95250" id="Graphic 176" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:16.05pt;width:289.85pt;height:.1pt;z-index:-15671296;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7vIHgLAIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFvmzAQfp+0/2D5fQGShbQopJoatZpU&#10;dZWaas/GmIBmfJ7tBPLvdzaQpN3btBfrs+/j7r77bNZ3fSvJURjbgMppMospEYpD2ah9Tt92D19u&#10;KLGOqZJJUCKnJ2Hp3ebzp3WnMzGHGmQpDMEkymadzmntnM6iyPJatMzOQAuFwQpMyxxuzT4qDesw&#10;eyujeRynUQem1Aa4sBZPt0OQbkL+qhLc/agqKxyROcXeXFhNWAu/Rps1y/aG6brhYxvsH7poWaOw&#10;6DnVljlGDqb5K1XbcAMWKjfj0EZQVQ0XQQOqSeIPal5rpkXQgsOx+jwm+//S8ufjiyFNid6tUkoU&#10;a9Gkx3Ee/ggH1GmbIe9Vvxgv0eon4L8sBqJ3Eb+xI6evTOu5KJD0Ydqn87RF7wjHw0V6k8S3S0o4&#10;xpL5KpgRsWz6lh+sexQQ8rDjk3WDV+WEWD0h3qsJGnTcey2D144S9NpQgl4Xg9eaOf+db85D0l0a&#10;8WctHMUOQtR96Bxbu0SlumahlPg2XVEyqUTuwEDgy+CsBhBKI74WJ5XvYrlMknCFLMimfGik9F1Y&#10;sy/upSFHhqLSr+kiXXgdmOEdTRvrtszWAy+ERppUo0+DNd6kAsoTmt6hyzm1vw/MCErkd4XXyj+R&#10;CZgJFBMwTt5DeEhhQFhz1/9kRhNfPqcOnX2G6dKybDLNSz9z/ZcKvh0cVI13NNyhoaNxgzc9CBxf&#10;pX9K1/vAuvw7Nn8AAAD//wMAUEsDBBQABgAIAAAAIQDV4R2s2wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCRuLF0L61aaTmhidxhw9xrTdDRO1WRr9/akJzja/vT7+8vtZDtx&#10;ocG3jhUsFwkI4trplhsFnx/7hzUIH5A1do5JwZU8bKvbmxIL7UZ+p8shNCKGsC9QgQmhL6T0tSGL&#10;fuF64nj7doPFEMehkXrAMYbbTqZJspIWW44fDPa0M1T/HM5WgXy9frX1an/KHFrjds3byTSjUvd3&#10;08sziEBT+INh1o/qUEWnozuz9qJT8LjJnyKqIEuXIGYgyfMUxHHeZCCrUv6vUP0CAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA+7yB4CwCAACDBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA1eEdrNsAAAAKAQAADwAAAAAAAAAAAAAAAACGBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
+              <v:shape w14:anchorId="76E298FC" id="Graphic 176" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:16.05pt;width:289.85pt;height:.1pt;z-index:-15671296;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7aTJW2NOMXQoMOA&#10;oivQDDsrshwbkyWNVOLk70fJdpJ2t2EX4Umkqff4KC/vj61mBwXYWFPwbJJypoy0ZWN2Bf+xefx0&#10;yxl6YUqhrVEFPynk96uPH5ady9XU1laXChgVMZh3ruC19y5PEpS1agVOrFOGgpWFVnjawi4pQXRU&#10;vdXJNE0XSWehdGClQqTTdR/kq1i/qpT036sKlWe64MTNxxXiug1rslqKfAfC1Y0caIh/YNGKxtCl&#10;51Jr4QXbQ/NXqbaRYNFWfiJtm9iqaqSKGkhNlr5T81oLp6IWag66c5vw/5WVz4dX9wKBOronK38h&#10;dSTpHObnSNjgkHOsoA25RJwdYxdP5y6qo2eSDmeL2yy9m3MmKZZNb2KTE5GP38o9+q/Kxjri8IS+&#10;96AckahHJI9mhEBOBg919NBzRh4CZ+ThtvfQCR++C+QCZN2FSDhr7UFtbIz6d8yJ2iWqzXUWSUnv&#10;FjecjSopt88gEK6hXvUgXk34Wpw2gcV8nmVxNNDqpnxstA4sEHbbBw3sIEjU4vNitpgFHVThTZoD&#10;9GuBdZ8XQ0OaNoNPvTXBpK0tTy/AOprmguPvvQDFmf5maFzC6I8ARrAdAXj9YOMDiQ2iOzfHnwIc&#10;C9cX3JOzz3YcRpGPpgXp59zwpbFf9t5WTXA0zlDPaNjQBEeBw2sLT+R6H7Mu/4TVHwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhANXhHazbAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG4sXQvrVppOaGJ3GHD3GtN0NE7VZGv39qQnONr+9Pv7y+1kO3GhwbeOFSwXCQji2umWGwWfH/uH&#10;NQgfkDV2jknBlTxsq9ubEgvtRn6nyyE0IoawL1CBCaEvpPS1IYt+4XriePt2g8UQx6GResAxhttO&#10;pkmykhZbjh8M9rQzVP8czlaBfL1+tfVqf8ocWuN2zdvJNKNS93fTyzOIQFP4g2HWj+pQRaejO7P2&#10;olPwuMmfIqogS5cgZiDJ8xTEcd5kIKtS/q9Q/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDV4R2s2wAAAAoBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487645696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487645696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07C59BBD" wp14:editId="42F45C68">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3159033</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>489703</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3681095" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="177" name="Graphic 177"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3681095" cy="1270"/>
                         </a:xfrm>
@@ -27389,98 +28302,100 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5511">
                           <a:solidFill>
                             <a:srgbClr val="646363"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="75AB08EC" id="Graphic 177" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:38.55pt;width:289.85pt;height:.1pt;z-index:-15670784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnv6FVLAIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFvmzAQfp+0/2D5fQGShbQopJoatZpU&#10;dZWaas/GmIBmbM/nBPLvdzaQpN3btBfrs+/j7r77bNZ3fSvJUVhotMppMospEYrrslH7nL7tHr7c&#10;UAKOqZJJrUROTwLo3ebzp3VnMjHXtZalsASTKMg6k9PaOZNFEfBatAxm2giFwUrbljnc2n1UWtZh&#10;9lZG8zhOo07b0ljNBQCebocg3YT8VSW4+1FVIByROcXeXFhtWAu/Rps1y/aWmbrhYxvsH7poWaOw&#10;6DnVljlGDrb5K1XbcKtBV27GdRvpqmq4CBpQTRJ/UPNaMyOCFhwOmPOY4P+l5c/HF0uaEr1brShR&#10;rEWTHsd5+CMcUGcgQ96rebFeIpgnzX8BBqJ3Eb+BkdNXtvVcFEj6MO3Tedqid4Tj4SK9SeLbJSUc&#10;Y8l8FcyIWDZ9yw/gHoUOedjxCdzgVTkhVk+I92qCFh33XsvgtaMEvbaUoNfF4LVhzn/nm/OQdJdG&#10;/Fmrj2KnQ9R96Bxbu0SlumahlPg2xflNKpE7MBD4MjirAYTSiK/FSeW7WC6TJFwh0LIpHxopfRdg&#10;98W9tOTIUFT6NV2kC68DM7yjGQtuy6AeeCE00qQafRqs8SYVujyh6R26nFP4fWBWUCK/K7xW/olM&#10;wE6gmIB18l6HhxQGhDV3/U9mDfHlc+rQ2Wc9XVqWTaZ56Weu/1Lpbwenq8Y7Gu7Q0NG4wZseBI6v&#10;0j+l631gXf4dmz8AAAD//wMAUEsDBBQABgAIAAAAIQA9HQOi2wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCRuLN0Gy1aaTmhidxhw9xrTdDRO1WRr9/akJzja/vT7+4vt6Fpx&#10;oT40njXMZxkI4sqbhmsNnx/7hzWIEJENtp5Jw5UCbMvbmwJz4wd+p8sh1iKFcMhRg42xy6UMlSWH&#10;YeY74nT79r3DmMa+lqbHIYW7Vi6ybCUdNpw+WOxoZ6n6OZydBvl6/Wqq1f609Ois39VvJ1sPWt/f&#10;jS/PICKN8Q+GST+pQ5mcjv7MJohWw+NGPSVUg1JzEBOQKbUAcZw2S5BlIf9XKH8BAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA57+hVSwCAACDBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAPR0DotsAAAAKAQAADwAAAAAAAAAAAAAAAACGBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
+              <v:shape w14:anchorId="6C61CD36" id="Graphic 177" o:spid="_x0000_s1026" style="position:absolute;margin-left:248.75pt;margin-top:38.55pt;width:289.85pt;height:.1pt;z-index:-15670784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7aTJW2NOMXQoMOA&#10;oivQDDsrshwbkyWNVOLk70fJdpJ2t2EX4Umkqff4KC/vj61mBwXYWFPwbJJypoy0ZWN2Bf+xefx0&#10;yxl6YUqhrVEFPynk96uPH5ady9XU1laXChgVMZh3ruC19y5PEpS1agVOrFOGgpWFVnjawi4pQXRU&#10;vdXJNE0XSWehdGClQqTTdR/kq1i/qpT036sKlWe64MTNxxXiug1rslqKfAfC1Y0caIh/YNGKxtCl&#10;51Jr4QXbQ/NXqbaRYNFWfiJtm9iqaqSKGkhNlr5T81oLp6IWag66c5vw/5WVz4dX9wKBOronK38h&#10;dSTpHObnSNjgkHOsoA25RJwdYxdP5y6qo2eSDmeL2yy9m3MmKZZNb2KTE5GP38o9+q/Kxjri8IS+&#10;96AckahHJI9mhEBOBg919NBzRh4CZ+ThtvfQCR++C+QCZN2FSDhr7UFtbIz6d8yJ2iWqzXUWSUnv&#10;FjecjSopt88gEK6hXvUgXk34Wpw2gcV8nmVxNNDqpnxstA4sEHbbBw3sIEjU4vNitpgFHVThTZoD&#10;9GuBdZ8XQ0OaNoNPvTXBpK0tTy/AOprmguPvvQDFmf5maFzC6I8ARrAdAXj9YOMDiQ2iOzfHnwIc&#10;C9cX3JOzz3YcRpGPpgXp59zwpbFf9t5WTXA0zlDPaNjQBEeBw2sLT+R6H7Mu/4TVHwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAD0dA6LbAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG4s3QbLVppOaGJ3GHD3GtN0NE7VZGv39qQnONr+9Pv7i+3oWnGhPjSeNcxnGQjiypuGaw2fH/uH&#10;NYgQkQ22nknDlQJsy9ubAnPjB36nyyHWIoVwyFGDjbHLpQyVJYdh5jvidPv2vcOYxr6WpschhbtW&#10;LrJsJR02nD5Y7Ghnqfo5nJ0G+Xr9aqrV/rT06Kzf1W8nWw9a39+NL88gIo3xD4ZJP6lDmZyO/swm&#10;iFbD40Y9JVSDUnMQE5AptQBxnDZLkGUh/1cofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQARlnkEGQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQA9HQOi2wAAAAoBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Handlungs-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="40"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>empfehlung</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="48778409" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="183"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="2C112649" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:spacing w:before="40" w:after="24" w:line="201" w:lineRule="auto"/>
         <w:ind w:left="2706" w:right="6608" w:firstLine="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:w w:val="105"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Erledigt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-11"/>
           <w:w w:val="105"/>
@@ -27503,71 +28418,71 @@
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Ergänzende</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:spacing w:val="40"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Unterlagen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="28F69045" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="3699"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3389D058" wp14:editId="490A97EF">
                 <wp:extent cx="3681095" cy="5715"/>
                 <wp:effectExtent l="9525" t="0" r="0" b="3810"/>
                 <wp:docPr id="178" name="Group 178"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3681095" cy="5715"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="3681095" cy="5715"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="179" name="Graphic 179"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
@@ -27591,99 +28506,99 @@
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="5511">
                             <a:solidFill>
                               <a:srgbClr val="646363"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="6741E05D" id="Group 178" o:spid="_x0000_s1026" style="width:289.85pt;height:.45pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="36810,57" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDpsCcgAIAALoFAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1vGjEQvVfqf7B8L8tCgbBiiarQoEpR&#10;EilUPRuv90P12u7YsPDvO/ayCyFRD+nFevaM5+O9sRe3h1qSvQBbaZXSeDCkRCius0oVKf25uf9y&#10;Q4l1TGVMaiVSehSW3i4/f1o0JhEjXWqZCSAYRNmkMSktnTNJFFleiprZgTZCoTHXUDOHWyiiDFiD&#10;0WsZjYbDadRoyAxoLqzF01VrpMsQP88Fd095boUjMqVYmwsrhHXr12i5YEkBzJQVP5XBPlBFzSqF&#10;SftQK+YY2UH1JlRdcdBW527AdR3pPK+4CD1gN/Hwqps16J0JvRRJU5ieJqT2iqcPh+WP+2cgVYba&#10;zVAqxWoUKeQl/gDpaUyRoNcazIt5hrZHhA+a/7Zojq7tfl+cnQ851P4StkoOgfdjz7s4OMLxcDy9&#10;iYfzCSUcbZNZPGll4SVq9+YSL7//61rEkjZlKKwvpDE4X/ZMof0/Cl9KZkRQxnpyegrnZwrbkYpn&#10;85bE4OcZDJTaxJ7IfJef0Wxy4uBdiuLRLExu3ytL+M66tdCBarZ/sK4d7KxDrOwQP6gOAj4P/zBk&#10;eBiOEnwYQAk+jG2rgGHO3/P6eUias1b+rNZ7sdHB6q50wtLOVqkuvVDt4Xw6o6QbBPRtPRD4NDhU&#10;LQipEV82J5WvYjKJ4/DerJZVdl9J6auwUGzvJJA9w6amX6fj6dj3gRFeuRmwbsVs2foF08lNqjDQ&#10;nTp+aLY6O6K8DX4RKbV/dgwEJfKHwgHy/0kHoAPbDoCTdzr8OoEgzLk5/GJgiE+fUofKPupujljS&#10;ieZb7339TaW/7ZzOK68oznRX0WmDMx1Q+CAQvfqBLvfB6/zlLv8CAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUOEZY2wAAAAIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvBf/DMkJvdROLtcZsRMT2&#10;JAW1ULyN2TEJZmdDdk3iv++2l/Yy8HiP975JV4OpRUetqywriCcRCOLc6ooLBZ/Ht6dXEM4ja6wt&#10;k4I7OVhlo4cUE2173lN38IUIJewSVFB63yRSurwkg25iG+LgXWxr0AfZFlK32IdyU8tpFL1IgxWH&#10;hRIb2pSUXw83o+C9x379HG+73fWyuZ+Os4+vXUxKPY6H9RKEp8H/heEHP6BDFpjO9sbaiVpBeMT/&#10;3uDN5os5iLOCBcgslf/Rs28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg6bAnIACAAC6&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAFDhGWNsA&#10;AAACAQAADwAAAAAAAAAAAAAAAADaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;">
+              <v:group w14:anchorId="38ACABAE" id="Group 178" o:spid="_x0000_s1026" style="width:289.85pt;height:.45pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="36810,57" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPEpX4dAIAAJQFAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2jAUfZ+0/2D5fYTAgBIRqqmsaFLV&#10;VirTno3jfGiO7V0bAv9+104ClFZ76F6iY/v6fpxz4sXtoZZkL8BWWqU0HgwpEYrrrFJFSn9u7r/c&#10;UGIdUxmTWomUHoWlt8vPnxaNScRIl1pmAggmUTZpTEpL50wSRZaXomZ2oI1QeJhrqJnDJRRRBqzB&#10;7LWMRsPhNGo0ZAY0F9bi7qo9pMuQP88Fd095boUjMqXYmwtfCN+t/0bLBUsKYKaseNcG+0AXNasU&#10;Fj2lWjHHyA6qN6nqioO2OncDrutI53nFRZgBp4mHV9OsQe9MmKVImsKcaEJqr3j6cFr+uF+DeTHP&#10;0HaP8EHz3xZ5iRpTJJfnfl2cgw851P4SDkEOgdHjiVFxcITj5nh6Ew/nE0o4nk1m8aQlnJeoyptL&#10;vPz+r2sRS9qSobFTI41B59gzOfb/yHkpmRGBc+uHfwZSZWjs2ZwSxWp08Lozi99Clnx5jPMMdivb&#10;kfkuP6PZpOPgXYri0Sx48jQrS/jOurXQgWq2f7CutWzWI1b2iB9UDwGN7y0vg+UdJWh5oAQtv20V&#10;MMz5e14/D0lz1srv1XovNjqcuiudsLXzqVSXUaj2cD6dUdIbAWPbCAS+DJqqBaE04svhpPJdTCZx&#10;HP4kq2WV3VdS+i4sFNs7CWTPcKjp1+l4OvZzYIZXYQasWzFbtnHhqAuTKhjaJq06XrWtzo4ob4N6&#10;ptT+2TEQlMgfCg3kX4oeQA+2PQAn73R4TwJBWHNz+MXAEF8+pQ6VfdS9j1jSi+ZHP8X6m0p/2zmd&#10;V15R9HTfUbdATwcUfn1Er96Wy3WIOj+my78AAAD//wMAUEsDBBQABgAIAAAAIQAUOEZY2wAAAAIB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvBf/DMkJvdROLtcZsRMT2JAW1ULyN2TEJZmdD&#10;dk3iv++2l/Yy8HiP975JV4OpRUetqywriCcRCOLc6ooLBZ/Ht6dXEM4ja6wtk4I7OVhlo4cUE217&#10;3lN38IUIJewSVFB63yRSurwkg25iG+LgXWxr0AfZFlK32IdyU8tpFL1IgxWHhRIb2pSUXw83o+C9&#10;x379HG+73fWyuZ+Os4+vXUxKPY6H9RKEp8H/heEHP6BDFpjO9sbaiVpBeMT/3uDN5os5iLOCBcgs&#10;lf/Rs28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADxKV+HQCAACUBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAFDhGWNsAAAACAQAADwAAAAAA&#10;AAAAAAAAAADOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANYFAAAAAA==&#10;">
                 <v:shape id="Graphic 179" o:spid="_x0000_s1027" style="position:absolute;top:27;width:36810;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3681095,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCysLbhwAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/fa8Iw&#10;EH4f7H8IN/Btpk7oZjWVIRN83HS+H82ZtDaX0mS2/e/NYLC3+/h+3mY7ulbcqA+1ZwWLeQaCuPK6&#10;ZqPg+7R/fgMRIrLG1jMpmCjAtnx82GCh/cBfdDtGI1IIhwIV2Bi7QspQWXIY5r4jTtzF9w5jgr2R&#10;uschhbtWvmRZLh3WnBosdrSzVF2PP06B/JjOdZXvm6VHZ/3OfDbWDErNnsb3NYhIY/wX/7kPOs1/&#10;XcHvM+kCWd4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAsrC24cAAAADcAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l3680967,e" filled="f" strokecolor="#646363" strokeweight=".15308mm">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="16096110" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="00DD6CEC" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="49A83F7F" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="5698D9F5" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="40EE63BF" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="1" w:line="266" w:lineRule="auto"/>
         <w:ind w:left="2662" w:right="535"/>
       </w:pPr>
       <w:r>
         <w:t>Hiermit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>beantrage</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ich</w:t>
@@ -27760,51 +28675,65 @@
       <w:r>
         <w:t>Durchführung</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>der</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Biosicher-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
-        <w:t xml:space="preserve"> heitsberatung,</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="110"/>
+        </w:rPr>
+        <w:t>heitsberatung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="110"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-16"/>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>trete</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
@@ -28081,55 +29010,63 @@
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>Portal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
-        <w:t>Nds.</w:t>
+        <w:t>Nds</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="110"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-20"/>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>Tierseuchenkasse</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
@@ -28342,62 +29279,69 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>von</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>der</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t>Niedersächsi-</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Niedersächsi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>schen</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Tierseuchenkasse</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>anlässlich</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -28464,51 +29408,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>unter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
         <w:r>
           <w:rPr>
             <w:w w:val="110"/>
           </w:rPr>
           <w:t>www.ndstsk.de).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="147564C4" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:line="266" w:lineRule="auto"/>
         <w:ind w:left="2662" w:right="535"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>Ich</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>erkläre,</w:t>
       </w:r>
       <w:r>
@@ -28727,59 +29671,72 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>und</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ihrer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t>Unverein-</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Unverein</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
-        <w:t xml:space="preserve"> barkeit</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="110"/>
+        </w:rPr>
+        <w:t>barkeit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>mit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>dem</w:t>
@@ -28919,84 +29876,84 @@
           <w:spacing w:val="-7"/>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>Schwierigkeiten</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>ist.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="76A76687" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
+    <w:p w14:paraId="0F153325" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00F34FE5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="3B57CDB6" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:before="130"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487646720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487646720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36738F1B" wp14:editId="0A45CC23">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2500387</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>245486</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4340225" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="180" name="Graphic 180"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4340225" cy="1270"/>
                         </a:xfrm>
@@ -29016,60 +29973,60 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="5511">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="602B0838" id="Graphic 180" o:spid="_x0000_s1026" style="position:absolute;margin-left:196.9pt;margin-top:19.35pt;width:341.75pt;height:.1pt;z-index:-15669760;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="4340225,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSoOfQKQIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzno+uMOMXQoMWA&#10;oivQDDsrshwbkyWNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjgqwtibn6WTKmTLSFrXZ5/zH9uHT&#10;LWfohSmEtkbl/KSQ360/fli1LlMzW1ldKGAUxGDWupxX3rssSVBWqhE4sU4ZcpYWGuFpC/ukANFS&#10;9EYns+n0JmktFA6sVIh0uumdfB3jl6WS/ntZovJM55xq83GFuO7CmqxXItuDcFUthzLEP1TRiNpQ&#10;0nOojfCCHaD+K1RTS7BoSz+RtklsWdZSRQ7EJp2+Y/NaCaciF2oOunOb8P+Flc/HF2B1QdrdUn+M&#10;aEikx6Ef4Yga1DrMCPfqXiBQRPdk5S8kR/LGEzY4YLoSmoAlgqyL3T6du606zyQdLuaL6Wy25EyS&#10;L519jrkSkY135QH9o7Ixjjg+oe+1KkZLVKMlOzOaQIoHrXXU2nNGWgNnpPWu19oJH+6F4oLJ2ksh&#10;4ayxR7W10evfVU6lXbzaXKMW8/mXm5SojCwJ2yPICGmoV70RU5N9TU6bUMVymaZxhNDquniotQ5V&#10;IOx39xrYUYQBjl/gQRHewByg3wiselx0DTBtBp16aYJIO1ucSPSWVM45/j4IUJzpb4bGKjyR0YDR&#10;2I0GeH1v40OKDaKc2+6nAMdC+px7UvbZjkMrslG0QP2MDTeN/XrwtqyDonGG+oqGDU16JDi8yvCU&#10;rvcRdfl3rP8AAAD//wMAUEsDBBQABgAIAAAAIQAHCgMY3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtZW4UbtEkJ/GqRASh/QEBYmrGy9JVHsdYjcNb49zorfd2dHMt+VutoZN&#10;OPrekYTNWgBDapzuqZXw+fF6nwHzQZFWxhFK+EUPu+r2plSFdhd6x+kQWhZDyBdKQhfCUHDumw6t&#10;8ms3IMXbtxutCnEdW65HdYnh1vAHIZ64VT3Fhk4N+NJhczqcrYR6/5NvxFR/7UWdvp0eDdU8Iynv&#10;VvPzFljAOfybYcGP6FBFpqM7k/bMSEjyJKKHOGQpsMUg0jQBdlyUHHhV8usXqj8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAkqDn0CkCAACDBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEABwoDGN4AAAAKAQAADwAAAAAAAAAAAAAAAACDBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l4339615,e" filled="f" strokeweight=".15308mm">
+              <v:shape w14:anchorId="266630A6" id="Graphic 180" o:spid="_x0000_s1026" style="position:absolute;margin-left:196.9pt;margin-top:19.35pt;width:341.75pt;height:.1pt;z-index:-15669760;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="4340225,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2G5P2FgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxzno2uNOMXQoMOA&#10;oivQDDsrshwbk0WNUmLn34+S7SRrb8N8ECjxiXzko7y67xrNjgpdDSbn6WTKmTISitrsc/5j+/jp&#10;ljPnhSmEBqNyflKO368/fli1NlMzqEAXChkFMS5rbc4r722WJE5WqhFuAlYZcpaAjfC0xX1SoGgp&#10;eqOT2XR6k7SAhUWQyjk63fROvo7xy1JJ/70snfJM55y4+bhiXHdhTdYrke1R2KqWAw3xDywaURtK&#10;eg61EV6wA9bvQjW1RHBQ+omEJoGyrKWKNVA16fRNNa+VsCrWQs1x9twm9//Cyufjq33BQN3ZJ5C/&#10;HHUkaa3Lzp6wcQOmK7EJWCLOutjF07mLqvNM0uFivpjOZkvOJPnS2efY5ERk4115cP6rghhHHJ+c&#10;7zUoRktUoyU7M5pISgYNddTQc0YaImek4a7X0Aof7gVywWTthUg4a+CothC9/g1zonbxanONWszn&#10;dzcplTJWSdgeQUZIQ73qjZia7OvitAkslss0jaPhQNfFY611YOFwv3vQyI4iDGb8Qh0U4S+YRec3&#10;wlU9LroGmDaDTr00QaQdFKcXZC1Nc87d74NAxZn+ZmhcwuiPBo7GbjTQ6weIDyQ2iHJuu58CLQvp&#10;c+5J2WcYh1Fko2ih9DM23DTw5eChrIOicYZ6RsOGJjgWOLy28ESu9xF1+Ses/wAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAcKAxjeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1lbhR&#10;u0SQn8apEBKH9AQFiasbL0lUex1iNw1vj3Oit93Z0cy35W62hk04+t6RhM1aAENqnO6plfD58Xqf&#10;AfNBkVbGEUr4RQ+76vamVIV2F3rH6RBaFkPIF0pCF8JQcO6bDq3yazcgxdu3G60KcR1brkd1ieHW&#10;8AchnrhVPcWGTg340mFzOpythHr/k2/EVH/tRZ2+nR4N1TwjKe9W8/MWWMA5/JthwY/oUEWmozuT&#10;9sxISPIkooc4ZCmwxSDSNAF2XJQceFXy6xeqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQA2G5P2FgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAHCgMY3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l4339615,e" filled="f" strokeweight=".15308mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="327B8C98" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRDefault="00054A3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4157"/>
           <w:tab w:val="left" w:pos="6661"/>
         </w:tabs>
         <w:spacing w:before="68"/>
         <w:ind w:left="2662"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Datum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
@@ -29179,203 +30136,204 @@
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>Berater*in</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F34FE5" w:rsidRPr="003E594A" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
+    <w:p w14:paraId="48CD7604" w14:textId="77777777" w:rsidR="00F34FE5" w:rsidRPr="003E594A" w:rsidRDefault="00054A3B" w:rsidP="003E594A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9654"/>
         </w:tabs>
         <w:spacing w:before="612"/>
         <w:ind w:left="3161"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:color w:val="171846"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
           <w:color w:val="171846"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F34FE5" w:rsidRPr="003E594A" w:rsidSect="003E594A">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="420" w:right="565" w:bottom="709" w:left="1275" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="7860B6A9" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="59E02CA9" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:altName w:val="Gill Sans MT"/>
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="084612CB" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
     <w:pPr>
       <w:pStyle w:val="Textkrper"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487254016" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487254016" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77F1AD6F" wp14:editId="0D97668D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>1570736</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10194000</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4652010" cy="158115"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="66" name="Textbox 66"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4652010" cy="158115"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
+                        <w:p w14:paraId="3AECB1EF" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
                           <w:pPr>
                             <w:spacing w:before="20"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="161746"/>
                               <w:spacing w:val="-4"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>Niedersächsisches</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="161746"/>
                               <w:spacing w:val="-6"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
@@ -29492,59 +30450,58 @@
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="161746"/>
                               <w:spacing w:val="-4"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>Umsetzung</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="77F1AD6F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textbox 66" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:123.7pt;margin-top:802.7pt;width:366.3pt;height:12.45pt;z-index:-16062464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCy3M8xpwEAAEEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO2yAQvVfqPyDuDfGqiVZWnFXbVatK&#10;q7bS7n4AxhCjGoYyJHb+vgN2sqv2VvUCAzzevDczu7vJDeykI1rwDa9Wa860V9BZf2j489Pnd7ec&#10;YZK+kwN43fCzRn63f/tmN4Za30APQ6cjIxKP9Rga3qcUaiFQ9dpJXEHQnh4NRCcTHeNBdFGOxO4G&#10;cbNeb8UIsQsRlEak2/v5ke8LvzFape/GoE5saDhpS2WNZW3zKvY7WR+iDL1Viwz5DyqctJ6SXqnu&#10;ZZLsGO1fVM6qCAgmrRQ4AcZYpYsHclOt/3Dz2MugixcqDoZrmfD/0apvpx+R2a7h2y1nXjrq0ZOe&#10;UgsToxsqzxiwJtRjIFyaPsJEbS5WMTyA+okEEa8w8wckdC7HZKLLOxll9JE6cL5WnbIwRZfvt5vs&#10;nTNFb9Xmtqo2Oa94+R0ipi8aHMtBwyN1tSiQpwdMM/QCWcTM+bOsNLXT4qKF7kwmRup2w/HXUUbN&#10;2fDVUznzaFyCeAnaSxDT8AnKAGUvHj4cExhbMucUM++SmfpUtC8zlQfh9bmgXiZ//xsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAAvllmXhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1&#10;SNyoTfpLiFOhoooD4tACEkc3NnFEvI5sN3Xfnu0Jbrs7o9lvqnV2PRtNiJ1HCfcTAcxg43WHrYSP&#10;9+3dClhMCrXqPRoJZxNhXV9fVarU/oQ7M+5TyygEY6kk2JSGkvPYWONUnPjBIGnfPjiVaA0t10Gd&#10;KNz1vBBiwZ3qkD5YNZiNNc3P/ugkfG6G7Wv+suptnOuX52K5O4cmS3l7k58egSWT058ZLviEDjUx&#10;HfwRdWS9hGK2nJGVhIWY00SWh5WgeofLaSqmwOuK/29R/wIAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCy3M8xpwEAAEEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAL5ZZl4QAAAA0BAAAPAAAAAAAAAAAAAAAAAAEEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAADwUAAAAA&#10;" filled="f" stroked="f">
-              <v:path arrowok="t"/>
+            <v:shape id="Textbox 66" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:123.7pt;margin-top:802.7pt;width:366.3pt;height:12.45pt;z-index:-16062464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7WWvJkwEAABsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bv1M2KrlZR0xWwAiGt&#10;AGmXD3Adu4mIPWbGbdK/Z+ymLYLbai/jsT1+894br+8nP4iDReohNLJaLKWwwUDbh10jfz5/fncn&#10;BSUdWj1AsI08WpL3m7dv1mOs7Q10MLQWBYMEqsfYyC6lWCtFprNe0wKiDXzpAL1OvMWdalGPjO4H&#10;dbNc3qoRsI0IxhLx6cPpUm4KvnPWpO/OkU1iaCRzSyViidsc1Wat6x3q2PVmpqFfwMLrPnDTC9SD&#10;Tlrssf8PyvcGgcClhQGvwLne2KKB1VTLf9Q8dTraooXNoXixiV4P1nw7PMUfKNL0ESYeYBFB8RHM&#10;L2Jv1Bipnmuyp1QTV2ehk0OfV5Yg+CF7e7z4aackDB++v11lVVIYvqtWd1W1yoar6+uIlL5Y8CIn&#10;jUSeV2GgD4+UTqXnkpnMqX9mkqbtxCU53UJ7ZBEjz7GR9Huv0UoxfA1sVB76OcFzsj0nmIZPUL5G&#10;1hLgwz6B60vnK+7cmSdQuM+/JY/4732puv7pzR8AAAD//wMAUEsDBBQABgAIAAAAIQADN4Je4QAA&#10;AA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWMI2ylaaThOCExKiKweOaeO1&#10;1RqnNNlW/j3eCW6239Pz97LN5HpxwjF0njTczxQIpNrbjhoNn+Xr3QpEiIas6T2hhh8MsMmvrzKT&#10;Wn+mAk+72AgOoZAaDW2MQyplqFt0Jsz8gMTa3o/ORF7HRtrRnDnc9XKuVCKd6Yg/tGbA5xbrw+7o&#10;NGy/qHjpvt+rj2JfdGW5VvSWHLS+vZm2TyAiTvHPDBd8RoecmSp/JBtEr2G+fFyylYVEPfDElvVK&#10;cb3qclqoBcg8k/9b5L8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAe1lryZMBAAAbAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAAzeCXuEAAAAN&#10;AQAADwAAAAAAAAAAAAAAAADtAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAPsEAAAA&#10;AA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
+                  <w:p w14:paraId="3AECB1EF" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
                     <w:pPr>
                       <w:spacing w:before="20"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="161746"/>
                         <w:spacing w:val="-4"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>Niedersächsisches</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="161746"/>
                         <w:spacing w:val="-6"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
@@ -29662,83 +30619,83 @@
                         <w:b/>
                         <w:color w:val="161746"/>
                         <w:spacing w:val="-4"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:t>Umsetzung</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487254528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487254528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0445E001" wp14:editId="07AF435C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6856400</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10194000</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="152400" cy="158115"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="67" name="Textbox 67"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="152400" cy="158115"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
+                        <w:p w14:paraId="4529D6BA" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
                           <w:pPr>
                             <w:spacing w:before="20"/>
                             <w:ind w:left="60"/>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:spacing w:val="-10"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:spacing w:val="-10"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r>
@@ -29758,55 +30715,54 @@
                             </w:rPr>
                             <w:t>5</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:spacing w:val="-10"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape id="Textbox 67" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:539.85pt;margin-top:802.7pt;width:12pt;height:12.45pt;z-index:-16061952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAy+Bn9qgEAAEcDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/oPwi6L7aDpSuMOMXaYsOA&#10;YhvQ7gNkWYqFWaIqKrHz96PkOC2227CLTJlPj++R3N5OdmBHFdCAa3i1KjlTTkJn3L7hP58/v7/h&#10;DKNwnRjAqYafFPLb3dW77ehrtYYehk4FRiQO69E3vI/R10WBsldW4Aq8cpTUEKyIdA37ogtiJHY7&#10;FOuyvC5GCJ0PIBUi/X2Yk3yX+bVWMn7XGlVkQ8NJW8xnyGebzmK3FfU+CN8beZYh/kGFFcZR0QvV&#10;g4iCHYL5i8oaGQBBx5UEW4DWRqrsgdxU5R9unnrhVfZCzUF/aRP+P1r57fgjMNM1/PojZ05YmtGz&#10;mmILE6M/1J7RY02oJ0+4ON3BRGPOVtE/gvyFBCneYOYHSOjUjkkHm75klNFDmsDp0nWqwmRi26w/&#10;lJSRlKo2N1W1SWWL18c+YPyiwLIUNDzQULMAcXzEOEMXyFnLXD6pilM7ZXvV4qWF7kRWRpp5w/Hl&#10;IILibPjqqKlpQZYgLEG7BCEO95DXKDly8OkQQZssIFWaec8CaFrZwnmz0jq8vWfU6/7vfgMAAP//&#10;AwBQSwMEFAAGAAgAAAAhANyr8FXiAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyo3YY2EOJUqKjigHpoAYmjG5s4Il5HsZu6f8/mBLed2dHs23KdXMdGM4TWo4T5TAAzWHvd&#10;YiPh43179wAsRIVadR6NhIsJsK6ur0pVaH/GvRkPsWFUgqFQEmyMfcF5qK1xKsx8b5B2335wKpIc&#10;Gq4HdaZy1/GFECvuVIt0warebKypfw4nJ+Fz02/f0pdVu3GpX18W+f4y1EnK25v0/AQsmhT/wjDh&#10;EzpUxHT0J9SBdaRF/phTlqaVWN4DmzJzkZF3nLxMZMCrkv//o/oFAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAMvgZ/aoBAABHAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA3KvwVeIAAAAPAQAADwAAAAAAAAAAAAAAAAAEBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;" filled="f" stroked="f">
-              <v:path arrowok="t"/>
+            <v:shape w14:anchorId="0445E001" id="Textbox 67" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:539.85pt;margin-top:802.7pt;width:12pt;height:12.45pt;z-index:-16061952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkZfG2lgEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuGyEQvVfqPyDuNbtWXEUrr6M0UapK&#10;UVsp7QdgFryoC0MY7F3/fQe8tqv2VuUyDMzweO8N67vJDeygI1rwLa8XFWfaK+is37X854+nD7ec&#10;YZK+kwN43fKjRn63ef9uPYZGL6GHodOREYjHZgwt71MKjRCoeu0kLiBoT0UD0clE27gTXZQjobtB&#10;LKvqoxghdiGC0oh0+ngq8k3BN0ar9M0Y1IkNLSduqcRY4jZHsVnLZhdl6K2aacj/YOGk9fToBepR&#10;Jsn20f4D5ayKgGDSQoETYIxVumggNXX1l5qXXgZdtJA5GC424dvBqq+Hl/A9sjR9gokGWERgeAb1&#10;C8kbMQZs5p7sKTZI3VnoZKLLK0lgdJG8PV781FNiKqOtljcVVRSV6tVtXa+y3+J6OURMnzU4lpOW&#10;RxpXISAPz5hOreeWmcvp+UwkTduJ2S5zps58soXuSFJGmmbL8XUvo+Zs+OLJrjz6cxLPyfacxDQ8&#10;QPkgWZGH+30CYwuBK+5MgOZQJMx/Jg/6z33puv7szW8AAAD//wMAUEsDBBQABgAIAAAAIQA4qfT1&#10;4QAAAA8BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqF0CKQ1xqgrBCQmRhgNH&#10;J3YTq/E6xG4b/p7Nqdx2Zkezb/PN5Hp2MmOwHiUsFwKYwcZri62Er+rt7glYiAq16j0aCb8mwKa4&#10;vspVpv0ZS3PaxZZRCYZMSehiHDLOQ9MZp8LCDwZpt/ejU5Hk2HI9qjOVu57fC5FypyzShU4N5qUz&#10;zWF3dBK231i+2p+P+rPcl7aq1gLf04OUtzfT9hlYNFO8hGHGJ3QoiKn2R9SB9aTFar2iLE2peHwA&#10;NmeWIiGvnr1EJMCLnP//o/gDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJGXxtpYBAAAh&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAOKn09eEA&#10;AAAPAQAADwAAAAAAAAAAAAAAAADwAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP4E&#10;AAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
+                  <w:p w14:paraId="4529D6BA" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
                     <w:pPr>
                       <w:spacing w:before="20"/>
                       <w:ind w:left="60"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:spacing w:val="-10"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:spacing w:val="-10"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
@@ -29826,84 +30782,84 @@
                       </w:rPr>
                       <w:t>5</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:spacing w:val="-10"/>
                         <w:sz w:val="18"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="064EFC69" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
     <w:pPr>
       <w:pStyle w:val="Textkrper"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="69892178" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
+    <w:p w14:paraId="42587999" w14:textId="77777777" w:rsidR="00054A3B" w:rsidRDefault="00054A3B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="367B4A6D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="32AAE966"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2716" w:hanging="397"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -30114,143 +31070,148 @@
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7310" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8229" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2018919144">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="669062866">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="240"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="200"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F34FE5"/>
     <w:rsid w:val="00054A3B"/>
+    <w:rsid w:val="00353D47"/>
     <w:rsid w:val="003E594A"/>
     <w:rsid w:val="00680625"/>
     <w:rsid w:val="006B0811"/>
+    <w:rsid w:val="00743208"/>
     <w:rsid w:val="008628A9"/>
     <w:rsid w:val="008A43BE"/>
     <w:rsid w:val="00A22608"/>
+    <w:rsid w:val="00BB627B"/>
     <w:rsid w:val="00F34FE5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0C0CB9B4"/>
+  <w14:docId w14:val="53E8E6EB"/>
   <w15:docId w15:val="{11A45106-47D7-454C-91F8-EE9036461354}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -30578,50 +31539,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Gill Sans MT"/>
       <w:lang w:val="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="709" w:hanging="567"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
@@ -30760,51 +31726,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003E594A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003E594A"/>
     <w:rPr>
       <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Gill Sans MT"/>
       <w:lang w:val="de-DE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndstsk.de/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndstsk.de/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -31055,75 +32021,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1033</Words>
-  <Characters>6514</Characters>
+  <Words>1149</Words>
+  <Characters>7241</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>60</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7532</CharactersWithSpaces>
+  <CharactersWithSpaces>8374</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-08-01T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe Acrobat (64-bit) 25.1.20577</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2025-08-01T00:00:00Z</vt:filetime>